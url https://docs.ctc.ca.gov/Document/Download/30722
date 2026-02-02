--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -1,1761 +1,2003 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="10F2B930" w14:textId="3F461BAB" w:rsidR="002B5AEC" w:rsidRDefault="6890B87F" w:rsidP="047AD3B6">
+    <w:p w:rsidR="002B5AEC" w:rsidP="047AD3B6" w:rsidRDefault="167173FA" w14:paraId="10F2B930" w14:textId="45CD2CE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A5830">
+      <w:r w:rsidRPr="5D8A892E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Program Summary</w:t>
       </w:r>
+      <w:r w:rsidRPr="5D8A892E" w:rsidR="239E2F00">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IPR)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="765832AC" w14:textId="4FA15D8B" w:rsidR="00874E30" w:rsidRPr="002A5830" w:rsidRDefault="503CABF7" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="002A5830" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="503CABF7" w14:paraId="765832AC" w14:textId="4FA15D8B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5830">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert Institution and Program Name </w:t>
       </w:r>
       <w:r w:rsidR="00874E30">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E9D4C1" w14:textId="54D00FF6" w:rsidR="00874E30" w:rsidRPr="002A5830" w:rsidRDefault="6890B87F" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="002A5830" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="6890B87F" w14:paraId="10E9D4C1" w14:textId="2C931D2B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5830">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="503CABF7" w:rsidRPr="002A5830">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program Summary is designed to provide contextual information to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7BBD6EE8" w:rsidR="06ACA71B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">initial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7BBD6EE8" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A5830">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
-      <w:r w:rsidR="4801DE7F" w:rsidRPr="002A5830">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="002A5830" w:rsidR="4801DE7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ers</w:t>
       </w:r>
-      <w:r w:rsidR="503CABF7" w:rsidRPr="002A5830">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The summary should be no more than 2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="5F027429">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="503CABF7" w:rsidRPr="002A5830">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> pages in length and address each of the three categories below.</w:t>
       </w:r>
-      <w:r w:rsidR="77F9EF2C" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="77F9EF2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="77F9EF2C" w:rsidRPr="002A5830">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="002A5830" w:rsidR="77F9EF2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Embed links to appropriate evidence in the narrative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7593B3FF" w14:textId="099A5581" w:rsidR="00874E30" w:rsidRPr="002A5830" w:rsidRDefault="503CABF7" w:rsidP="047AD3B6">
-[...24 lines deleted...]
-    <w:p w14:paraId="3E6D2D35" w14:textId="77777777" w:rsidR="00874E30" w:rsidRPr="002A5830" w:rsidRDefault="00874E30" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="002A5830" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="00874E30" w14:paraId="3E6D2D35" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D6C0F8F" w14:textId="05C54A4E" w:rsidR="00874E30" w:rsidRPr="00B1558E" w:rsidRDefault="503CABF7" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00B1558E" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="503CABF7" w14:paraId="7D6C0F8F" w14:textId="05C54A4E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5830">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Program Design</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="359DE1D4" w14:textId="094C9FF1" w:rsidR="00874E30" w:rsidRDefault="768EB4DC" w:rsidP="047AD3B6">
+    <w:p w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="768EB4DC" w14:paraId="359DE1D4" w14:textId="514F6EAA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A5830">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Describe the</w:t>
       </w:r>
-      <w:r w:rsidR="04ED88D5" w:rsidRPr="002A5830">
+      <w:r w:rsidRPr="002A5830" w:rsidR="04ED88D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> location of the credential program within the larger unit/institution</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0D9707D6" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve"> location of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0016016B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="79408B43" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">proposed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="04ED88D5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="171A2068" w:rsidRPr="002A5830">
+        <w:t>credential program within the larger unit/institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="0D9707D6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s well as</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="334E2C88" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="79408B43">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0E3BB86D" w:rsidRPr="002A5830">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="171A2068">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">structure </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="5A712096" w:rsidRPr="002A5830">
+        <w:t>s well as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="334E2C88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and reporting relationships </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0E3BB86D" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="0E3BB86D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="334E2C88" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">structure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="5A712096">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">leadership </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0E3BB86D" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">and reporting relationships </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="0E3BB86D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>team</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="334E2C88" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="334E2C88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0E3BB86D" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">leadership </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="0E3BB86D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>for</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="334E2C88" w:rsidRPr="002A5830">
+        <w:t>team</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="334E2C88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="503CABF7" w:rsidRPr="002A5830">
+      <w:r w:rsidRPr="002A5830" w:rsidR="0E3BB86D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the credential program</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="334E2C88" w:rsidRPr="002A5830">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="334E2C88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2DF91D49" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="503CABF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8529D">
+        <w:t>the credential program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="334E2C88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Also, d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F50490">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="2DF91D49">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">escribe the reporting structure </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A8529D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>for</w:t>
+        <w:t>Also, d</w:t>
       </w:r>
       <w:r w:rsidR="00F50490">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mentors/coaches</w:t>
+        <w:t xml:space="preserve">escribe the reporting structure </w:t>
       </w:r>
       <w:r w:rsidR="00A8529D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: who do they report to and how does that fit into the larger organizational unit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B90B65">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50490">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2DF91D49" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve"> mentors/coaches</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8529D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(Do not include names</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="4DD2D358" w:rsidRPr="002A5830">
+        <w:t xml:space="preserve">: who </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3943FFA2" w:rsidR="0A66AFB5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="150FBC48" w:rsidRPr="002A5830">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8529D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> they report to and how </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7D8EF94A" w:rsidR="2CEED2F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8529D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that fit into the larger organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="2DF91D49">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Do not include names</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="4DD2D358">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5830" w:rsidR="150FBC48">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2C9847" w14:textId="0327FBFD" w:rsidR="00DE7C7A" w:rsidRPr="00DE7C7A" w:rsidRDefault="00DE7C7A" w:rsidP="00DE7C7A">
+    <w:p w:rsidRPr="00DE7C7A" w:rsidR="00DE7C7A" w:rsidP="00DE7C7A" w:rsidRDefault="00DE7C7A" w14:paraId="3D2C9847" w14:textId="33BC5260">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-        <w:t>Describe each pathway and delivery model the program offers for the intended credential.</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe each pathway and delivery model the program </w:t>
+      </w:r>
+      <w:r w:rsidR="007452C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>offer for the intended credential.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BBCA3F" w14:textId="4FEC69C1" w:rsidR="008F3842" w:rsidRDefault="768EB4DC" w:rsidP="047AD3B6">
+    <w:p w:rsidR="008F3842" w:rsidP="047AD3B6" w:rsidRDefault="768EB4DC" w14:paraId="49BBCA3F" w14:textId="7FF1D983">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe </w:t>
       </w:r>
-      <w:r w:rsidR="03F7EB5D" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="03F7EB5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>how</w:t>
       </w:r>
-      <w:r w:rsidR="09FFB974" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="09FFB974">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> program</w:t>
       </w:r>
-      <w:r w:rsidR="03F7EB5D" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="03F7EB5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> leadership </w:t>
       </w:r>
-      <w:r w:rsidR="42E4EAFF" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidR="007452C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plans to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="42E4EAFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">regularly </w:t>
       </w:r>
-      <w:r w:rsidR="03F7EB5D" w:rsidRPr="047AD3B6">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="03F7EB5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communicate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="0AF929E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and collaborate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="03F7EB5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>with program</w:t>
       </w:r>
-      <w:r w:rsidR="09FFB974" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="09FFB974">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff/faculty</w:t>
       </w:r>
-      <w:r w:rsidR="42E4EAFF" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="42E4EAFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002652A6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">mentors/coaches, </w:t>
       </w:r>
-      <w:r w:rsidR="09FFB974" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="09FFB974">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and with the </w:t>
       </w:r>
-      <w:r w:rsidR="2B0AE7E0" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="2B0AE7E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">larger education </w:t>
       </w:r>
-      <w:r w:rsidR="09FFB974" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="09FFB974">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>unit</w:t>
       </w:r>
-      <w:r w:rsidR="421DDA07" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="421DDA07">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/institution</w:t>
       </w:r>
-      <w:r w:rsidR="0F3A4451" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="0F3A4451">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317209B3" w14:textId="30DFF97D" w:rsidR="00D82D6E" w:rsidRDefault="1BAF82E6" w:rsidP="047AD3B6">
+    <w:p w:rsidR="00D82D6E" w:rsidP="047AD3B6" w:rsidRDefault="1BAF82E6" w14:paraId="317209B3" w14:textId="7C328061">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Describe</w:t>
       </w:r>
-      <w:r w:rsidR="6A557CDB" w:rsidRPr="047AD3B6">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="6A557CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how the program </w:t>
+      </w:r>
+      <w:r w:rsidR="007D18C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="6A557CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seek input and feedback from internal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="22DC4709">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">constituents </w:t>
       </w:r>
-      <w:r w:rsidR="6A557CDB" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="6A557CDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and external community partners</w:t>
       </w:r>
-      <w:r w:rsidR="3E6BD616" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="3E6BD616">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF86444" w14:textId="3E07B007" w:rsidR="00874E30" w:rsidRPr="00B1558E" w:rsidRDefault="00A8529D" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00B1558E" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="00A8529D" w14:paraId="6CF86444" w14:textId="3E07B007">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Induction Job Placement and the Mentor/Coaching System</w:t>
       </w:r>
-      <w:r w:rsidR="1950E614" w:rsidRPr="002A5830">
+      <w:r w:rsidRPr="002A5830" w:rsidR="1950E614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A0D4C2" w14:textId="04F72DF2" w:rsidR="00E078A9" w:rsidRDefault="25552898" w:rsidP="047AD3B6">
+    <w:p w:rsidR="00E078A9" w:rsidP="047AD3B6" w:rsidRDefault="25552898" w14:paraId="56A0D4C2" w14:textId="04F72DF2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the process for </w:t>
       </w:r>
       <w:r w:rsidR="0015661F">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">matching candidates with </w:t>
       </w:r>
       <w:r w:rsidR="00312E0F">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mentors/coaches</w:t>
       </w:r>
-      <w:r w:rsidR="4E361C97" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="4E361C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BBE999" w14:textId="648996D3" w:rsidR="00F32AB4" w:rsidRDefault="00F32AB4" w:rsidP="00F32AB4">
+    <w:p w:rsidR="00F32AB4" w:rsidP="00F32AB4" w:rsidRDefault="00F32AB4" w14:paraId="56BBE999" w14:textId="3A20C3B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how </w:t>
       </w:r>
       <w:r w:rsidRPr="00782EBB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mentors/coaches</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> a</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B55A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>will be</w:t>
+      </w:r>
+      <w:r w:rsidR="00635646">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-        <w:t>re selected, oriented, evaluated</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>selected, oriented, evaluated</w:t>
       </w:r>
       <w:r w:rsidR="00FC4572">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009F253B">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00782EBB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">provided feedback on their performance. Include the process for reassigning </w:t>
       </w:r>
       <w:r w:rsidR="00FC4572">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">mentor/coach </w:t>
       </w:r>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>if the relationship is not effective.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045DE36B" w14:textId="4556BD22" w:rsidR="00F32AB4" w:rsidRDefault="00E452E3" w:rsidP="047AD3B6">
+    <w:p w:rsidR="00F32AB4" w:rsidP="047AD3B6" w:rsidRDefault="00E452E3" w14:paraId="045DE36B" w14:textId="6EDD1742">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the process </w:t>
       </w:r>
       <w:r w:rsidR="004041FB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">of developing </w:t>
       </w:r>
       <w:r w:rsidR="00A267C6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>candidate</w:t>
       </w:r>
       <w:r w:rsidR="002231DA">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional growth goals on the</w:t>
       </w:r>
       <w:r w:rsidR="00A267C6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00153026">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Individual Learning Plan</w:t>
       </w:r>
       <w:r w:rsidR="00C13319">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (teacher induction) or Individual Induction Plan</w:t>
       </w:r>
       <w:r w:rsidR="00B75998">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C13319">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(administrator induction) </w:t>
       </w:r>
       <w:r w:rsidR="00B75998">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and tracking </w:t>
       </w:r>
       <w:r w:rsidR="00C93D21">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>their progress toward meeting th</w:t>
       </w:r>
       <w:r w:rsidR="005C0C24">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ose</w:t>
       </w:r>
       <w:r w:rsidR="00586484">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> goals</w:t>
       </w:r>
       <w:r w:rsidR="00AE5367">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, including how candidates are supervised</w:t>
       </w:r>
       <w:r w:rsidR="00204773">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, advised, and evaluated d</w:t>
       </w:r>
       <w:r w:rsidR="00A65360">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">uring </w:t>
       </w:r>
       <w:r w:rsidR="00474AB1">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the program by mentors/coaches and by program </w:t>
       </w:r>
       <w:r w:rsidR="000F6163">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>leaders</w:t>
       </w:r>
       <w:r w:rsidR="00D02736">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/staff</w:t>
       </w:r>
       <w:r w:rsidR="000F6163">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0019727D">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Describe how the program ensures </w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describe how the program </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="0019727D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure </w:t>
       </w:r>
       <w:r w:rsidR="00382835">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">availability of resources for both candidates and mentors/coaches </w:t>
       </w:r>
       <w:r w:rsidR="00CD5F50">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>toward meeting candidate professional growth goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB12A09" w14:textId="6E1CFBCB" w:rsidR="00874E30" w:rsidRPr="00D26B2A" w:rsidRDefault="4E361C97" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00D26B2A" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="4E361C97" w14:paraId="2EB12A09" w14:textId="6E1CFBCB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the connection between </w:t>
       </w:r>
       <w:r w:rsidR="0058044E">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">professional learning </w:t>
       </w:r>
       <w:r w:rsidR="00474024">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and support </w:t>
       </w:r>
       <w:r w:rsidR="0058044E">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>opportunities</w:t>
       </w:r>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00782EBB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">candidate </w:t>
       </w:r>
       <w:r w:rsidR="00002B5A">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>employment experiences</w:t>
       </w:r>
       <w:r w:rsidR="001A6DA2">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/current job placement</w:t>
       </w:r>
       <w:r w:rsidR="00205A51">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4A14772E" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="4A14772E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">in preparing candidates for the </w:t>
       </w:r>
       <w:r w:rsidR="00205A51">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">clear </w:t>
       </w:r>
-      <w:r w:rsidR="4A14772E" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="4A14772E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>credential</w:t>
       </w:r>
-      <w:r w:rsidR="0E86B9FC" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="0E86B9FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DF7BFF" w14:textId="6D522754" w:rsidR="000A6BEC" w:rsidRPr="00782EBB" w:rsidRDefault="2C62EFEB" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00782EBB" w:rsidR="000A6BEC" w:rsidP="047AD3B6" w:rsidRDefault="2C62EFEB" w14:paraId="30DF7BFF" w14:textId="73013B55">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782EBB">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how </w:t>
       </w:r>
-      <w:r w:rsidR="432D3560" w:rsidRPr="00782EBB">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="432D3560">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the program </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="432D3560">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>seek feedback from candidates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="00F007E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, mentors/coaches,</w:t>
       </w:r>
-      <w:r w:rsidR="432D3560" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="432D3560">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="582AA622" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="582AA622">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>other constituents</w:t>
       </w:r>
-      <w:r w:rsidR="7C0C920D" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="7C0C920D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> about </w:t>
       </w:r>
-      <w:r w:rsidR="00B20F39" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="00B20F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the effectiv</w:t>
       </w:r>
-      <w:r w:rsidR="003019D2" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="003019D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eness</w:t>
       </w:r>
-      <w:r w:rsidR="00205A51" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="00205A51">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the program</w:t>
       </w:r>
-      <w:r w:rsidR="7C0C920D" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="7C0C920D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="57FC2818" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="57FC2818">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="54651BE7" w:rsidRPr="00782EBB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="54651BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Briefly describe</w:t>
       </w:r>
-      <w:r w:rsidR="57FC2818" w:rsidRPr="00782EBB">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="57FC2818">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how the program </w:t>
+      </w:r>
+      <w:r w:rsidR="00D535A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="57FC2818">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>analy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="54651BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidR="57FC2818" w:rsidRPr="00782EBB">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="57FC2818">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="5C2B133D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use the feedback data for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782EBB" w:rsidR="52C31081">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>continuous improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555D8B0D" w14:textId="35879E01" w:rsidR="00874E30" w:rsidRPr="00B1558E" w:rsidRDefault="503CABF7" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00B1558E" w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="503CABF7" w14:paraId="555D8B0D" w14:textId="35879E01">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Assessment of Candidates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AC511C" w14:textId="4E6BB633" w:rsidR="00874E30" w:rsidRDefault="7D37361B" w:rsidP="047AD3B6">
+    <w:p w:rsidR="00874E30" w:rsidP="047AD3B6" w:rsidRDefault="7D37361B" w14:paraId="00AC511C" w14:textId="30F3DC57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="047AD3B6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe </w:t>
       </w:r>
-      <w:r w:rsidR="4497355F" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="4497355F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="390EAC06" w:rsidRPr="047AD3B6">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="390EAC06">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evidence the program </w:t>
+      </w:r>
+      <w:r w:rsidR="0069702F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="390EAC06">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>use to monitor and support candidates regarding performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="04281DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="04281DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="04281DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure they are progressing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="079C6F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">toward meeting program </w:t>
       </w:r>
-      <w:r w:rsidR="62F03F18" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="62F03F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>requirements</w:t>
       </w:r>
-      <w:r w:rsidR="079C6F82" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="079C6F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="5C826170" w:rsidRPr="047AD3B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="5C826170">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0EE59340" w:rsidRPr="047AD3B6">
-[...3 lines deleted...]
-        <w:t>Describe how the program supports candidates who are not making successful progress.</w:t>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="0EE59340">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe how the program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="63C84E04" w:rsidR="454EC5CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="63C84E04" w:rsidR="0EE59340">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="047AD3B6" w:rsidR="0EE59340">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> candidates who are not making successful progress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD95B3C" w14:textId="1F64597E" w:rsidR="00C11145" w:rsidRPr="00D26B2A" w:rsidRDefault="410B2719" w:rsidP="047AD3B6">
+    <w:p w:rsidRPr="00D26B2A" w:rsidR="00C11145" w:rsidP="047AD3B6" w:rsidRDefault="410B2719" w14:paraId="3AD95B3C" w14:textId="076C0195">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="14E58F6B" w:rsidR="410B2719">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Describe the information candidates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14E58F6B" w:rsidR="50C9D006">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14E58F6B" w:rsidR="410B2719">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receive about how they will be assessed and evaluated in relation to program competencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="14E58F6B" w:rsidR="00811046">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7320D57F" w14:textId="7492348D" w:rsidR="00A20A42" w:rsidRPr="002A5830" w:rsidRDefault="00A20A42" w:rsidP="047AD3B6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w:rsidRPr="002A5830" w:rsidR="00A20A42" w:rsidP="047AD3B6" w:rsidRDefault="00A20A42" w14:paraId="7320D57F" w14:textId="7492348D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A20A42" w:rsidRPr="002A5830" w:rsidSect="007A5D53">
-[...2 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="002A5830" w:rsidR="00A20A42" w:rsidSect="007A5D53">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="990" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AE09B0C" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885" w:rsidP="00AD7C93">
+    <w:p w:rsidR="006D772F" w:rsidP="00AD7C93" w:rsidRDefault="006D772F" w14:paraId="3E269823" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CF90107" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885" w:rsidP="00AD7C93">
+    <w:p w:rsidR="006D772F" w:rsidP="00AD7C93" w:rsidRDefault="006D772F" w14:paraId="5043665B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="146B0E30" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885"/>
+    <w:p w:rsidR="006D772F" w:rsidRDefault="006D772F" w14:paraId="445840C0" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2DB2EF27" w14:textId="1366050E" w:rsidR="00C96D54" w:rsidRDefault="007A5D53">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="007E5DE3" w:rsidRDefault="007E5DE3" w14:paraId="7AE0A8CA" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:i/>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00C96D54" w:rsidP="4E837174" w:rsidRDefault="007A5D53" w14:paraId="2DB2EF27" w14:textId="3E6C46FA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="4E837174" w:rsidR="4E837174">
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
-    <w:r w:rsidRPr="008F0DE0">
-[...1 lines deleted...]
-        <w:i/>
+    <w:r w:rsidRPr="4E837174" w:rsidR="4E837174">
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="002A5830">
-[...1 lines deleted...]
-        <w:i/>
+    <w:r w:rsidRPr="4E837174" w:rsidR="4E837174">
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>March</w:t>
+      <w:t>December</w:t>
     </w:r>
-    <w:r w:rsidR="00AD7C93">
-[...1 lines deleted...]
-        <w:i/>
+    <w:r w:rsidRPr="4E837174" w:rsidR="4E837174">
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:i/>
+    <w:r w:rsidRPr="4E837174" w:rsidR="4E837174">
+      <w:rPr>
+        <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>202</w:t>
-[...7 lines deleted...]
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="007E5DE3" w:rsidRDefault="007E5DE3" w14:paraId="20195959" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A59A1CF" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885" w:rsidP="00AD7C93">
+    <w:p w:rsidR="006D772F" w:rsidP="00AD7C93" w:rsidRDefault="006D772F" w14:paraId="2B035C79" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61616D5B" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885" w:rsidP="00AD7C93">
+    <w:p w:rsidR="006D772F" w:rsidP="00AD7C93" w:rsidRDefault="006D772F" w14:paraId="738E4B28" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1AF3EA49" w14:textId="77777777" w:rsidR="00086885" w:rsidRDefault="00086885"/>
+    <w:p w:rsidR="006D772F" w:rsidRDefault="006D772F" w14:paraId="7FBE6855" w14:textId="77777777"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="43DD666F" w14:textId="77777777" w:rsidR="00C96D54" w:rsidRPr="001A5E36" w:rsidRDefault="00C96D54">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="007E5DE3" w:rsidRDefault="007E5DE3" w14:paraId="58B7DEB6" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="001A5E36" w:rsidR="00C96D54" w:rsidRDefault="00C96D54" w14:paraId="43DD666F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="990"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="007E5DE3" w:rsidRDefault="007E5DE3" w14:paraId="10F8EE1C" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B200AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49A6D6BC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CE24339"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55ECC714"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E44436E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C2488B4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CEE24912">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20DF4CCA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E5C8098"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1814,147 +2056,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="259A343B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AC8A780"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CEE24912">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E715003"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7F0520A"/>
     <w:lvl w:ilvl="0" w:tplc="D89A4E42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="975AE746">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2013,147 +2255,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="86BEC194">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30F13BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49A6D6BC"/>
     <w:lvl w:ilvl="0" w:tplc="A61271E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="368B43D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC6ACE62"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2212,373 +2454,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E2B3EA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AF4EDCC"/>
     <w:lvl w:ilvl="0" w:tplc="2D044908">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="34F2888E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1EB8D802">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="84C856C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8EBAF43A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FC8E55EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="93BE486A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="89087144">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD267F7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5528381E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37AAF782"/>
     <w:lvl w:ilvl="0" w:tplc="F3DCE42C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0582C6B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0ED08D4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="318C3D20">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7DF0050E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="23A4A6EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="3730A864">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="940057FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AEB277FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B36BD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D352A3BC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CEE24912">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F3D34B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E432DC90"/>
     <w:lvl w:ilvl="0" w:tplc="11E00122">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="70AD47" w:themeColor="accent6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -2650,135 +2892,135 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="729753F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E1E9AFA"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E64CB168">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1928034770">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="860120981">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="59183649">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1739672560">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
@@ -2794,746 +3036,834 @@
   <w:num w:numId="7" w16cid:durableId="953094158">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1156146461">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2039312730">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="448162330">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="311521133">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1740052038">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="850990234">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00753B11"/>
+    <w:rsid w:val="00001559"/>
     <w:rsid w:val="00002B5A"/>
     <w:rsid w:val="00005323"/>
     <w:rsid w:val="000150DB"/>
     <w:rsid w:val="0002305A"/>
     <w:rsid w:val="00034EA3"/>
     <w:rsid w:val="00035AC7"/>
+    <w:rsid w:val="00036996"/>
     <w:rsid w:val="000501E0"/>
+    <w:rsid w:val="00050F01"/>
     <w:rsid w:val="000827AD"/>
     <w:rsid w:val="00084DD4"/>
     <w:rsid w:val="00086885"/>
     <w:rsid w:val="000872F7"/>
     <w:rsid w:val="00090E6A"/>
     <w:rsid w:val="0009255F"/>
     <w:rsid w:val="000A6BEC"/>
+    <w:rsid w:val="000B3E7F"/>
+    <w:rsid w:val="000B78C0"/>
     <w:rsid w:val="000B7A00"/>
+    <w:rsid w:val="000D0282"/>
+    <w:rsid w:val="000E6427"/>
     <w:rsid w:val="000E6C50"/>
     <w:rsid w:val="000F1FC9"/>
     <w:rsid w:val="000F3322"/>
     <w:rsid w:val="000F6163"/>
     <w:rsid w:val="0010105F"/>
+    <w:rsid w:val="00105A5D"/>
     <w:rsid w:val="00124F32"/>
     <w:rsid w:val="00150A7B"/>
     <w:rsid w:val="0015135E"/>
     <w:rsid w:val="00153026"/>
     <w:rsid w:val="0015661F"/>
+    <w:rsid w:val="0016016B"/>
     <w:rsid w:val="001614F4"/>
     <w:rsid w:val="001664F4"/>
     <w:rsid w:val="00172896"/>
     <w:rsid w:val="00184755"/>
     <w:rsid w:val="0019727D"/>
     <w:rsid w:val="001A0755"/>
     <w:rsid w:val="001A1188"/>
     <w:rsid w:val="001A327B"/>
     <w:rsid w:val="001A54D2"/>
     <w:rsid w:val="001A58CA"/>
     <w:rsid w:val="001A6DA2"/>
     <w:rsid w:val="001B7194"/>
     <w:rsid w:val="001B793C"/>
     <w:rsid w:val="001C397B"/>
     <w:rsid w:val="001F0763"/>
     <w:rsid w:val="001F7D27"/>
     <w:rsid w:val="00204773"/>
     <w:rsid w:val="00204C3E"/>
     <w:rsid w:val="00205A51"/>
     <w:rsid w:val="00207802"/>
     <w:rsid w:val="002231DA"/>
     <w:rsid w:val="002245AE"/>
     <w:rsid w:val="00233D67"/>
     <w:rsid w:val="00233DCC"/>
     <w:rsid w:val="0023718A"/>
     <w:rsid w:val="00240A28"/>
     <w:rsid w:val="00247C24"/>
     <w:rsid w:val="00253252"/>
     <w:rsid w:val="002652A6"/>
     <w:rsid w:val="00292E32"/>
     <w:rsid w:val="002A5830"/>
+    <w:rsid w:val="002B419C"/>
     <w:rsid w:val="002B5AEC"/>
     <w:rsid w:val="002B73D9"/>
     <w:rsid w:val="002C64CB"/>
     <w:rsid w:val="002E5BF8"/>
     <w:rsid w:val="002F16C9"/>
     <w:rsid w:val="003019D2"/>
     <w:rsid w:val="003039BD"/>
+    <w:rsid w:val="00304E74"/>
     <w:rsid w:val="0030744C"/>
     <w:rsid w:val="0030764F"/>
     <w:rsid w:val="00310F0C"/>
     <w:rsid w:val="00312E0F"/>
     <w:rsid w:val="00332618"/>
     <w:rsid w:val="00332BA3"/>
     <w:rsid w:val="00346524"/>
     <w:rsid w:val="00382835"/>
     <w:rsid w:val="00390BA8"/>
     <w:rsid w:val="003A17C0"/>
     <w:rsid w:val="003C0E8E"/>
     <w:rsid w:val="003D2842"/>
     <w:rsid w:val="003D475C"/>
     <w:rsid w:val="004041FB"/>
     <w:rsid w:val="004140DB"/>
     <w:rsid w:val="00416A68"/>
     <w:rsid w:val="004504B7"/>
     <w:rsid w:val="004539E5"/>
     <w:rsid w:val="004555DD"/>
     <w:rsid w:val="00460A6D"/>
     <w:rsid w:val="00474024"/>
     <w:rsid w:val="00474AB1"/>
     <w:rsid w:val="0049678E"/>
+    <w:rsid w:val="004A3A0C"/>
     <w:rsid w:val="004A46E8"/>
     <w:rsid w:val="004A5805"/>
     <w:rsid w:val="004B17D5"/>
+    <w:rsid w:val="004B55A7"/>
     <w:rsid w:val="004C77EC"/>
+    <w:rsid w:val="004D7350"/>
     <w:rsid w:val="004E6F88"/>
+    <w:rsid w:val="004F7D1A"/>
     <w:rsid w:val="00500022"/>
     <w:rsid w:val="0050133B"/>
     <w:rsid w:val="00517AEA"/>
     <w:rsid w:val="005312CB"/>
     <w:rsid w:val="005319A2"/>
     <w:rsid w:val="00546283"/>
     <w:rsid w:val="0056758A"/>
     <w:rsid w:val="0058044E"/>
     <w:rsid w:val="00586484"/>
     <w:rsid w:val="00596C27"/>
     <w:rsid w:val="005B5DF3"/>
+    <w:rsid w:val="005C0BD6"/>
     <w:rsid w:val="005C0C24"/>
     <w:rsid w:val="005D1E2F"/>
+    <w:rsid w:val="005D3217"/>
     <w:rsid w:val="005D4877"/>
+    <w:rsid w:val="005D7D19"/>
+    <w:rsid w:val="005E626D"/>
     <w:rsid w:val="005F48EC"/>
+    <w:rsid w:val="0062406D"/>
     <w:rsid w:val="00630F5D"/>
+    <w:rsid w:val="00635646"/>
     <w:rsid w:val="00637C7E"/>
     <w:rsid w:val="00644841"/>
     <w:rsid w:val="00654DBE"/>
     <w:rsid w:val="006672CE"/>
     <w:rsid w:val="00673FCE"/>
     <w:rsid w:val="00676468"/>
     <w:rsid w:val="00687304"/>
     <w:rsid w:val="00690F28"/>
+    <w:rsid w:val="0069702F"/>
     <w:rsid w:val="006A3567"/>
     <w:rsid w:val="006B3966"/>
     <w:rsid w:val="006B4EF4"/>
     <w:rsid w:val="006B4F98"/>
+    <w:rsid w:val="006D772F"/>
     <w:rsid w:val="006F75E2"/>
     <w:rsid w:val="006F78EF"/>
     <w:rsid w:val="00716AAE"/>
     <w:rsid w:val="007171FD"/>
     <w:rsid w:val="00742D5D"/>
+    <w:rsid w:val="007452C1"/>
+    <w:rsid w:val="007504A9"/>
     <w:rsid w:val="00753B11"/>
+    <w:rsid w:val="00771D6A"/>
+    <w:rsid w:val="00773663"/>
     <w:rsid w:val="00776B71"/>
     <w:rsid w:val="00782EBB"/>
     <w:rsid w:val="007832EE"/>
     <w:rsid w:val="00792407"/>
     <w:rsid w:val="007949D7"/>
     <w:rsid w:val="007A5D53"/>
     <w:rsid w:val="007A710E"/>
     <w:rsid w:val="007B5127"/>
     <w:rsid w:val="007B6844"/>
+    <w:rsid w:val="007D18C0"/>
+    <w:rsid w:val="007E2371"/>
+    <w:rsid w:val="007E5DE3"/>
     <w:rsid w:val="007F5778"/>
     <w:rsid w:val="007F6EB3"/>
     <w:rsid w:val="00802DD1"/>
     <w:rsid w:val="00811046"/>
+    <w:rsid w:val="008149D2"/>
     <w:rsid w:val="00826160"/>
     <w:rsid w:val="00831D5D"/>
     <w:rsid w:val="0085391F"/>
     <w:rsid w:val="00867103"/>
     <w:rsid w:val="00874E30"/>
     <w:rsid w:val="008940BD"/>
     <w:rsid w:val="008A54FA"/>
+    <w:rsid w:val="008A7279"/>
     <w:rsid w:val="008C5FD4"/>
     <w:rsid w:val="008F3842"/>
     <w:rsid w:val="008F7B69"/>
+    <w:rsid w:val="00901418"/>
     <w:rsid w:val="009168D0"/>
+    <w:rsid w:val="00926592"/>
+    <w:rsid w:val="00930826"/>
     <w:rsid w:val="00954B58"/>
     <w:rsid w:val="00971879"/>
     <w:rsid w:val="00982BCE"/>
     <w:rsid w:val="0098762D"/>
+    <w:rsid w:val="0099320D"/>
     <w:rsid w:val="009B0EC6"/>
     <w:rsid w:val="009C1E21"/>
     <w:rsid w:val="009F253B"/>
     <w:rsid w:val="00A0552C"/>
     <w:rsid w:val="00A14161"/>
     <w:rsid w:val="00A1574D"/>
     <w:rsid w:val="00A159D6"/>
     <w:rsid w:val="00A20A42"/>
+    <w:rsid w:val="00A257DC"/>
     <w:rsid w:val="00A267C6"/>
+    <w:rsid w:val="00A43021"/>
     <w:rsid w:val="00A51A2F"/>
+    <w:rsid w:val="00A6367F"/>
     <w:rsid w:val="00A65360"/>
     <w:rsid w:val="00A8529D"/>
     <w:rsid w:val="00A90633"/>
     <w:rsid w:val="00A93841"/>
     <w:rsid w:val="00AA7727"/>
+    <w:rsid w:val="00AB77EF"/>
     <w:rsid w:val="00AD7C93"/>
     <w:rsid w:val="00AE3876"/>
     <w:rsid w:val="00AE5367"/>
+    <w:rsid w:val="00B14283"/>
     <w:rsid w:val="00B142D5"/>
     <w:rsid w:val="00B20F39"/>
     <w:rsid w:val="00B35B1F"/>
+    <w:rsid w:val="00B45DA5"/>
+    <w:rsid w:val="00B61AB6"/>
     <w:rsid w:val="00B75998"/>
     <w:rsid w:val="00B759C5"/>
     <w:rsid w:val="00B81F34"/>
     <w:rsid w:val="00B90B65"/>
     <w:rsid w:val="00B9114F"/>
     <w:rsid w:val="00BB2C47"/>
+    <w:rsid w:val="00BB31FC"/>
     <w:rsid w:val="00BD31E1"/>
     <w:rsid w:val="00BD4001"/>
     <w:rsid w:val="00BD49DA"/>
+    <w:rsid w:val="00BD5A58"/>
     <w:rsid w:val="00C018E8"/>
     <w:rsid w:val="00C11145"/>
     <w:rsid w:val="00C13319"/>
+    <w:rsid w:val="00C1598F"/>
+    <w:rsid w:val="00C17CFF"/>
+    <w:rsid w:val="00C265B0"/>
+    <w:rsid w:val="00C34F93"/>
+    <w:rsid w:val="00C42158"/>
     <w:rsid w:val="00C51542"/>
+    <w:rsid w:val="00C618E8"/>
     <w:rsid w:val="00C63AED"/>
     <w:rsid w:val="00C64810"/>
+    <w:rsid w:val="00C765A2"/>
     <w:rsid w:val="00C8133F"/>
     <w:rsid w:val="00C93D21"/>
     <w:rsid w:val="00C96D54"/>
     <w:rsid w:val="00CB6506"/>
+    <w:rsid w:val="00CC022B"/>
     <w:rsid w:val="00CD5F50"/>
     <w:rsid w:val="00D02736"/>
     <w:rsid w:val="00D051FB"/>
     <w:rsid w:val="00D14047"/>
+    <w:rsid w:val="00D4328E"/>
     <w:rsid w:val="00D43BB7"/>
     <w:rsid w:val="00D46554"/>
+    <w:rsid w:val="00D535A9"/>
     <w:rsid w:val="00D54619"/>
     <w:rsid w:val="00D7577F"/>
     <w:rsid w:val="00D77974"/>
     <w:rsid w:val="00D77D90"/>
     <w:rsid w:val="00D80900"/>
     <w:rsid w:val="00D82D6E"/>
     <w:rsid w:val="00D936A1"/>
     <w:rsid w:val="00DA5249"/>
+    <w:rsid w:val="00DD5ADE"/>
     <w:rsid w:val="00DE5C14"/>
     <w:rsid w:val="00DE7C7A"/>
     <w:rsid w:val="00DF3065"/>
     <w:rsid w:val="00E078A9"/>
     <w:rsid w:val="00E07E4F"/>
     <w:rsid w:val="00E2779E"/>
+    <w:rsid w:val="00E35861"/>
     <w:rsid w:val="00E452E3"/>
     <w:rsid w:val="00E4624B"/>
+    <w:rsid w:val="00E737E4"/>
+    <w:rsid w:val="00E77A92"/>
     <w:rsid w:val="00E82D8F"/>
     <w:rsid w:val="00E94EF0"/>
+    <w:rsid w:val="00EA120A"/>
     <w:rsid w:val="00EB49F2"/>
     <w:rsid w:val="00EC7B1D"/>
     <w:rsid w:val="00ED4554"/>
     <w:rsid w:val="00F007E7"/>
     <w:rsid w:val="00F05574"/>
     <w:rsid w:val="00F32AB4"/>
     <w:rsid w:val="00F43A35"/>
     <w:rsid w:val="00F50490"/>
+    <w:rsid w:val="00F5559C"/>
     <w:rsid w:val="00F65AA6"/>
+    <w:rsid w:val="00F779EF"/>
+    <w:rsid w:val="00FB135C"/>
     <w:rsid w:val="00FC4572"/>
     <w:rsid w:val="00FD4CDD"/>
     <w:rsid w:val="00FD5187"/>
     <w:rsid w:val="00FE14DD"/>
+    <w:rsid w:val="00FF1193"/>
+    <w:rsid w:val="00FF3E60"/>
     <w:rsid w:val="00FF6E54"/>
     <w:rsid w:val="01DD6A22"/>
     <w:rsid w:val="0209776F"/>
+    <w:rsid w:val="02FADB71"/>
     <w:rsid w:val="0386520D"/>
     <w:rsid w:val="03EDF17B"/>
     <w:rsid w:val="03F7EB5D"/>
     <w:rsid w:val="04281DAE"/>
     <w:rsid w:val="0434D356"/>
     <w:rsid w:val="047AD3B6"/>
     <w:rsid w:val="04ED88D5"/>
     <w:rsid w:val="05234BAF"/>
     <w:rsid w:val="056028F1"/>
     <w:rsid w:val="05B01658"/>
     <w:rsid w:val="06258982"/>
     <w:rsid w:val="06258C0D"/>
     <w:rsid w:val="0639B8A7"/>
     <w:rsid w:val="0642A9B0"/>
     <w:rsid w:val="06786468"/>
     <w:rsid w:val="0684E8D6"/>
     <w:rsid w:val="0688104A"/>
+    <w:rsid w:val="06ACA71B"/>
     <w:rsid w:val="06B0DB45"/>
     <w:rsid w:val="073E54F8"/>
     <w:rsid w:val="07742249"/>
     <w:rsid w:val="079C6F82"/>
     <w:rsid w:val="07C1269E"/>
     <w:rsid w:val="07EE4FEC"/>
     <w:rsid w:val="087AFAC5"/>
     <w:rsid w:val="09B2A1C5"/>
     <w:rsid w:val="09CBBA19"/>
     <w:rsid w:val="09FFB974"/>
     <w:rsid w:val="0A3B9ECE"/>
+    <w:rsid w:val="0A66AFB5"/>
     <w:rsid w:val="0AF929E1"/>
     <w:rsid w:val="0B0D6B5C"/>
     <w:rsid w:val="0B3F001F"/>
     <w:rsid w:val="0BB56284"/>
     <w:rsid w:val="0BCA68BD"/>
     <w:rsid w:val="0D07BE2E"/>
     <w:rsid w:val="0D0D2261"/>
     <w:rsid w:val="0D235364"/>
     <w:rsid w:val="0D4352A1"/>
     <w:rsid w:val="0D9707D6"/>
     <w:rsid w:val="0DC21732"/>
     <w:rsid w:val="0DCC7F93"/>
     <w:rsid w:val="0E2C4868"/>
     <w:rsid w:val="0E3BB86D"/>
     <w:rsid w:val="0E86B9FC"/>
     <w:rsid w:val="0EE59340"/>
     <w:rsid w:val="0F3A4451"/>
+    <w:rsid w:val="0F576C66"/>
     <w:rsid w:val="0F5977F4"/>
     <w:rsid w:val="0FE6C726"/>
     <w:rsid w:val="10BB738C"/>
     <w:rsid w:val="10E472E5"/>
     <w:rsid w:val="112D2230"/>
     <w:rsid w:val="122E340E"/>
     <w:rsid w:val="128F928C"/>
     <w:rsid w:val="12A8810E"/>
     <w:rsid w:val="12E4DD89"/>
     <w:rsid w:val="13C83EBA"/>
     <w:rsid w:val="141B4952"/>
     <w:rsid w:val="14419ED8"/>
     <w:rsid w:val="14A627EB"/>
     <w:rsid w:val="14BE9600"/>
+    <w:rsid w:val="14E58F6B"/>
     <w:rsid w:val="150FBC48"/>
     <w:rsid w:val="15709BB3"/>
     <w:rsid w:val="161BA9E1"/>
+    <w:rsid w:val="167173FA"/>
     <w:rsid w:val="171A2068"/>
     <w:rsid w:val="186ABCF6"/>
     <w:rsid w:val="193D6A06"/>
     <w:rsid w:val="1950E614"/>
     <w:rsid w:val="1997CF95"/>
     <w:rsid w:val="1A6B08D2"/>
     <w:rsid w:val="1A8A1C43"/>
     <w:rsid w:val="1BAF82E6"/>
     <w:rsid w:val="1C2188B2"/>
+    <w:rsid w:val="1C771B0E"/>
     <w:rsid w:val="1C80E7B0"/>
     <w:rsid w:val="1CDF457F"/>
     <w:rsid w:val="1CFE45D3"/>
     <w:rsid w:val="1E10DB29"/>
     <w:rsid w:val="1E3CB57E"/>
     <w:rsid w:val="1ED9FE7A"/>
     <w:rsid w:val="1F095247"/>
     <w:rsid w:val="1F515ED8"/>
     <w:rsid w:val="207CCF5F"/>
     <w:rsid w:val="211948C7"/>
     <w:rsid w:val="2227CD36"/>
     <w:rsid w:val="225748BA"/>
     <w:rsid w:val="22661342"/>
     <w:rsid w:val="2285F092"/>
     <w:rsid w:val="22B879A7"/>
     <w:rsid w:val="22DC4709"/>
     <w:rsid w:val="23895FAE"/>
+    <w:rsid w:val="239E2F00"/>
     <w:rsid w:val="242B4CA8"/>
     <w:rsid w:val="249CCC9E"/>
     <w:rsid w:val="24B6BF8C"/>
     <w:rsid w:val="254D5891"/>
     <w:rsid w:val="25552898"/>
     <w:rsid w:val="261BED0E"/>
     <w:rsid w:val="267A8270"/>
     <w:rsid w:val="268390B2"/>
     <w:rsid w:val="26D86814"/>
     <w:rsid w:val="26DA28CD"/>
     <w:rsid w:val="271D5868"/>
     <w:rsid w:val="275A9BBD"/>
     <w:rsid w:val="27E5AAD6"/>
     <w:rsid w:val="285CD0D1"/>
     <w:rsid w:val="28B23EF8"/>
     <w:rsid w:val="2999AB53"/>
     <w:rsid w:val="29A8EE45"/>
     <w:rsid w:val="29BAC897"/>
     <w:rsid w:val="29CA7A6F"/>
     <w:rsid w:val="29F8A132"/>
     <w:rsid w:val="2A3BF926"/>
     <w:rsid w:val="2AF2539E"/>
     <w:rsid w:val="2B0AE7E0"/>
     <w:rsid w:val="2B7A538E"/>
     <w:rsid w:val="2B947193"/>
     <w:rsid w:val="2BB8CBF1"/>
     <w:rsid w:val="2BD4FE96"/>
     <w:rsid w:val="2BF645B8"/>
     <w:rsid w:val="2C05C328"/>
     <w:rsid w:val="2C62EFEB"/>
     <w:rsid w:val="2C7A8B33"/>
     <w:rsid w:val="2C931C18"/>
     <w:rsid w:val="2CB56A88"/>
+    <w:rsid w:val="2CEED2F6"/>
     <w:rsid w:val="2D04B7CC"/>
     <w:rsid w:val="2D0E7F2F"/>
     <w:rsid w:val="2D2099E8"/>
     <w:rsid w:val="2D2A43F7"/>
     <w:rsid w:val="2D8EAFC4"/>
     <w:rsid w:val="2DCD7AA9"/>
     <w:rsid w:val="2DDE1EF0"/>
     <w:rsid w:val="2DF91D49"/>
     <w:rsid w:val="2E210AA6"/>
     <w:rsid w:val="2E8C4C14"/>
     <w:rsid w:val="2EB9E56C"/>
     <w:rsid w:val="2EDCD28A"/>
     <w:rsid w:val="2EEEAF04"/>
     <w:rsid w:val="2F99CDE1"/>
     <w:rsid w:val="2FF94BBC"/>
     <w:rsid w:val="307DB057"/>
     <w:rsid w:val="307E84EE"/>
     <w:rsid w:val="30ACDF19"/>
     <w:rsid w:val="31801D7A"/>
     <w:rsid w:val="31A63B9F"/>
     <w:rsid w:val="31C08DA0"/>
     <w:rsid w:val="3231A496"/>
     <w:rsid w:val="32E98029"/>
     <w:rsid w:val="32F47BC9"/>
     <w:rsid w:val="331BEDDB"/>
     <w:rsid w:val="334E2C88"/>
     <w:rsid w:val="34694546"/>
     <w:rsid w:val="34904C2A"/>
     <w:rsid w:val="3504A913"/>
     <w:rsid w:val="3516D3B8"/>
     <w:rsid w:val="354F92FB"/>
     <w:rsid w:val="36669034"/>
     <w:rsid w:val="36C7A1C0"/>
     <w:rsid w:val="37BB20C8"/>
     <w:rsid w:val="390EAC06"/>
+    <w:rsid w:val="3943FFA2"/>
+    <w:rsid w:val="39FA618D"/>
     <w:rsid w:val="3A350A92"/>
     <w:rsid w:val="3B6C5223"/>
     <w:rsid w:val="3BB37754"/>
     <w:rsid w:val="3CE225FE"/>
     <w:rsid w:val="3D18A986"/>
     <w:rsid w:val="3D1D9138"/>
     <w:rsid w:val="3D89AD4E"/>
     <w:rsid w:val="3D8F2102"/>
     <w:rsid w:val="3E409C20"/>
     <w:rsid w:val="3E6BD616"/>
     <w:rsid w:val="3F5A4C53"/>
     <w:rsid w:val="3FA769E3"/>
     <w:rsid w:val="3FDAEC57"/>
     <w:rsid w:val="3FE094E2"/>
     <w:rsid w:val="40264DA9"/>
     <w:rsid w:val="410B2719"/>
     <w:rsid w:val="412BA943"/>
     <w:rsid w:val="4176BCB8"/>
     <w:rsid w:val="41BC4168"/>
     <w:rsid w:val="421DDA07"/>
     <w:rsid w:val="42D400BD"/>
     <w:rsid w:val="42E4EAFF"/>
     <w:rsid w:val="432D3560"/>
     <w:rsid w:val="43B1C91F"/>
     <w:rsid w:val="43F0689B"/>
     <w:rsid w:val="4452693D"/>
+    <w:rsid w:val="445D07A4"/>
     <w:rsid w:val="4497355F"/>
     <w:rsid w:val="44F9BECC"/>
+    <w:rsid w:val="454EC5CC"/>
     <w:rsid w:val="456B7519"/>
     <w:rsid w:val="459A32E7"/>
     <w:rsid w:val="464C1521"/>
     <w:rsid w:val="477D62AF"/>
     <w:rsid w:val="4801DE7F"/>
     <w:rsid w:val="48315F8E"/>
     <w:rsid w:val="48BB3582"/>
     <w:rsid w:val="490DC08C"/>
     <w:rsid w:val="4936FD05"/>
     <w:rsid w:val="49C82652"/>
     <w:rsid w:val="4A14772E"/>
     <w:rsid w:val="4A9603F9"/>
     <w:rsid w:val="4AE505E8"/>
     <w:rsid w:val="4B8FFC4C"/>
     <w:rsid w:val="4C0454FF"/>
     <w:rsid w:val="4CA070AF"/>
     <w:rsid w:val="4D2DD403"/>
+    <w:rsid w:val="4D5DB673"/>
     <w:rsid w:val="4DD2D358"/>
     <w:rsid w:val="4E2C4750"/>
     <w:rsid w:val="4E361C97"/>
+    <w:rsid w:val="4E837174"/>
     <w:rsid w:val="4F1350C6"/>
     <w:rsid w:val="4F279A61"/>
     <w:rsid w:val="4FAC7F3D"/>
     <w:rsid w:val="50055514"/>
     <w:rsid w:val="503CABF7"/>
     <w:rsid w:val="5056CDD3"/>
     <w:rsid w:val="50AE2D37"/>
+    <w:rsid w:val="50C9D006"/>
     <w:rsid w:val="52C31081"/>
     <w:rsid w:val="52D7FE74"/>
     <w:rsid w:val="52EE1CD1"/>
     <w:rsid w:val="5348E02E"/>
     <w:rsid w:val="539E5520"/>
     <w:rsid w:val="53AAE40C"/>
     <w:rsid w:val="53F5CB7C"/>
     <w:rsid w:val="54285404"/>
     <w:rsid w:val="54651BE7"/>
     <w:rsid w:val="549339FC"/>
     <w:rsid w:val="54D07476"/>
     <w:rsid w:val="54D4BFFC"/>
     <w:rsid w:val="566758AC"/>
     <w:rsid w:val="566F6C05"/>
     <w:rsid w:val="56922362"/>
     <w:rsid w:val="56AB26E7"/>
     <w:rsid w:val="571DB591"/>
     <w:rsid w:val="579CEDAF"/>
     <w:rsid w:val="57DA8C27"/>
     <w:rsid w:val="57FC2818"/>
     <w:rsid w:val="582AA622"/>
     <w:rsid w:val="58419443"/>
     <w:rsid w:val="587449B6"/>
     <w:rsid w:val="59F12758"/>
     <w:rsid w:val="5A64E893"/>
     <w:rsid w:val="5A712096"/>
     <w:rsid w:val="5A931514"/>
     <w:rsid w:val="5B01D3B5"/>
+    <w:rsid w:val="5B53A2CD"/>
     <w:rsid w:val="5BD0BFB8"/>
     <w:rsid w:val="5C03AE4C"/>
     <w:rsid w:val="5C2B133D"/>
     <w:rsid w:val="5C4B9DCE"/>
     <w:rsid w:val="5C826170"/>
     <w:rsid w:val="5CA9BD01"/>
     <w:rsid w:val="5CABFA75"/>
+    <w:rsid w:val="5D8A892E"/>
     <w:rsid w:val="5DA2EE48"/>
     <w:rsid w:val="5E4472EA"/>
     <w:rsid w:val="5E458D62"/>
     <w:rsid w:val="5F027429"/>
     <w:rsid w:val="6080C050"/>
     <w:rsid w:val="610AA8B6"/>
     <w:rsid w:val="61E2BECE"/>
     <w:rsid w:val="620E12E9"/>
     <w:rsid w:val="6247AE7B"/>
     <w:rsid w:val="6259C773"/>
     <w:rsid w:val="62A510F4"/>
     <w:rsid w:val="62F03F18"/>
+    <w:rsid w:val="63C84E04"/>
     <w:rsid w:val="63F597D4"/>
     <w:rsid w:val="64196F43"/>
     <w:rsid w:val="64EF1694"/>
     <w:rsid w:val="65152959"/>
     <w:rsid w:val="65466C79"/>
     <w:rsid w:val="65DCB1B6"/>
     <w:rsid w:val="668C6E5F"/>
     <w:rsid w:val="66D797E6"/>
     <w:rsid w:val="6757A2CA"/>
     <w:rsid w:val="67AF0C2B"/>
     <w:rsid w:val="685D41FE"/>
     <w:rsid w:val="6890B87F"/>
     <w:rsid w:val="68FE12ED"/>
     <w:rsid w:val="695650D4"/>
     <w:rsid w:val="697700EB"/>
     <w:rsid w:val="69A47CFE"/>
     <w:rsid w:val="69B6063F"/>
     <w:rsid w:val="6A557CDB"/>
     <w:rsid w:val="6B693FAA"/>
     <w:rsid w:val="6BB962C6"/>
     <w:rsid w:val="6BDBFA96"/>
     <w:rsid w:val="6C34BFE0"/>
     <w:rsid w:val="6C8DF196"/>
     <w:rsid w:val="6CE87F40"/>
     <w:rsid w:val="6D371953"/>
     <w:rsid w:val="6E3CD217"/>
     <w:rsid w:val="6ED95089"/>
     <w:rsid w:val="6F1A11DA"/>
     <w:rsid w:val="6FAF70C2"/>
     <w:rsid w:val="6FC7C184"/>
     <w:rsid w:val="6FEF08EE"/>
     <w:rsid w:val="70600FC8"/>
     <w:rsid w:val="716FDB8A"/>
     <w:rsid w:val="718AD94F"/>
     <w:rsid w:val="72426895"/>
     <w:rsid w:val="724452B7"/>
     <w:rsid w:val="726BFC09"/>
     <w:rsid w:val="72FD7E4A"/>
     <w:rsid w:val="737E5831"/>
     <w:rsid w:val="73A8E3DA"/>
     <w:rsid w:val="748184AD"/>
     <w:rsid w:val="751C92D4"/>
     <w:rsid w:val="75672757"/>
     <w:rsid w:val="75B53552"/>
     <w:rsid w:val="75CC7FFA"/>
     <w:rsid w:val="75E0A76D"/>
     <w:rsid w:val="7603E4E3"/>
     <w:rsid w:val="768EB4DC"/>
+    <w:rsid w:val="77536E56"/>
     <w:rsid w:val="77F9EF2C"/>
     <w:rsid w:val="7837894E"/>
     <w:rsid w:val="783EA957"/>
     <w:rsid w:val="7841CE65"/>
     <w:rsid w:val="79300C4A"/>
     <w:rsid w:val="79408B43"/>
     <w:rsid w:val="79BDC4BA"/>
     <w:rsid w:val="79D7DE65"/>
     <w:rsid w:val="7A95EAEC"/>
     <w:rsid w:val="7B066335"/>
     <w:rsid w:val="7B1EE743"/>
     <w:rsid w:val="7B7C6968"/>
+    <w:rsid w:val="7BBD6EE8"/>
     <w:rsid w:val="7C0C920D"/>
     <w:rsid w:val="7C39BA4D"/>
     <w:rsid w:val="7C98F903"/>
     <w:rsid w:val="7CB4BCDC"/>
     <w:rsid w:val="7D370EA2"/>
     <w:rsid w:val="7D37361B"/>
+    <w:rsid w:val="7D8EF94A"/>
     <w:rsid w:val="7EE1CAE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3A52B682"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{89E6AE0B-02C8-4D77-9412-E13C8056F496}"/>
+  <w15:docId w15:val="{D742F339-3A5C-4127-828B-6E99F806B5D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3689,52 +4019,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3801,338 +4131,337 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="-36"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00874E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00874E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00874E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00874E30"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00874E30"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00253252"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005312CB"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005312CB"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005312CB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005312CB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005312CB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
+  <w:style w:type="paragraph" w:styleId="pf0" w:customStyle="1">
     <w:name w:val="pf0"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00292E32"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+  <w:style w:type="character" w:styleId="cf01" w:customStyle="1">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00292E32"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="315302677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -4361,84 +4690,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...32 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9803f46a-11bf-48f7-81fb-4a99cde79948" xmlns:ns3="4c3acd45-541a-447d-b100-853e2f4c1c0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b220933a42a70024a9bf0858c1ab570" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8A00C9505E3AF44BEE2BA095A360824" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b199216c0e75e005ec8de589225c6506">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9803f46a-11bf-48f7-81fb-4a99cde79948" xmlns:ns3="4c3acd45-541a-447d-b100-853e2f4c1c0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="badf612ecb29ad1fa6d5a96c3ba362fb" ns2:_="" ns3:_="">
     <xsd:import namespace="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
     <xsd:import namespace="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4633,111 +4930,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4c3acd45-541a-447d-b100-853e2f4c1c0f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9803f46a-11bf-48f7-81fb-4a99cde79948">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="4c3acd45-541a-447d-b100-853e2f4c1c0f">
+      <UserInfo>
+        <DisplayName>Sullivan, Erin</DisplayName>
+        <AccountId>16</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Hickey, Cheryl</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{370A0352-866E-437B-9919-4E0FCA5AB43D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
+    <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB362695-DAA1-4461-B793-04D19BC92815}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D362EC1-380B-4E9F-92E4-1F2F0F3BB792}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
     <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Shuler, Jake</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Meeker, Kiyomi</lastModifiedBy>
+  <revision>34</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B8A00C9505E3AF44BEE2BA095A360824</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>dbb3f5eb8ec7976057f7279050e4a23590145c87400a0d5f7b108e3151f597f9</vt:lpwstr>
   </property>
 </Properties>
 </file>