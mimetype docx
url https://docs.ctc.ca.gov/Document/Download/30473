--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -6,55 +6,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="518F93C5" w14:textId="0C24CBBB" w:rsidR="00033E8D" w:rsidRDefault="00033E8D" w:rsidP="00033E8D">
       <w:pPr>
         <w:spacing w:before="720" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AA86C45" wp14:editId="02527953">
             <wp:extent cx="2565400" cy="2573655"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="22" name="Picture 5" descr="Commission on Teacher Credentialing seal"/>
@@ -85,50 +86,66 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2565400" cy="2573655"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21675751" w14:textId="371F2997" w:rsidR="005F0C9D" w:rsidRDefault="00022447" w:rsidP="00513275">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="810" w:right="720"/>
       </w:pPr>
       <w:r>
         <w:t>Adapted Physical Education Program Standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067458D6" w14:textId="3AE25896" w:rsidR="00EC5087" w:rsidRPr="00EC5087" w:rsidRDefault="00EC5087" w:rsidP="00EC5087">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Adopted January 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07695B26" w14:textId="29535802" w:rsidR="00143F32" w:rsidRPr="00064A6C" w:rsidRDefault="00143F32" w:rsidP="00064A6C">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00981E04">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Commission on Teacher Credentialing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F9F58B" w14:textId="29C00817" w:rsidR="00F21FED" w:rsidRPr="00F21FED" w:rsidRDefault="00F21FED" w:rsidP="00064A6C">
       <w:pPr>
         <w:spacing w:before="4000" w:after="0"/>
         <w:jc w:val="center"/>
@@ -7888,50 +7905,51 @@
     <w:rsid w:val="001B1F37"/>
     <w:rsid w:val="001C79D2"/>
     <w:rsid w:val="001D4116"/>
     <w:rsid w:val="001E4D2E"/>
     <w:rsid w:val="001E5EB6"/>
     <w:rsid w:val="00211B72"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="002277A6"/>
     <w:rsid w:val="002300E8"/>
     <w:rsid w:val="00237BE2"/>
     <w:rsid w:val="0026627D"/>
     <w:rsid w:val="00286667"/>
     <w:rsid w:val="002A7946"/>
     <w:rsid w:val="002B44C0"/>
     <w:rsid w:val="002D7828"/>
     <w:rsid w:val="002F2C8A"/>
     <w:rsid w:val="002F6F64"/>
     <w:rsid w:val="0030786E"/>
     <w:rsid w:val="0031349D"/>
     <w:rsid w:val="00331BE7"/>
     <w:rsid w:val="00336121"/>
     <w:rsid w:val="00347BEB"/>
     <w:rsid w:val="003623A7"/>
     <w:rsid w:val="00404EC4"/>
     <w:rsid w:val="00407A3E"/>
+    <w:rsid w:val="00422423"/>
     <w:rsid w:val="004243E4"/>
     <w:rsid w:val="00430D94"/>
     <w:rsid w:val="00452215"/>
     <w:rsid w:val="00462C2B"/>
     <w:rsid w:val="00485E13"/>
     <w:rsid w:val="004961A1"/>
     <w:rsid w:val="004B50CB"/>
     <w:rsid w:val="004C5973"/>
     <w:rsid w:val="004E3836"/>
     <w:rsid w:val="004E41DA"/>
     <w:rsid w:val="005069F4"/>
     <w:rsid w:val="0051058C"/>
     <w:rsid w:val="00513275"/>
     <w:rsid w:val="00535318"/>
     <w:rsid w:val="00537F1F"/>
     <w:rsid w:val="005523FB"/>
     <w:rsid w:val="00561ABB"/>
     <w:rsid w:val="0059568A"/>
     <w:rsid w:val="005A3FF3"/>
     <w:rsid w:val="005A5724"/>
     <w:rsid w:val="005B69CC"/>
     <w:rsid w:val="005F0C9D"/>
     <w:rsid w:val="005F12CD"/>
     <w:rsid w:val="005F4EC1"/>
     <w:rsid w:val="005F5E95"/>
@@ -7975,73 +7993,75 @@
     <w:rsid w:val="00954E32"/>
     <w:rsid w:val="00973E11"/>
     <w:rsid w:val="00975E48"/>
     <w:rsid w:val="009807FA"/>
     <w:rsid w:val="00981E04"/>
     <w:rsid w:val="00995BD6"/>
     <w:rsid w:val="009A662F"/>
     <w:rsid w:val="009B7838"/>
     <w:rsid w:val="009F388C"/>
     <w:rsid w:val="00A359F8"/>
     <w:rsid w:val="00A47F83"/>
     <w:rsid w:val="00A56EBE"/>
     <w:rsid w:val="00A91E6C"/>
     <w:rsid w:val="00A9789B"/>
     <w:rsid w:val="00AD67EB"/>
     <w:rsid w:val="00AE7497"/>
     <w:rsid w:val="00B02679"/>
     <w:rsid w:val="00B509B9"/>
     <w:rsid w:val="00B528FC"/>
     <w:rsid w:val="00B81428"/>
     <w:rsid w:val="00B96CFC"/>
     <w:rsid w:val="00BE0FE1"/>
     <w:rsid w:val="00BE4F52"/>
     <w:rsid w:val="00C02E27"/>
     <w:rsid w:val="00C26232"/>
+    <w:rsid w:val="00C31A17"/>
     <w:rsid w:val="00C41EF9"/>
     <w:rsid w:val="00C56C39"/>
     <w:rsid w:val="00C5729D"/>
     <w:rsid w:val="00C72D30"/>
     <w:rsid w:val="00C75054"/>
     <w:rsid w:val="00C92F46"/>
     <w:rsid w:val="00CA0D38"/>
     <w:rsid w:val="00CB1251"/>
     <w:rsid w:val="00CD78BC"/>
     <w:rsid w:val="00D33F5B"/>
     <w:rsid w:val="00D772E8"/>
     <w:rsid w:val="00D82CBF"/>
     <w:rsid w:val="00D8547F"/>
     <w:rsid w:val="00DA450A"/>
     <w:rsid w:val="00DA5C54"/>
     <w:rsid w:val="00DB71BC"/>
     <w:rsid w:val="00DD451A"/>
     <w:rsid w:val="00DF10F4"/>
     <w:rsid w:val="00E33F84"/>
     <w:rsid w:val="00E66D29"/>
     <w:rsid w:val="00E77CF5"/>
     <w:rsid w:val="00EB3938"/>
     <w:rsid w:val="00EC0D74"/>
+    <w:rsid w:val="00EC5087"/>
     <w:rsid w:val="00ED4725"/>
     <w:rsid w:val="00F107BB"/>
     <w:rsid w:val="00F11E5F"/>
     <w:rsid w:val="00F21FED"/>
     <w:rsid w:val="00F42180"/>
     <w:rsid w:val="00F91400"/>
     <w:rsid w:val="00FA6F95"/>
     <w:rsid w:val="00FB38DE"/>
     <w:rsid w:val="00FD2858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -9258,56 +9278,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010087617BC262157747938E17868A3CDBAD" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="31e6b1cc38422b37bbb6ce11b7181195">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="578bbcf2-522a-4cc8-bbf0-991319812d5c" xmlns:ns3="50100aeb-1716-4f9b-8c19-4b31a6cfadcb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf61ace00ca3900153a137cf2f004ffa" ns2:_="" ns3:_="">
     <xsd:import namespace="578bbcf2-522a-4cc8-bbf0-991319812d5c"/>
     <xsd:import namespace="50100aeb-1716-4f9b-8c19-4b31a6cfadcb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -9460,137 +9474,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B5E32E-C069-4458-8DF6-45F1676008D6}">
-[...7 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6057355B-93B6-4949-97E2-97BA9E7E32FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="578bbcf2-522a-4cc8-bbf0-991319812d5c"/>
     <ds:schemaRef ds:uri="50100aeb-1716-4f9b-8c19-4b31a6cfadcb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B5E32E-C069-4458-8DF6-45F1676008D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2681224-66A1-4123-BECA-8560DF35C41C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C5AD7DE-C072-4491-B97E-385C6117F940}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{78276a93-cafd-4970-81b5-4e5074e42910}" enabled="0" method="" siteId="{78276a93-cafd-4970-81b5-4e5074e42910}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1673</Words>
-  <Characters>9538</Characters>
+  <Words>1676</Words>
+  <Characters>9556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Education Specialist Added Authorizations Preconditions and Specialty Standards</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commission on Teacher Credentialing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11189</CharactersWithSpaces>
+  <CharactersWithSpaces>11210</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Education Specialist Added Authorizations Preconditions and Specialty Standards</dc:title>
   <dc:subject/>
   <dc:creator>Bernardo, Michelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010087617BC262157747938E17868A3CDBAD</vt:lpwstr>