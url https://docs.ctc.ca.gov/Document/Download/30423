--- v0 (2025-10-22)
+++ v1 (2026-03-30)
@@ -1,88 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1FEABB5C" w14:textId="77777777" w:rsidR="00545A37" w:rsidRDefault="00C20637" w:rsidP="00F415A3">
       <w:pPr>
         <w:spacing w:before="720" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc29985254"/>
       <w:bookmarkStart w:id="1" w:name="_Toc29985295"/>
       <w:r w:rsidRPr="00460FB7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47FFF338" wp14:editId="31F51FD7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47FFF338" wp14:editId="4CCFF698">
             <wp:extent cx="2902585" cy="2902585"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1" descr="California Commission on Teacher Credentialing Seal"/>
+            <wp:docPr id="1" name="Picture 1" descr="P1#yIS1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Description: ctc-logo-seal-160"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="P1#yIS1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2902585" cy="2902585"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -156,51 +157,80 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33E5E8B7" w14:textId="77777777" w:rsidR="00AA0A59" w:rsidRDefault="00AA0A59" w:rsidP="008770D7">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07FAC52E" w14:textId="77777777" w:rsidR="00AA0A59" w:rsidRPr="008770D7" w:rsidRDefault="00AA0A59" w:rsidP="008770D7">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0161E2DF" w14:textId="77777777" w:rsidR="00AA0A59" w:rsidRPr="00373FC4" w:rsidRDefault="00AA0A59" w:rsidP="00C06503">
+    <w:p w14:paraId="0C5C9D81" w14:textId="1DF46B6E" w:rsidR="00505549" w:rsidRPr="00E3227E" w:rsidRDefault="00505549" w:rsidP="00505549">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3227E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program Standards Adopted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3227E" w:rsidRPr="00E3227E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>August 2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0161E2DF" w14:textId="56DE1A8F" w:rsidR="00AA0A59" w:rsidRPr="00373FC4" w:rsidRDefault="00AA0A59" w:rsidP="00C06503">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00373FC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Republished November 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23492B87" w14:textId="77777777" w:rsidR="00AA0A59" w:rsidRPr="00373FC4" w:rsidRDefault="00AA0A59" w:rsidP="00C06503">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -310,897 +340,647 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>1900 Capitol Avenue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB90C4C" w14:textId="77777777" w:rsidR="00CB1C8B" w:rsidRPr="000E721B" w:rsidRDefault="00CB1C8B" w:rsidP="00CB1C8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E721B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Sacramento, California 95811</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49ED84DE" w14:textId="77777777" w:rsidR="00CB1C8B" w:rsidRPr="000E721B" w:rsidRDefault="00CB1C8B" w:rsidP="00CB1C8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="534AA92A" w14:textId="71DA5934" w:rsidR="008770D7" w:rsidRDefault="00000000" w:rsidP="008770D7">
+    <w:p w14:paraId="104C6C7F" w14:textId="245D8690" w:rsidR="003E2647" w:rsidRDefault="008770D7" w:rsidP="00742187">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="360"/>
-        <w:rPr>
-[...105 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:sectPr w:rsidR="003E2647" w:rsidSect="00545A37">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:left w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:bottom w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:right w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
           </w:pgBorders>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00317791">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Commission on Teacher Credentialing Program Standards</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="552654425"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="223F56AD" w14:textId="34323468" w:rsidR="00F52EEE" w:rsidRPr="00235799" w:rsidRDefault="00EC19E0" w:rsidP="00235799">
+        <w:p w14:paraId="223F56AD" w14:textId="7B456C06" w:rsidR="00F52EEE" w:rsidRPr="00235799" w:rsidRDefault="00EC19E0" w:rsidP="00235799">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc152249730" w:history="1"/>
         </w:p>
-        <w:p w14:paraId="72ECFF37" w14:textId="31F7AEF8" w:rsidR="00F52EEE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="72ECFF37" w14:textId="54EED637" w:rsidR="00F52EEE" w:rsidRDefault="00F52EEE">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc152249731" w:history="1">
-            <w:r w:rsidR="00F52EEE" w:rsidRPr="00893904">
+            <w:r w:rsidRPr="00893904">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
-              <w:t>Career Technical Education: Preconditions</w:t>
+              <w:t xml:space="preserve">Career Technical Education: </w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r w:rsidR="00B4115C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Link to Program </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00893904">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Preconditions</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc152249731 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00595EB1">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0907CF0E" w14:textId="6DB8AF61" w:rsidR="00F52EEE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0907CF0E" w14:textId="2935F39B" w:rsidR="00F52EEE" w:rsidRDefault="00F52EEE">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc152249732" w:history="1">
-            <w:r w:rsidR="00F52EEE" w:rsidRPr="00893904">
+            <w:r w:rsidRPr="00893904">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Career Technical Education: Program Standards</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc152249732 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00595EB1">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B9EF91F" w14:textId="16929BE0" w:rsidR="00F52EEE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0B9EF91F" w14:textId="4C02DA5A" w:rsidR="00F52EEE" w:rsidRDefault="00F52EEE">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc152249733" w:history="1">
-            <w:r w:rsidR="00F52EEE" w:rsidRPr="00893904">
+            <w:r w:rsidRPr="00893904">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Category I: Program Design, Governance, and Qualities</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc152249733 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00595EB1">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CC7D41B" w14:textId="752E71E3" w:rsidR="00F52EEE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="6CC7D41B" w14:textId="234D51AD" w:rsidR="00F52EEE" w:rsidRDefault="00F52EEE">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc152249734" w:history="1">
-            <w:r w:rsidR="00F52EEE" w:rsidRPr="00893904">
+            <w:r w:rsidRPr="00893904">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Category II: Preparation to Teach Curriculum to All Students in California Schools</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc152249734 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00595EB1">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4920F257" w14:textId="1009FB0C" w:rsidR="00F52EEE" w:rsidRDefault="00000000">
+        <w:p w14:paraId="4920F257" w14:textId="470B122B" w:rsidR="00F52EEE" w:rsidRDefault="00F52EEE">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc152249735" w:history="1">
-            <w:r w:rsidR="00F52EEE" w:rsidRPr="00893904">
+            <w:r w:rsidRPr="00893904">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Appendix A Program Planning Prompts for Category I (Standards 1-7)</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc152249735 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00595EB1">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00F52EEE">
+            <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="79E3D758" w14:textId="0FFDC80E" w:rsidR="00EC19E0" w:rsidRDefault="00EC19E0">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="645A1C16" w14:textId="29B3AE8E" w:rsidR="003E2647" w:rsidRPr="001D02BB" w:rsidRDefault="003E2647" w:rsidP="001D02BB">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="003E2647" w:rsidRPr="001D02BB" w:rsidSect="000B747F">
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E622197" w14:textId="7D7D6173" w:rsidR="00260457" w:rsidRPr="00A51F13" w:rsidRDefault="00260457" w:rsidP="0089103A">
+    <w:p w14:paraId="41D0A993" w14:textId="77777777" w:rsidR="008B3919" w:rsidRDefault="008B3919" w:rsidP="008B3919">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A51F13">
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc152249386"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Career Technical </w:t>
-[...5 lines deleted...]
-        <w:t>: Preconditions</w:t>
+        <w:t xml:space="preserve">Link to the Program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D20B6E">
+        <w:t>Preconditions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
-[...201 lines deleted...]
-    <w:p w14:paraId="361C693F" w14:textId="77777777" w:rsidR="00421E49" w:rsidRDefault="00421E49" w:rsidP="00421E49">
+    </w:p>
+    <w:p w14:paraId="76A75456" w14:textId="77777777" w:rsidR="008B3919" w:rsidRDefault="008B3919" w:rsidP="008B3919">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Preconditions are program requirements that are grounded in California Education Code, California Code of Regulations, or Commission policy. In addition to the Program Standards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>programs must be aligned with the Preconditions at all times. Programs can find links to current program preconditions and evidence guidance documents for each set of preconditions on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006A364A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          </w:rPr>
+          <w:t>this CTC webpage.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="361C693F" w14:textId="55702B30" w:rsidR="00421E49" w:rsidRDefault="00421E49" w:rsidP="00421E49">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="765B1D04" w14:textId="77777777" w:rsidR="003E2647" w:rsidRDefault="003E2647" w:rsidP="0089103A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="003E2647" w:rsidSect="0060081D">
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AFE574C" w14:textId="6F3B7A3D" w:rsidR="0078440E" w:rsidRPr="0089103A" w:rsidRDefault="0089103A" w:rsidP="0089103A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc29985299"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc152249732"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc29985299"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc152249732"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0089103A">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Career Technical Education: </w:t>
+        <w:t>Career Technical Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0089103A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0078440E" w:rsidRPr="0089103A">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Program Standards</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="5031BF8E" w14:textId="57CD5F6F" w:rsidR="00101A38" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc29985300"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc152249733"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc29985300"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc152249733"/>
       <w:r w:rsidRPr="0089103A">
         <w:t>Category I: Program Design, Governance, and Qualities</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="192C379D" w14:textId="77777777" w:rsidR="00F52B25" w:rsidRDefault="00F52B25" w:rsidP="00F52B25"/>
     <w:p w14:paraId="43080FE5" w14:textId="5C772E4D" w:rsidR="00F52B25" w:rsidRPr="00E86C96" w:rsidRDefault="00F52B25" w:rsidP="00F52B25">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5F43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Related program planning prompts for Standards 1-</w:t>
       </w:r>
       <w:r w:rsidR="00BB4365">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC5F43">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> are included in Appendix A. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E86C96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>The program planning prompts are included in order to clarify the nature of the standard and to help programs think about how to address the standard.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC7DFBF" w14:textId="77777777" w:rsidR="00F52B25" w:rsidRPr="00F52B25" w:rsidRDefault="00F52B25" w:rsidP="00F52B25"/>
     <w:p w14:paraId="1F8E9822" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="0089103A" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc29985301"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc29985301"/>
       <w:r w:rsidRPr="0089103A">
         <w:t>Standard 1: Program Design and Rationale</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="3C6F1942" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00211FE7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The program of teacher preparation for the Career Technical Education Teaching Credential includes a purposeful, developmentally designed sequence of coursework that effectively prepares </w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">CTE teachers </w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
@@ -1220,343 +1000,385 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">-12 CTE curriculum standards and framework and bases CTE teachers’ competence on California’s Teaching Performance Expectations (TPEs). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B49D8F" w14:textId="77777777" w:rsidR="00CE1421" w:rsidRPr="0089103A" w:rsidRDefault="00CE1421" w:rsidP="00CE1421">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FA18FA6" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc29985302"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc29985302"/>
       <w:r w:rsidRPr="00211FE7">
         <w:t>Standard 2: Equity, Diversity and Access to the Curriculum for All Students</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7410C831" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00211FE7">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Each beginning CTE teacher in the professional teacher preparation program examines the protections of California laws for educational equity and diversity and their relevance in curriculum content and school practices for all students.  The program prepares CTE teachers to provide all students </w:t>
       </w:r>
       <w:r w:rsidR="0099738E" w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equitable access to the program’s curriculum.  CTE teachers in the program learn about the ways in which teaching practices and student learning are impacted by diversity in California, including socioeconomic status. CTE teachers learn to identify, analyze, and minimize personal and institutional bias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0190ADDE" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00211FE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266ADC4A" w14:textId="0F546F64" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc29985303"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc29985303"/>
       <w:r w:rsidRPr="00211FE7">
         <w:t>Standard 3: Early Orientation</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="6C91D707" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00211FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Early orientation is designed to meet the needs of beginning teachers. The program sponsor collaborates with the employer in providing an early orientation before or during the first month of teaching that includes the introductory skills, knowledge, and attitudes required for beginning CTE teaching success.  These competencies will be further developed in a sequenced and scaffolded structure that includes teaching methods, learning styles, lesson planning, CTE concepts, equity and diversity in the classroom, mandated reporting, and legal and ethical issues. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F106EFE" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="447EEF8C" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc29985304"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t>Standard 4: Collaboration with Local Educators</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="6C91D707" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00211FE7" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
-[...19 lines deleted...]
-    <w:p w14:paraId="447EEF8C" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+    <w:p w14:paraId="54B8AF91" w14:textId="0B57AB12" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The program sponsor collaborates with the employer in the implementation of the preparation program for CTE teachers, including the selection of supervisors and/or support teachers. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>cooperative relationship between the program sponsor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>and local school administrators and teachers sets up a system of support and supervision that provides the beginning CTE teacher</w:t>
+      </w:r>
+      <w:r w:rsidR="00D87588">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D87588" w:rsidRPr="00D87588">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>with the opportunity to develop all the necessary components of successful teaching.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C41905" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="0089103A" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc29985304"/>
-[...64 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="_Toc29985305"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc29985305"/>
       <w:r w:rsidRPr="0089103A">
         <w:lastRenderedPageBreak/>
         <w:t>Standard 5: Beginning Teacher Support and Advisement</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="7C0084C4" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Throughout </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the period of the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preliminary credential, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTE teachers’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">performance is guided, assisted, and evaluated in relation to each standard in Category II through supervision and support. The program provides complete, accurate, and timely feedback to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>CTE teachers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information about their progress toward competence. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervisors and support providers of CTE teachers are (a) certificated and experienced in teaching; (b) trained in supervision and support of beginning teachers; and (c) evaluated for their service to new teachers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C1FE45" w14:textId="77777777" w:rsidR="00421E49" w:rsidRPr="00421E49" w:rsidRDefault="00421E49" w:rsidP="00421E49">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75449C37" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc29985306"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t>Standard 6: Determination of CTE Teacher Competence</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="7C0084C4" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
-[...62 lines deleted...]
-    <w:p w14:paraId="75449C37" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+    <w:p w14:paraId="38712E95" w14:textId="31701A6A" w:rsidR="00101A38" w:rsidRPr="001D02BB" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon program completion, one or more </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are responsible for the program determine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thorough documentation and written verification that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CTE teacher </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">has satisfied each Standard in Category II. The program uses formative and summative assessment to determine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>CTE teachers’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> competence based on the TPEs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CC53A6" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AB1E8B6" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc29985306"/>
-[...64 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc29985307"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc29985307"/>
       <w:r w:rsidRPr="00AB0672">
         <w:t>Standard 7: Advanced Program</w:t>
       </w:r>
       <w:r w:rsidR="00BB0063" w:rsidRPr="00AB0672">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:t xml:space="preserve"> of Preparation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="26396D0E" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>To obtain the Clear Career Technical Education Teaching Credential, CTE teachers must complete a program of advanced preparation and professional development for teachers</w:t>
       </w:r>
       <w:r w:rsidR="0099738E" w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> or its documented equivalent</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1607,74 +1429,74 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>The program provides formative and summative assessment opportunities for CTE teachers to demonstrate their development as teachers. Programs of advanced preparation are characterized by individualized support integrated with formal professional development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE0D82E" w14:textId="77777777" w:rsidR="00EF7C15" w:rsidRDefault="00EF7C15">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E742F4" w14:textId="35D246BC" w:rsidR="00101A38" w:rsidRPr="00EF7C15" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc29985308"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc152249734"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc29985308"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc152249734"/>
       <w:r w:rsidRPr="00460FB7">
         <w:lastRenderedPageBreak/>
         <w:t>Category II: Preparation to Teach Curriculum to All Students</w:t>
       </w:r>
       <w:r w:rsidR="00421E49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00460FB7">
         <w:t>in California Schools</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="5B0081B3" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc29985309"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t>Standard 8: Curriculum</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
-    </w:p>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="715F71AD" w14:textId="226007D9" w:rsidR="00101A38" w:rsidRPr="005A6B23" w:rsidRDefault="00101A38" w:rsidP="00E36213">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Program coursework includes</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2036,51 +1858,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>8(</w:t>
       </w:r>
       <w:r w:rsidR="009746A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Integrate critical thinking skills and problem solving abilities into curriculum.  </w:t>
+        <w:t xml:space="preserve">Integrate critical thinking skills and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A6B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>problem solving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A6B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abilities into curriculum.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F72A17A" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="005A6B23" w:rsidRDefault="00101A38" w:rsidP="00EA5EC3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A6B23">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>8(</w:t>
       </w:r>
       <w:r w:rsidR="009746A4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005A6B23">
@@ -2268,56 +2104,56 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Design lessons to help all students maximize their performance with respect to the student academic content standards. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B182C9B" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00460FB7" w:rsidRDefault="00101A38" w:rsidP="00101A38">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79740475" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc29985310"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc29985310"/>
       <w:r w:rsidRPr="00AB0672">
         <w:lastRenderedPageBreak/>
         <w:t>Standard 9: Learning and Instruction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="72DBE7A6" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">CTE teachers implement a variety of standards-based pedagogical strategies and select materials </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>appropriate for students with diverse needs and learning styles</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
@@ -2660,51 +2496,79 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>9(</w:t>
       </w:r>
       <w:r w:rsidR="00884DBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Model correct oral and written language and adjust the complexity of the language to the linguistic abilities of the students.</w:t>
+        <w:t xml:space="preserve">Model </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>correct</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oral and written language and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>adjust</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the complexity of the language to the linguistic abilities of the students.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166BE998" w14:textId="60DF5A46" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>9(</w:t>
       </w:r>
       <w:r w:rsidR="00884DBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
@@ -2844,51 +2708,69 @@
     <w:p w14:paraId="43EE1B47" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:t xml:space="preserve">Advanced Preparation Program </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209952A1" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:t>To obtain the professional credential, teachers have the option to complete a program of advanced preparation that provides opportunities to demonstrate teaching competency through multiple measures.</w:t>
+        <w:t xml:space="preserve">To obtain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>the professional credential</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, teachers have the option to complete a program of advanced preparation that provides opportunities to demonstrate teaching competency through multiple measures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3503AA2E" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>CTE teacher outcomes include demonstration of candidates’ abilities to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A46952" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -3027,554 +2909,554 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>Work with other educators to demonstrate the knowledge and ability to apply the state-adopted content standards, curriculum frameworks, performance levels, and adopted texts and instructional materials in at least one content area of focus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B5306C" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D0F7E9F" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc29985311"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc29985311"/>
       <w:r w:rsidRPr="00AB0672">
         <w:t>Standard 10: Assessing Student Learning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26795602" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Candidates identify student prior achievement, establish appropriate instructional objectives, assess student progress, and evaluate the overall effectiveness of their curriculum plan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The program prepares candidates to identify the needs and abilities of students in order to guide their learning and plan instruction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevant to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the needs of the occupation. Candidates use multiple measures of assessing student achievement to improve instruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E53FB4" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C99FFA" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t xml:space="preserve">Initial Preparation Program </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620B0D83" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTE teacher outcomes include demonstration of candidates’ abilities to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1256AB" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D81">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Determine students’ prior knowledge and skills in the subject(s)/occupation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2393D688" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Monitor progress to determine whether students are achieving the state-adopted CTE model curriculum standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7999F545" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Develop and use formal and informal teacher-made assessment instruments to determine mastery of skills, ideas, or topics as a result of instruction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22635E6A" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Evaluate the effectiveness of instruction based on student assessment data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5929D635" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Keep accurate records of student achievement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350B96F5" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Provide specific and timely feedback on achievement to students, families, and school administration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AAF778" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00421E49" w:rsidRDefault="00101A38" w:rsidP="00421E49">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A42FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Integrate assessment data into a plan for self-improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E46E7D" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636F9E94" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t xml:space="preserve">Advanced Preparation Program </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2386A1" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>To obtain the professional credential, teachers may complete a program of advanced preparation that provides opportunities to demonstrate teaching competency through multiple measures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F0B9CA" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTE teacher outcomes include demonstration of candidates’ abilities to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7314320D" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Evaluate assessment practices</w:t>
+      </w:r>
+      <w:r w:rsidR="0099738E" w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for effectiveness and appropriateness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>, inc</w:t>
+      </w:r>
+      <w:r w:rsidR="0099738E" w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>luding student self-assessments.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D11B59" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>10(</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Collect and interpret assessment data relative to the student achievement of the content standards, including data for English learners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391324A3" w14:textId="77777777" w:rsidR="00B07E2E" w:rsidRPr="00AB0672" w:rsidRDefault="00B07E2E" w:rsidP="00AB0672">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E714BFF" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc29985312"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:t>Standard 11: Using Education Technology in the Classroom</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="00AB0672">
-[...497 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00AB0672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B7D33C0" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00AB0672" w:rsidRDefault="00101A38" w:rsidP="00F313E6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>CTE teachers</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -3674,51 +3556,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>11(</w:t>
       </w:r>
       <w:r w:rsidR="00AD5DF6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Perform basic operations of computer hardware and software, and implement basic troubleshooting techniques for computer systems and related peripheral devices.</w:t>
+        <w:t xml:space="preserve">Perform basic operations of computer hardware and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>software, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> implement basic troubleshooting techniques for computer systems and related peripheral devices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569405CA" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="009E1FF8">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>11(</w:t>
       </w:r>
       <w:r w:rsidR="00AD5DF6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -3927,111 +3823,139 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>11(</w:t>
       </w:r>
       <w:r w:rsidR="00AD5DF6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Integrate technology into curriculum-based lessons for all students to help them acquire information literacy and problem solving skills. </w:t>
+        <w:t xml:space="preserve">Integrate technology into curriculum-based lessons for all students to help them acquire information literacy and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>problem solving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C51D022" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="009E1FF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
         </w:tabs>
         <w:spacing w:before="40"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>11(</w:t>
       </w:r>
       <w:r w:rsidR="00AD5DF6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Use assessment of student information literacy and problem solving skills to adapt subsequent lessons. </w:t>
+        <w:t xml:space="preserve">Use assessment of student information literacy and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>problem solving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skills to adapt subsequent lessons. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AA706F" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="009E1FF8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA8221F" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc29985313"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc29985313"/>
       <w:r w:rsidRPr="009E1FF8">
         <w:t>Standard 12: Classroom and Laboratory Management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="7F31EA41" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="009E1FF8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates use effective classroom management strategies to promote learning and preserve student safety. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates demonstrate proficiency in the operation and maintenance of a facility for career technical education that </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
@@ -4210,51 +4134,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>12(</w:t>
       </w:r>
       <w:r w:rsidR="008844E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Demonstrate attitudes and operate classrooms consistent with safe and legal practices in the school and workplace.</w:t>
+        <w:t xml:space="preserve">Demonstrate attitudes and operate classrooms </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with safe and legal practices in the school and workplace.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653D05EE" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>12(</w:t>
       </w:r>
       <w:r w:rsidR="008844E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
@@ -4603,55 +4541,55 @@
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>Understand and implement the school's crisis response plan.</w:t>
       </w:r>
       <w:r w:rsidR="00E36213" w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062E2E22" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc29985314"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc29985314"/>
       <w:r w:rsidRPr="009E1FF8">
         <w:t>Standard 13: Foundations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="34AC6FC5" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates study essential themes, concepts, and skills related to the teaching profession, including knowledge of the history and traditions of CTE, its role in the curriculum of public education, and its current ethical issues. Candidates develop a professional perspective by examining contemporary education policies and teaching practices in relation to fundamental issues, theories and research in education. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5648B2DB" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -5023,338 +4961,338 @@
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Articulate and sequence instruction with their colleagues at and across grade levels and subject matter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7D55E9" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26557DA0" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc29985315"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc29985315"/>
       <w:r w:rsidRPr="009E1FF8">
         <w:t>Standard 14: Professional, Legal, and Ethical Responsibility</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="38C11C85" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Candidates take responsibility for providing learning opportunities for all students.  They recognize ways in which personal and institutional biases and values affect the teaching and learning of students.  Candidates ethically manage their professional time and resources in teaching responsibilities and strive to ensure that instructional goals are met.  They understand and honor legal and professional obligations to protect the privacy, health and safety of students, families, and other school professionals, including laws relating to professional misconduct and moral fitness for teachers.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636FF966" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BFAB26" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:t xml:space="preserve">Initial Preparation Program </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2915BCA1" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CTE teacher outcomes include demonstration of candidates’ abilities to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F22E93" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14(</w:t>
+      </w:r>
+      <w:r w:rsidR="003255D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Act in accordance with professional standards and model ethical behaviors, including the appropriate use of student labor, school equipment, supplies, and facilities.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F19F30" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>14(</w:t>
+      </w:r>
+      <w:r w:rsidR="003255D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Develop and maintain student competency and attendance records. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A74A97E" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14(</w:t>
+      </w:r>
+      <w:r w:rsidR="003255D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Identify and report suspected cases of child abuse, neglect, or sexual harassment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3896EAF8" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14(</w:t>
+      </w:r>
+      <w:r w:rsidR="003255D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Carry out laws and district guidelines for reporting discrimination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C0EC4D" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>14(</w:t>
+      </w:r>
+      <w:r w:rsidR="003255D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Implement school and district policies and state and federal law in responding to inappropriate or violent student behavior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373950BB" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CDAFA30" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc29985316"/>
+      <w:r w:rsidRPr="009E1FF8">
+        <w:t>Standard 15: Teaching English Learners</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="26"/>
-    </w:p>
-[...281 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="67BCDEA0" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="009E1FF8" w:rsidRDefault="00101A38" w:rsidP="00553DC8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates know and apply specially designed academic instruction in English (SDAIE) to make curriculum content comprehensible to English learners.  </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The program provides information on how to access assessment data on English learner students to design appropriate instruction. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E1FF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -5695,55 +5633,55 @@
       </w:r>
       <w:r w:rsidRPr="00DF7E45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Communicate effectively with parents and families. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A00EB0D" w14:textId="77777777" w:rsidR="00766B36" w:rsidRPr="00DF7E45" w:rsidRDefault="00766B36" w:rsidP="00DF7E45">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00461B15" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00DF7E45" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc29985317"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc29985317"/>
       <w:r w:rsidRPr="00DF7E45">
         <w:t>Standard 16: Teaching Students with Special Needs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="1C89A170" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00DF7E45" w:rsidRDefault="00101A38" w:rsidP="00DF7E45">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF7E45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates develop basic knowledge, skills, and strategies for teaching special populations in CTE classrooms, including students with exceptional needs, students on behavior plans, and gifted and talented students.  Candidates understand the role of the CTE teacher in the special education process.  Candidates use differentiated instructional strategies that provide all students with access to CTE curriculum.  Candidates promote a positive, inclusive climate of instruction for all special populations in the CTE classroom.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="670310FD" w14:textId="77777777" w:rsidR="00101A38" w:rsidRPr="00DF7E45" w:rsidRDefault="00101A38" w:rsidP="00EF7C15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF7E45">
         <w:t xml:space="preserve">Initial Preparation Program </w:t>
       </w:r>
     </w:p>
@@ -6157,71 +6095,71 @@
       </w:r>
       <w:r w:rsidRPr="00CA0AF5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Collaborate with other educators, paraprofessionals, and families/caregivers to help special needs students transition to the least restrictive environment at the end of the school year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6555FD39" w14:textId="590D2C86" w:rsidR="00CE1421" w:rsidRDefault="00CE1421">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C6AAF7" w14:textId="7022565D" w:rsidR="003C2D7D" w:rsidRPr="00915B13" w:rsidRDefault="003C2D7D" w:rsidP="0032640B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc152249735"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc152249735"/>
       <w:r w:rsidRPr="00915B13">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="005379AA" w:rsidRPr="00915B13">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00915B13">
         <w:t xml:space="preserve">Program Planning Prompts for Category I </w:t>
       </w:r>
       <w:r w:rsidR="00A24D6F">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00915B13">
         <w:t>Standards 1-7</w:t>
       </w:r>
       <w:r w:rsidR="00A24D6F">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="74998318" w14:textId="77777777" w:rsidR="003C2D7D" w:rsidRDefault="003C2D7D" w:rsidP="003C2D7D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="404726DB" w14:textId="43DAF417" w:rsidR="003C2D7D" w:rsidRPr="00E86C96" w:rsidRDefault="003C2D7D" w:rsidP="003C2D7D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E86C96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -6245,171 +6183,171 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC91FB8" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="0089103A">
         <w:t>Standard 1: Program Design and Rationale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="330AE482" w14:textId="77777777" w:rsidR="00402261" w:rsidRDefault="00402261" w:rsidP="00402261">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD2D7FE" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="4AD2D7FE" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How is the design of the program grounded in a rationale based on sound theory of adolescent and adult teaching and learning, articulated clearly, and evident in the delivery of the program’s coursework? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B518BF" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="15B518BF" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How is the program coursework sequenced to reflect principles of teacher development? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F831952" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="5F831952" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How are the coursework and related experiences integrated to form a cohesive set of learning experiences that prepare the CTE teacher for the contemporary conditions of California public education?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436F58FF" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="436F58FF" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How does the program prepare CTE teachers to integrate the state-adopted 7-12 CTE curriculum standards with the K-12 academic content standards for teaching and assessing all students?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B6124B" w14:textId="30C8BBFB" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="21B6124B" w14:textId="30C8BBFB" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How does the program coursework incorporate a variety of effective teaching strategies and teacher behaviors, including the use of technology, for professional instruction? What opportunities does the program provide for CTE teachers to learn and practice the Teaching Performance Expectations?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E8910C" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C">
+    <w:p w14:paraId="60E8910C" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How does the program design include planned processes for the comprehensive assessment of individual CTE teachers on all competencies addressed in the program?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55117657" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C"/>
     <w:p w14:paraId="19F5C08C" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:t>Standard 2: Equity, Diversity and Access to the Curriculum for All Students</w:t>
       </w:r>
@@ -6560,51 +6498,79 @@
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36586871" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>3(a)</w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">In what ways does the orientation provide an introduction to teaching knowledge, skills, and attitudes that is sequenced and scaffolded for the immediate needs of a beginning teacher?  </w:t>
+        <w:t xml:space="preserve">In what ways does the orientation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00211FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>provide an introduction to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00211FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teaching knowledge, skills, and attitudes that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00211FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00211FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sequenced and scaffolded for the immediate needs of a beginning teacher?  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AB91C9" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>3(b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00211FE7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>How are an overview of instructional planning, effective classroom management, and SDAIE strategies addressed in the orientation?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6904CAF2" w14:textId="77777777" w:rsidR="009C275C" w:rsidRPr="00211FE7" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
@@ -6920,51 +6886,65 @@
         <w:t>How do the supervisor and program sponsor coordinate supervision and assessment of CTE teachers?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A7CBDF2" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>5(e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>How do support providers give confidential and formative feedback for teaching success to CTE teachers?</w:t>
+        <w:t xml:space="preserve">How do support providers give confidential and formative feedback for teaching </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>success to CTE teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB0672">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074064AC" w14:textId="77777777" w:rsidR="006423B0" w:rsidRPr="00B474B4" w:rsidRDefault="006423B0" w:rsidP="009C275C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E8FB4FE" w14:textId="77777777" w:rsidR="009C275C" w:rsidRDefault="009C275C" w:rsidP="009C275C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00AB0672">
         <w:t>Standard 6: Determination of CTE Teacher Competence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471EA95B" w14:textId="541C0958" w:rsidR="00402261" w:rsidRPr="00402261" w:rsidRDefault="00402261" w:rsidP="00402261">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
@@ -7205,212 +7185,218 @@
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>7(d)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB0672">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>How does the assessment system for professional teaching competence incorporate multiple measures of teaching using specific criteria, evidenced by collaboration with colleagues, observation of classroom practices, and reflection with a trained support provider about the evidence?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452A0559" w14:textId="77777777" w:rsidR="00046829" w:rsidRPr="00036557" w:rsidRDefault="00046829" w:rsidP="00D84B00">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00046829" w:rsidRPr="00036557" w:rsidSect="000B747F">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="759215F3" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C">
+    <w:p w14:paraId="185CEB71" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="248C9BC9" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C">
+    <w:p w14:paraId="6CA62FB8" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B4CFE14" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C"/>
+    <w:p w14:paraId="0B53B425" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New York">
     <w:panose1 w:val="02040503060506020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="7800205A" w:usb2="14600000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04620B1D" w14:textId="4453F450" w:rsidR="003E2647" w:rsidRPr="003E2647" w:rsidRDefault="003E2647" w:rsidP="003E2647">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="left" w:pos="7200"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="688F664F" w14:textId="06E7C321" w:rsidR="003E2647" w:rsidRPr="003E2647" w:rsidRDefault="0089103A" w:rsidP="0089103A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="left" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:t>Career Technical Education Preconditions</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -7440,51 +7426,51 @@
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003E2647">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
     <w:r w:rsidR="003E2647" w:rsidRPr="00076564">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D3B3274" w14:textId="4C22C7E9" w:rsidR="0089103A" w:rsidRPr="003E2647" w:rsidRDefault="0089103A" w:rsidP="0089103A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="left" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:t>Career Technical Education Program Standards</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -7507,4893 +7493,437 @@
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
         <w:noProof/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
     <w:r w:rsidRPr="00076564">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73009970" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C">
+    <w:p w14:paraId="1637E159" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="433D8FAA" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C">
+    <w:p w14:paraId="624A2C80" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14B50B00" w14:textId="77777777" w:rsidR="00122F1C" w:rsidRDefault="00122F1C"/>
+    <w:p w14:paraId="7B88398C" w14:textId="77777777" w:rsidR="00094F39" w:rsidRDefault="00094F39"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFFFE"/>
+    <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
+    <w:tmpl w:val="9A9613C2"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="*"/>
+      <w:pStyle w:val="ListNumber5"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00000001"/>
+    <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
+    <w:tmpl w:val="CE6CA764"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="898C57CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="12AEFDC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8A2C3BA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...16 lines deleted...]
-      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
-[...39 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="77B0F9FA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="AB903588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="178EFA20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="368AC51A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C9B245B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0000000D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="88BE8C38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="1(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...4194 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="225266194">
+  <w:num w:numId="1" w16cid:durableId="1498499172">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="250091043">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="2" w16cid:durableId="1067069575">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1076249141">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="3" w16cid:durableId="477575745">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1013921958">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="4" w16cid:durableId="1145272096">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1751192371">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="5" w16cid:durableId="357850793">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1506896472">
-[...15 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="6" w16cid:durableId="1858688364">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="631787314">
+  <w:num w:numId="7" w16cid:durableId="816187128">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2048942626">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="259071247">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="9" w16cid:durableId="321738662">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="528644126">
+  <w:num w:numId="10" w16cid:durableId="307170029">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1883783512">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="11" w16cid:durableId="1325208935">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1057818381">
-[...358 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E47235"/>
     <w:rsid w:val="00002433"/>
     <w:rsid w:val="00011A34"/>
     <w:rsid w:val="00015416"/>
+    <w:rsid w:val="00016945"/>
     <w:rsid w:val="000235EC"/>
     <w:rsid w:val="000346D2"/>
     <w:rsid w:val="00036266"/>
     <w:rsid w:val="0003639D"/>
     <w:rsid w:val="00036557"/>
     <w:rsid w:val="00040DAE"/>
     <w:rsid w:val="00045595"/>
     <w:rsid w:val="00046829"/>
     <w:rsid w:val="00047E23"/>
     <w:rsid w:val="00050D03"/>
     <w:rsid w:val="00053E75"/>
     <w:rsid w:val="00061439"/>
     <w:rsid w:val="0006751B"/>
     <w:rsid w:val="000703DD"/>
     <w:rsid w:val="00071B22"/>
     <w:rsid w:val="00076564"/>
     <w:rsid w:val="000809F0"/>
     <w:rsid w:val="00085DCA"/>
     <w:rsid w:val="00086E4B"/>
+    <w:rsid w:val="00094F39"/>
     <w:rsid w:val="0009655F"/>
     <w:rsid w:val="000A375D"/>
     <w:rsid w:val="000A3DE9"/>
     <w:rsid w:val="000A609A"/>
     <w:rsid w:val="000B747F"/>
     <w:rsid w:val="000C3C27"/>
     <w:rsid w:val="000C41B6"/>
     <w:rsid w:val="000D122D"/>
     <w:rsid w:val="000E2E66"/>
     <w:rsid w:val="000E721B"/>
     <w:rsid w:val="000E7940"/>
     <w:rsid w:val="000F092E"/>
     <w:rsid w:val="00101A38"/>
     <w:rsid w:val="00113885"/>
-    <w:rsid w:val="00122F1C"/>
     <w:rsid w:val="00127FB5"/>
     <w:rsid w:val="00131F07"/>
     <w:rsid w:val="00137861"/>
     <w:rsid w:val="00153B56"/>
     <w:rsid w:val="00160668"/>
     <w:rsid w:val="001606AE"/>
     <w:rsid w:val="001717B4"/>
     <w:rsid w:val="0018269C"/>
     <w:rsid w:val="00185271"/>
     <w:rsid w:val="00187048"/>
     <w:rsid w:val="00196E1B"/>
     <w:rsid w:val="001C11A3"/>
     <w:rsid w:val="001C2980"/>
     <w:rsid w:val="001C43EC"/>
     <w:rsid w:val="001C559B"/>
     <w:rsid w:val="001D02BB"/>
     <w:rsid w:val="001D3B6E"/>
     <w:rsid w:val="001E104A"/>
     <w:rsid w:val="001E32A1"/>
     <w:rsid w:val="001E48C1"/>
     <w:rsid w:val="001F0B64"/>
     <w:rsid w:val="001F36D3"/>
     <w:rsid w:val="001F6A5F"/>
     <w:rsid w:val="00207BD7"/>
     <w:rsid w:val="00211C6F"/>
     <w:rsid w:val="00211FE7"/>
     <w:rsid w:val="00226DDE"/>
     <w:rsid w:val="00233AF4"/>
     <w:rsid w:val="00234E96"/>
     <w:rsid w:val="0023517A"/>
     <w:rsid w:val="00235799"/>
     <w:rsid w:val="00236E4E"/>
     <w:rsid w:val="00240E9E"/>
     <w:rsid w:val="00246B73"/>
     <w:rsid w:val="002502D5"/>
     <w:rsid w:val="00251FEE"/>
     <w:rsid w:val="00260457"/>
     <w:rsid w:val="002646DB"/>
     <w:rsid w:val="0026504B"/>
     <w:rsid w:val="00275676"/>
+    <w:rsid w:val="0029425C"/>
     <w:rsid w:val="00295542"/>
     <w:rsid w:val="002A2B72"/>
     <w:rsid w:val="002A3CA4"/>
     <w:rsid w:val="002C233F"/>
     <w:rsid w:val="002C2C1B"/>
     <w:rsid w:val="002C38E5"/>
     <w:rsid w:val="002D01D4"/>
     <w:rsid w:val="002D2A5C"/>
     <w:rsid w:val="002E0479"/>
     <w:rsid w:val="002E34E7"/>
     <w:rsid w:val="002F1396"/>
     <w:rsid w:val="002F3903"/>
     <w:rsid w:val="0030090F"/>
     <w:rsid w:val="00302429"/>
     <w:rsid w:val="00305AB9"/>
     <w:rsid w:val="003164AF"/>
     <w:rsid w:val="00316FA1"/>
     <w:rsid w:val="00321279"/>
     <w:rsid w:val="00323B1E"/>
     <w:rsid w:val="00324158"/>
     <w:rsid w:val="003255D8"/>
     <w:rsid w:val="0032640B"/>
     <w:rsid w:val="0032776D"/>
     <w:rsid w:val="00342F78"/>
     <w:rsid w:val="00344B71"/>
@@ -12405,203 +7935,209 @@
     <w:rsid w:val="00373FC4"/>
     <w:rsid w:val="0037684C"/>
     <w:rsid w:val="003775C5"/>
     <w:rsid w:val="00392078"/>
     <w:rsid w:val="00394994"/>
     <w:rsid w:val="003A42FB"/>
     <w:rsid w:val="003B0BDC"/>
     <w:rsid w:val="003B5FAA"/>
     <w:rsid w:val="003C2D7D"/>
     <w:rsid w:val="003C3B2F"/>
     <w:rsid w:val="003D5D6C"/>
     <w:rsid w:val="003E2647"/>
     <w:rsid w:val="003F1A75"/>
     <w:rsid w:val="003F553A"/>
     <w:rsid w:val="00402261"/>
     <w:rsid w:val="00402F99"/>
     <w:rsid w:val="004047C3"/>
     <w:rsid w:val="004047ED"/>
     <w:rsid w:val="004057DB"/>
     <w:rsid w:val="00407412"/>
     <w:rsid w:val="004100FB"/>
     <w:rsid w:val="0042130C"/>
     <w:rsid w:val="00421E49"/>
     <w:rsid w:val="00426EC2"/>
     <w:rsid w:val="004376FF"/>
-    <w:rsid w:val="00441ADF"/>
     <w:rsid w:val="004439C5"/>
     <w:rsid w:val="00446CEF"/>
     <w:rsid w:val="00454941"/>
     <w:rsid w:val="00455BA0"/>
     <w:rsid w:val="00460FB7"/>
     <w:rsid w:val="00470710"/>
     <w:rsid w:val="00470F59"/>
     <w:rsid w:val="00472D9A"/>
     <w:rsid w:val="00482046"/>
     <w:rsid w:val="0049509C"/>
     <w:rsid w:val="0049760F"/>
     <w:rsid w:val="004A4F45"/>
     <w:rsid w:val="004B2E9C"/>
     <w:rsid w:val="004B55CC"/>
     <w:rsid w:val="004B6A1C"/>
     <w:rsid w:val="004B6B0E"/>
     <w:rsid w:val="004C21AE"/>
     <w:rsid w:val="004C2F36"/>
     <w:rsid w:val="004C4EED"/>
     <w:rsid w:val="004E6977"/>
     <w:rsid w:val="004F3117"/>
+    <w:rsid w:val="00505549"/>
     <w:rsid w:val="00506ED0"/>
     <w:rsid w:val="0052133D"/>
     <w:rsid w:val="00521747"/>
     <w:rsid w:val="00523E09"/>
     <w:rsid w:val="00526077"/>
     <w:rsid w:val="00527471"/>
     <w:rsid w:val="00530927"/>
     <w:rsid w:val="005379AA"/>
     <w:rsid w:val="00541CCA"/>
     <w:rsid w:val="005450EF"/>
     <w:rsid w:val="00545A37"/>
     <w:rsid w:val="005502B5"/>
     <w:rsid w:val="005507F5"/>
     <w:rsid w:val="00553DC8"/>
     <w:rsid w:val="00554561"/>
     <w:rsid w:val="005631E7"/>
     <w:rsid w:val="005650E7"/>
     <w:rsid w:val="00565FA9"/>
     <w:rsid w:val="00571034"/>
     <w:rsid w:val="00573291"/>
     <w:rsid w:val="00574F02"/>
     <w:rsid w:val="005930F5"/>
-    <w:rsid w:val="00595EB1"/>
     <w:rsid w:val="005A39CF"/>
     <w:rsid w:val="005A6B23"/>
     <w:rsid w:val="005A7A0B"/>
     <w:rsid w:val="005B2A00"/>
     <w:rsid w:val="005B2B67"/>
     <w:rsid w:val="005B3B08"/>
     <w:rsid w:val="005C307A"/>
+    <w:rsid w:val="005C3271"/>
     <w:rsid w:val="005C7299"/>
     <w:rsid w:val="005C7C3D"/>
     <w:rsid w:val="005D3971"/>
     <w:rsid w:val="005E14A6"/>
     <w:rsid w:val="005E678B"/>
     <w:rsid w:val="0060081D"/>
     <w:rsid w:val="00604538"/>
     <w:rsid w:val="006064A9"/>
     <w:rsid w:val="006068E3"/>
     <w:rsid w:val="00610445"/>
     <w:rsid w:val="00612A18"/>
     <w:rsid w:val="006130F8"/>
     <w:rsid w:val="00614110"/>
     <w:rsid w:val="00617C91"/>
     <w:rsid w:val="00620A1C"/>
     <w:rsid w:val="00620AD8"/>
     <w:rsid w:val="0062399A"/>
     <w:rsid w:val="00624BD5"/>
     <w:rsid w:val="006256A1"/>
     <w:rsid w:val="00626EA2"/>
     <w:rsid w:val="00627CF4"/>
     <w:rsid w:val="0063533A"/>
     <w:rsid w:val="00637ACD"/>
     <w:rsid w:val="00641BF4"/>
     <w:rsid w:val="006423B0"/>
     <w:rsid w:val="00653C80"/>
     <w:rsid w:val="0067490C"/>
     <w:rsid w:val="006846F0"/>
     <w:rsid w:val="00684A1B"/>
     <w:rsid w:val="00690F36"/>
     <w:rsid w:val="0069298C"/>
     <w:rsid w:val="006936EF"/>
     <w:rsid w:val="006940A0"/>
     <w:rsid w:val="006B1586"/>
     <w:rsid w:val="006B1A6E"/>
     <w:rsid w:val="006B60D9"/>
     <w:rsid w:val="006B7D1F"/>
     <w:rsid w:val="006B7F2C"/>
     <w:rsid w:val="006C1E36"/>
     <w:rsid w:val="006D7657"/>
     <w:rsid w:val="006E0F84"/>
+    <w:rsid w:val="006E39D0"/>
     <w:rsid w:val="006E6E68"/>
     <w:rsid w:val="006E7982"/>
     <w:rsid w:val="006F008E"/>
     <w:rsid w:val="006F25C1"/>
     <w:rsid w:val="006F4C02"/>
     <w:rsid w:val="007038FD"/>
     <w:rsid w:val="00706C2E"/>
     <w:rsid w:val="00712F46"/>
     <w:rsid w:val="00716DAE"/>
     <w:rsid w:val="00717567"/>
     <w:rsid w:val="0072116A"/>
     <w:rsid w:val="007364E9"/>
     <w:rsid w:val="00740A28"/>
+    <w:rsid w:val="00742187"/>
     <w:rsid w:val="0074356E"/>
     <w:rsid w:val="00745428"/>
     <w:rsid w:val="007476BC"/>
     <w:rsid w:val="0075523D"/>
     <w:rsid w:val="0076175C"/>
     <w:rsid w:val="007652B5"/>
     <w:rsid w:val="00766B36"/>
     <w:rsid w:val="00782075"/>
     <w:rsid w:val="00783739"/>
     <w:rsid w:val="0078440E"/>
     <w:rsid w:val="00785C27"/>
     <w:rsid w:val="007A0AD5"/>
     <w:rsid w:val="007A1DD1"/>
     <w:rsid w:val="007A4623"/>
     <w:rsid w:val="007B1BC1"/>
     <w:rsid w:val="007B24E6"/>
     <w:rsid w:val="007C45F3"/>
+    <w:rsid w:val="007D7D8D"/>
     <w:rsid w:val="007E4B7A"/>
     <w:rsid w:val="007F085A"/>
     <w:rsid w:val="007F1CF1"/>
     <w:rsid w:val="007F2BCF"/>
     <w:rsid w:val="007F7278"/>
     <w:rsid w:val="007F7BA1"/>
     <w:rsid w:val="008066AE"/>
     <w:rsid w:val="00806E8B"/>
     <w:rsid w:val="00815903"/>
     <w:rsid w:val="00815BFD"/>
     <w:rsid w:val="00820BA5"/>
     <w:rsid w:val="00820FFB"/>
     <w:rsid w:val="00822A9B"/>
     <w:rsid w:val="00830C5E"/>
     <w:rsid w:val="00844107"/>
     <w:rsid w:val="0085060B"/>
     <w:rsid w:val="00850ABB"/>
+    <w:rsid w:val="00855D7F"/>
     <w:rsid w:val="0085684A"/>
     <w:rsid w:val="00860944"/>
     <w:rsid w:val="00865F02"/>
     <w:rsid w:val="008673F7"/>
     <w:rsid w:val="008770D7"/>
     <w:rsid w:val="008844E0"/>
     <w:rsid w:val="00884DBC"/>
     <w:rsid w:val="00890F0A"/>
     <w:rsid w:val="0089103A"/>
     <w:rsid w:val="00893550"/>
     <w:rsid w:val="008A405B"/>
+    <w:rsid w:val="008B3919"/>
     <w:rsid w:val="008B5CE2"/>
     <w:rsid w:val="008D0C56"/>
+    <w:rsid w:val="008E358C"/>
     <w:rsid w:val="008E3594"/>
     <w:rsid w:val="008F45F3"/>
     <w:rsid w:val="008F5A72"/>
     <w:rsid w:val="008F776D"/>
     <w:rsid w:val="0090755E"/>
     <w:rsid w:val="00915B13"/>
     <w:rsid w:val="00921909"/>
     <w:rsid w:val="00933B2D"/>
     <w:rsid w:val="00934042"/>
     <w:rsid w:val="00944320"/>
     <w:rsid w:val="00951963"/>
     <w:rsid w:val="009566A8"/>
     <w:rsid w:val="00962284"/>
     <w:rsid w:val="00972E87"/>
     <w:rsid w:val="009746A4"/>
     <w:rsid w:val="00975E23"/>
     <w:rsid w:val="00976FD9"/>
     <w:rsid w:val="00983BD6"/>
     <w:rsid w:val="009847A2"/>
     <w:rsid w:val="0099738E"/>
     <w:rsid w:val="009A0C83"/>
     <w:rsid w:val="009C137D"/>
     <w:rsid w:val="009C275C"/>
     <w:rsid w:val="009C5CD6"/>
     <w:rsid w:val="009C604B"/>
@@ -12621,58 +8157,59 @@
     <w:rsid w:val="00A27EFA"/>
     <w:rsid w:val="00A3100F"/>
     <w:rsid w:val="00A4525B"/>
     <w:rsid w:val="00A45EE9"/>
     <w:rsid w:val="00A51F13"/>
     <w:rsid w:val="00A53B47"/>
     <w:rsid w:val="00A63F0B"/>
     <w:rsid w:val="00A70C5E"/>
     <w:rsid w:val="00A71C7B"/>
     <w:rsid w:val="00A73D08"/>
     <w:rsid w:val="00A74733"/>
     <w:rsid w:val="00A82FA2"/>
     <w:rsid w:val="00AA0A59"/>
     <w:rsid w:val="00AA6A08"/>
     <w:rsid w:val="00AB0672"/>
     <w:rsid w:val="00AB34B8"/>
     <w:rsid w:val="00AB7E47"/>
     <w:rsid w:val="00AD31E2"/>
     <w:rsid w:val="00AD5DF6"/>
     <w:rsid w:val="00AE0915"/>
     <w:rsid w:val="00AE6D86"/>
     <w:rsid w:val="00AF2280"/>
     <w:rsid w:val="00AF4A3E"/>
     <w:rsid w:val="00B00B19"/>
     <w:rsid w:val="00B07E2E"/>
-    <w:rsid w:val="00B126BA"/>
     <w:rsid w:val="00B1308F"/>
     <w:rsid w:val="00B1370E"/>
     <w:rsid w:val="00B14501"/>
     <w:rsid w:val="00B25A40"/>
+    <w:rsid w:val="00B262D5"/>
     <w:rsid w:val="00B32864"/>
     <w:rsid w:val="00B34B6E"/>
     <w:rsid w:val="00B36A19"/>
+    <w:rsid w:val="00B4115C"/>
     <w:rsid w:val="00B43D81"/>
     <w:rsid w:val="00B50A5A"/>
     <w:rsid w:val="00B56D81"/>
     <w:rsid w:val="00B666FD"/>
     <w:rsid w:val="00B7007B"/>
     <w:rsid w:val="00B86B00"/>
     <w:rsid w:val="00B96963"/>
     <w:rsid w:val="00B9748A"/>
     <w:rsid w:val="00BA15CD"/>
     <w:rsid w:val="00BA3273"/>
     <w:rsid w:val="00BA355F"/>
     <w:rsid w:val="00BA79C1"/>
     <w:rsid w:val="00BB0063"/>
     <w:rsid w:val="00BB4365"/>
     <w:rsid w:val="00BB5922"/>
     <w:rsid w:val="00BC3B05"/>
     <w:rsid w:val="00BC56BC"/>
     <w:rsid w:val="00BD06A6"/>
     <w:rsid w:val="00BD1D94"/>
     <w:rsid w:val="00BD1E20"/>
     <w:rsid w:val="00BD2E95"/>
     <w:rsid w:val="00BE1D58"/>
     <w:rsid w:val="00BE6A95"/>
     <w:rsid w:val="00BF447D"/>
     <w:rsid w:val="00C0434A"/>
@@ -12693,189 +8230,195 @@
     <w:rsid w:val="00C60F2F"/>
     <w:rsid w:val="00C7237E"/>
     <w:rsid w:val="00C74058"/>
     <w:rsid w:val="00C7464F"/>
     <w:rsid w:val="00C74BD3"/>
     <w:rsid w:val="00C80850"/>
     <w:rsid w:val="00C81168"/>
     <w:rsid w:val="00C81896"/>
     <w:rsid w:val="00C83A03"/>
     <w:rsid w:val="00C8421A"/>
     <w:rsid w:val="00C85B75"/>
     <w:rsid w:val="00C974E3"/>
     <w:rsid w:val="00CA0AF5"/>
     <w:rsid w:val="00CA452F"/>
     <w:rsid w:val="00CA4D1F"/>
     <w:rsid w:val="00CB1C8B"/>
     <w:rsid w:val="00CB27ED"/>
     <w:rsid w:val="00CB46AF"/>
     <w:rsid w:val="00CC5F95"/>
     <w:rsid w:val="00CC684F"/>
     <w:rsid w:val="00CC6D8C"/>
     <w:rsid w:val="00CD2FC2"/>
     <w:rsid w:val="00CE00A4"/>
     <w:rsid w:val="00CE0696"/>
     <w:rsid w:val="00CE1421"/>
+    <w:rsid w:val="00CE79D3"/>
     <w:rsid w:val="00D004EB"/>
     <w:rsid w:val="00D06963"/>
     <w:rsid w:val="00D07371"/>
     <w:rsid w:val="00D120ED"/>
     <w:rsid w:val="00D15D2C"/>
     <w:rsid w:val="00D15E37"/>
     <w:rsid w:val="00D172C8"/>
     <w:rsid w:val="00D20231"/>
     <w:rsid w:val="00D24EA6"/>
     <w:rsid w:val="00D34806"/>
     <w:rsid w:val="00D36056"/>
     <w:rsid w:val="00D3777B"/>
     <w:rsid w:val="00D43CDD"/>
     <w:rsid w:val="00D44122"/>
     <w:rsid w:val="00D74F84"/>
     <w:rsid w:val="00D7511E"/>
     <w:rsid w:val="00D754DF"/>
     <w:rsid w:val="00D75E8D"/>
     <w:rsid w:val="00D8303F"/>
     <w:rsid w:val="00D8335A"/>
     <w:rsid w:val="00D84B00"/>
     <w:rsid w:val="00D85F75"/>
     <w:rsid w:val="00D86B35"/>
+    <w:rsid w:val="00D87588"/>
     <w:rsid w:val="00D927FE"/>
     <w:rsid w:val="00D9392A"/>
     <w:rsid w:val="00D97DA3"/>
     <w:rsid w:val="00DB19E6"/>
     <w:rsid w:val="00DB21E8"/>
     <w:rsid w:val="00DB313F"/>
     <w:rsid w:val="00DB44E8"/>
     <w:rsid w:val="00DB44EF"/>
     <w:rsid w:val="00DB6A4C"/>
     <w:rsid w:val="00DC2B89"/>
     <w:rsid w:val="00DC6BA1"/>
     <w:rsid w:val="00DD04C0"/>
     <w:rsid w:val="00DD51CD"/>
     <w:rsid w:val="00DD7201"/>
     <w:rsid w:val="00DE4C9E"/>
     <w:rsid w:val="00DF2BD8"/>
     <w:rsid w:val="00DF5E46"/>
     <w:rsid w:val="00DF7E45"/>
     <w:rsid w:val="00E01E87"/>
     <w:rsid w:val="00E05539"/>
     <w:rsid w:val="00E126FA"/>
     <w:rsid w:val="00E160A6"/>
     <w:rsid w:val="00E16186"/>
     <w:rsid w:val="00E170C3"/>
     <w:rsid w:val="00E20880"/>
     <w:rsid w:val="00E254DB"/>
+    <w:rsid w:val="00E3227E"/>
     <w:rsid w:val="00E354EA"/>
     <w:rsid w:val="00E36213"/>
     <w:rsid w:val="00E44CF5"/>
     <w:rsid w:val="00E46950"/>
     <w:rsid w:val="00E47235"/>
     <w:rsid w:val="00E52765"/>
     <w:rsid w:val="00E611A0"/>
     <w:rsid w:val="00E62C4A"/>
     <w:rsid w:val="00E644A7"/>
     <w:rsid w:val="00E66270"/>
     <w:rsid w:val="00E9403B"/>
     <w:rsid w:val="00E97684"/>
     <w:rsid w:val="00EA5EC3"/>
     <w:rsid w:val="00EB2366"/>
+    <w:rsid w:val="00EB7219"/>
     <w:rsid w:val="00EC19E0"/>
     <w:rsid w:val="00EC1FBF"/>
     <w:rsid w:val="00EC3574"/>
     <w:rsid w:val="00ED699D"/>
     <w:rsid w:val="00EF20EE"/>
     <w:rsid w:val="00EF618C"/>
     <w:rsid w:val="00EF7C15"/>
     <w:rsid w:val="00F03D2F"/>
     <w:rsid w:val="00F0602E"/>
     <w:rsid w:val="00F06B54"/>
     <w:rsid w:val="00F1181D"/>
     <w:rsid w:val="00F11A7D"/>
     <w:rsid w:val="00F11FED"/>
     <w:rsid w:val="00F23F1B"/>
     <w:rsid w:val="00F2736D"/>
     <w:rsid w:val="00F313E6"/>
     <w:rsid w:val="00F415A3"/>
     <w:rsid w:val="00F436A6"/>
     <w:rsid w:val="00F52B25"/>
     <w:rsid w:val="00F52EEE"/>
     <w:rsid w:val="00F602D3"/>
     <w:rsid w:val="00F613EE"/>
     <w:rsid w:val="00F62C5F"/>
+    <w:rsid w:val="00F654F1"/>
     <w:rsid w:val="00F80AA7"/>
     <w:rsid w:val="00F817DC"/>
     <w:rsid w:val="00F855C4"/>
     <w:rsid w:val="00F90EB0"/>
     <w:rsid w:val="00F973F2"/>
     <w:rsid w:val="00FB0FA9"/>
     <w:rsid w:val="00FB4F38"/>
     <w:rsid w:val="00FC1001"/>
     <w:rsid w:val="00FC16A9"/>
     <w:rsid w:val="00FD123B"/>
     <w:rsid w:val="00FD41CD"/>
     <w:rsid w:val="00FD496D"/>
     <w:rsid w:val="00FE73EA"/>
     <w:rsid w:val="00FF16FB"/>
+    <w:rsid w:val="00FF29BD"/>
     <w:rsid w:val="00FF4A56"/>
     <w:rsid w:val="00FF4B3D"/>
     <w:rsid w:val="00FF6CA8"/>
     <w:rsid w:val="00FF72FA"/>
     <w:rsid w:val="00FF7E75"/>
     <w:rsid w:val="76A4BB4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C4F587C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B567D60A-D1EA-4502-B262-7ED3277CC565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13250,50 +8793,118 @@
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DB21E8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -13502,58 +9113,60 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:rsid w:val="00101A38"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead1">
     <w:name w:val="Subhead 1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00101A38"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00101A38"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:rsid w:val="002C2C1B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="002C2C1B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="002C2C1B"/>
     <w:rPr>
       <w:rFonts w:ascii="Palatino" w:eastAsia="Times" w:hAnsi="Palatino"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -13763,55 +9376,1028 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EC19E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="240" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="480" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="960" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1200" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1680" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1920" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="2160" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="160"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:ind w:left="240" w:hanging="240"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="960"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1680"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00CE79D3"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1920"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="74087432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1641956524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -14014,51 +10600,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145417350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-prep-program" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-prep-program" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-preconditions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14329,113 +10915,189 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8A00C9505E3AF44BEE2BA095A360824" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="52282525be41a372ad927521b7eacb9f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9803f46a-11bf-48f7-81fb-4a99cde79948" xmlns:ns3="4c3acd45-541a-447d-b100-853e2f4c1c0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ff84880f59e398a815228c793b1d8380" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8A00C9505E3AF44BEE2BA095A360824" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d249522de5cc627ce499aee48ddf3363">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9803f46a-11bf-48f7-81fb-4a99cde79948" xmlns:ns3="4c3acd45-541a-447d-b100-853e2f4c1c0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="794f7c890aba9d3811c59a74e42fc8ee" ns2:_="" ns3:_="">
     <xsd:import namespace="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
     <xsd:import namespace="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9803f46a-11bf-48f7-81fb-4a99cde79948" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0184ffdf-fc1b-4c9a-9cb0-b65f1b3232d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4c3acd45-541a-447d-b100-853e2f4c1c0f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{77f5de3c-9c19-4678-bc4e-050f2cac73b4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4c3acd45-541a-447d-b100-853e2f4c1c0f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -14508,128 +11170,141 @@
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="4c3acd45-541a-447d-b100-853e2f4c1c0f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9803f46a-11bf-48f7-81fb-4a99cde79948">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C224E9A-F69E-40E2-B28F-57B93313AFAD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B321BB-2596-4E09-A1EE-158F0B375DB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
     <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{530AFCE0-A6E6-4840-8125-E280F53AE455}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C742D7C-45F4-4BE2-B4ED-18029D5B28CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76EA4F63-CF45-4402-8D58-394705A65378}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
+    <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{78276a93-cafd-4970-81b5-4e5074e42910}" enabled="0" method="" siteId="{78276a93-cafd-4970-81b5-4e5074e42910}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>29998</Characters>
+  <Pages>17</Pages>
+  <Words>4394</Words>
+  <Characters>27945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>249</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>526</Lines>
+  <Paragraphs>232</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Career Technical Education Preconditions and Program Standards</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35190</CharactersWithSpaces>
+  <CharactersWithSpaces>32197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>1703984</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>32</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc152249735</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703984</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -14745,27 +11420,30 @@
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Career Technical Education Preconditions and Program Standards</dc:title>
   <dc:subject/>
   <dc:creator>JBirdsell</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B8A00C9505E3AF44BEE2BA095A360824</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>55873800</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>