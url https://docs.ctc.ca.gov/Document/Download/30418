--- v0 (2025-10-22)
+++ v1 (2026-03-30)
@@ -1,137 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7DFE9846" w14:textId="48ED62E2" w:rsidR="002973B2" w:rsidRPr="00677AD4" w:rsidRDefault="00F06E11" w:rsidP="00600A49">
       <w:pPr>
         <w:spacing w:before="720" w:after="480"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00677AD4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37901522" wp14:editId="31C70332">
             <wp:extent cx="2905125" cy="2905125"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="California Commission on Teacher Credentialing seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Description: ctc-logo-seal-160"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2905125" cy="2905125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F40B73A" w14:textId="441E3B3C" w:rsidR="002973B2" w:rsidRPr="00600A49" w:rsidRDefault="002973B2" w:rsidP="00600A49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc30149725"/>
       <w:bookmarkStart w:id="1" w:name="_Toc30749341"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc152250931"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc152249385"/>
       <w:r w:rsidRPr="00600A49">
         <w:t xml:space="preserve">Adult Education </w:t>
       </w:r>
       <w:r w:rsidR="00317206">
         <w:br/>
         <w:t xml:space="preserve">Preconditions and </w:t>
       </w:r>
       <w:r w:rsidRPr="00600A49">
         <w:t>Program Standards</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="0B6CEFB8" w14:textId="77777777" w:rsidR="002973B2" w:rsidRPr="003E7C51" w:rsidRDefault="002973B2" w:rsidP="00317206">
+    <w:p w14:paraId="0B6CEFB8" w14:textId="77777777" w:rsidR="002973B2" w:rsidRDefault="002973B2" w:rsidP="00317206">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C51">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Commission on Teacher Credentialing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76644078" w14:textId="77777777" w:rsidR="00DE112E" w:rsidRDefault="00DE112E" w:rsidP="00317206">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -144,111 +149,116 @@
     </w:p>
     <w:p w14:paraId="461DB8DC" w14:textId="77777777" w:rsidR="00DE112E" w:rsidRDefault="00DE112E" w:rsidP="00317206">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E3BECEE" w14:textId="77777777" w:rsidR="00DE112E" w:rsidRPr="003E7C51" w:rsidRDefault="00DE112E" w:rsidP="00317206">
       <w:pPr>
         <w:spacing w:before="600" w:after="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DB5554C" w14:textId="77777777" w:rsidR="00DE112E" w:rsidRPr="0072145B" w:rsidRDefault="00290056" w:rsidP="0072145B">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="5FDEAE93" w14:textId="77777777" w:rsidR="00073646" w:rsidRDefault="00073646" w:rsidP="00DE112E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0072145B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Republished November 2023</w:t>
-[...8 lines deleted...]
-          <w:bCs/>
+        <w:t>Program Standards Adopted November 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB5554C" w14:textId="1731783E" w:rsidR="00DE112E" w:rsidRPr="00DE112E" w:rsidRDefault="00290056" w:rsidP="00DE112E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0072145B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00DE112E">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Republished November 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B5F487" w14:textId="3D62431C" w:rsidR="00290056" w:rsidRPr="00DE112E" w:rsidRDefault="00E85098" w:rsidP="00DE112E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE112E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00290056" w:rsidRPr="00DE112E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>o move program planning prompts to Appendix A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF2B706" w14:textId="77777777" w:rsidR="00317206" w:rsidRDefault="00317206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="316A6D2E" w14:textId="21EA8B67" w:rsidR="00600A49" w:rsidRPr="00317791" w:rsidRDefault="00600A49" w:rsidP="00600A49">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -346,1148 +356,745 @@
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317791">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Sacramento, California 95811 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B985DEF" w14:textId="77777777" w:rsidR="00600A49" w:rsidRPr="00317791" w:rsidRDefault="00600A49" w:rsidP="00600A49">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F5886D7" w14:textId="5729AF4E" w:rsidR="00600A49" w:rsidRDefault="00AB1080" w:rsidP="00600A49">
+    <w:p w14:paraId="14917BA2" w14:textId="71B3E92B" w:rsidR="00600A49" w:rsidRPr="000F6DB1" w:rsidRDefault="00600A49" w:rsidP="000F6DB1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="360"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...115 lines deleted...]
-        <w:sectPr w:rsidR="00600A49" w:rsidSect="00600A49">
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00600A49" w:rsidRPr="000F6DB1" w:rsidSect="00600A49">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgBorders w:offsetFrom="page">
             <w:top w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:left w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:bottom w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
             <w:right w:val="single" w:sz="12" w:space="24" w:color="44546A" w:themeColor="text2"/>
           </w:pgBorders>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00317791">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Commission on Teacher Credentialing Program Standards</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3E19A9B0" w14:textId="6251808D" w:rsidR="00CD7EBB" w:rsidRDefault="00CD7EBB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc30149727"/>
     </w:p>
     <w:bookmarkStart w:id="4" w:name="_Toc30749343" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1033262389"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="19358654" w14:textId="372AAF1D" w:rsidR="000665D2" w:rsidRPr="00C92FE5" w:rsidRDefault="00AC3D2E" w:rsidP="00C92FE5">
+        <w:p w14:paraId="73DF6194" w14:textId="2A2B7BB3" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
+        </w:p>
+        <w:p w14:paraId="613EC9FA" w14:textId="1AFD566F" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
           <w:r>
-            <w:rPr>
-[...2 lines deleted...]
-            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
-            <w:rPr>
-[...2 lines deleted...]
-            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
+          <w:hyperlink w:anchor="_Toc152249385" w:history="1">
+            <w:r w:rsidRPr="00E876B2">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Adult Education Preconditions and Program Standards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249385 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="356F1178" w14:textId="1934079B" w:rsidR="000665D2" w:rsidRDefault="000665D2">
+        <w:p w14:paraId="40D7592E" w14:textId="04F9D7A6" w:rsidR="00AC3D2E" w:rsidRDefault="00804561">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="9350"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc152250932" w:history="1">
-            <w:r w:rsidRPr="00A95CA9">
+          <w:r>
+            <w:t xml:space="preserve">Link to Program </w:t>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc152249386" w:history="1">
+            <w:r w:rsidR="00AC3D2E" w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Preconditions</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc152250932 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249386 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC3D2E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00FDF0FB" w14:textId="0D3FB9D9" w:rsidR="000665D2" w:rsidRDefault="000665D2">
+        <w:p w14:paraId="20851FFE" w14:textId="3FEEF6EA" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="9350"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc152250933" w:history="1">
-            <w:r w:rsidRPr="00A95CA9">
+          <w:hyperlink w:anchor="_Toc152249387" w:history="1">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Program Standards</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc152250933 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249387 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29126C21" w14:textId="205B7785" w:rsidR="000665D2" w:rsidRDefault="000665D2">
+        <w:p w14:paraId="2E29046E" w14:textId="166F0498" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="9350"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc152250934" w:history="1">
-            <w:r w:rsidRPr="00A95CA9">
+          <w:hyperlink w:anchor="_Toc152249388" w:history="1">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category I: Program Design, Governance, and Qualities</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc152250934 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249388 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="42CB0881" w14:textId="3651B96B" w:rsidR="000665D2" w:rsidRDefault="000665D2">
+        <w:p w14:paraId="769BA96E" w14:textId="0B97254E" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="9350"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc152250935" w:history="1">
-            <w:r w:rsidRPr="00A95CA9">
+          <w:hyperlink w:anchor="_Toc152249389" w:history="1">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Category II: Candidate Competencies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc152250935 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249389 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02120C07" w14:textId="7AB58571" w:rsidR="000665D2" w:rsidRDefault="000665D2">
+        <w:p w14:paraId="4CBFC703" w14:textId="5A04B680" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
-              <w:tab w:val="right" w:pos="9350"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc152250936" w:history="1">
-            <w:r w:rsidRPr="00A95CA9">
+          <w:hyperlink w:anchor="_Toc152249390" w:history="1">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA9">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA9">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Program Planning Prompts for Category I </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA9">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA9">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Standards 1-4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA9">
+            <w:r w:rsidRPr="00E876B2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc152250936 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc152249390 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BAF6F63" w14:textId="1A2A7269" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
+        <w:p w14:paraId="5BAF6F63" w14:textId="01DA2E36" w:rsidR="00AC3D2E" w:rsidRDefault="00AC3D2E">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="01BF3423" w14:textId="77777777" w:rsidR="00126645" w:rsidRDefault="00126645" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00126645" w:rsidSect="000B747F">
-          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B430922" w14:textId="28C3FC9F" w:rsidR="00D3286E" w:rsidRPr="00D20B6E" w:rsidRDefault="00D3286E" w:rsidP="00185849">
+    <w:p w14:paraId="1B430922" w14:textId="50434F20" w:rsidR="00D3286E" w:rsidRDefault="00DB64AB" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc152250932"/>
-      <w:r w:rsidRPr="00D20B6E">
+      <w:bookmarkStart w:id="5" w:name="_Toc152249386"/>
+      <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Link to the Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3286E" w:rsidRPr="00D20B6E">
         <w:t>Preconditions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="14D4A9AF" w14:textId="529985A9" w:rsidR="00417506" w:rsidRPr="00417506" w:rsidRDefault="00417506" w:rsidP="00417506">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="2C620F6B" w14:textId="3A8E8C6A" w:rsidR="0082129D" w:rsidRDefault="0082129D" w:rsidP="00DB64AB">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...142 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Preconditions are program requirements that are grounded in California Education Code, California Code of Regulations, or Commission policy. In addition to the Program Standards</w:t>
+      </w:r>
+      <w:r w:rsidR="005E14F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>programs must be aligned with the Preconditions at all times. Programs can find links to current program preconditions and evidence guidance documents for each set of preconditions on</w:t>
+      </w:r>
+      <w:r w:rsidR="006A364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...229 lines deleted...]
-    <w:p w14:paraId="6CF04D85" w14:textId="1AE655FC" w:rsidR="00DF7D21" w:rsidRPr="00A63C0E" w:rsidRDefault="00417506" w:rsidP="00A63C0E">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="006A364A" w:rsidRPr="006A364A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          </w:rPr>
+          <w:t>this CTC webpage.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="072D9565" w14:textId="77777777" w:rsidR="0082129D" w:rsidRPr="0082129D" w:rsidRDefault="0082129D" w:rsidP="00CC1378"/>
+    <w:p w14:paraId="6CF04D85" w14:textId="74AAFC62" w:rsidR="00DF7D21" w:rsidRPr="00A63C0E" w:rsidRDefault="00F326A7" w:rsidP="00A63C0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DF7D21" w:rsidRPr="00A63C0E" w:rsidSect="00126645">
-          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00417506">
-[...16 lines deleted...]
-      <w:r w:rsidR="00F326A7" w:rsidRPr="00677AD4">
+      <w:r w:rsidRPr="00677AD4">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Toc30149728"/>
     </w:p>
     <w:p w14:paraId="5D4BCE29" w14:textId="3755AD90" w:rsidR="0078440E" w:rsidRPr="00677AD4" w:rsidRDefault="0078440E" w:rsidP="00D20B6E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc30749344"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc152250933"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc152249387"/>
       <w:r w:rsidRPr="00677AD4">
         <w:lastRenderedPageBreak/>
         <w:t>Program Standards</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="2EEA849D" w14:textId="67D5A2EF" w:rsidR="00101A38" w:rsidRDefault="00101A38" w:rsidP="00666080">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc30149729"/>
       <w:bookmarkStart w:id="10" w:name="_Toc30749345"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc152250934"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc152249388"/>
       <w:r w:rsidRPr="00185849">
         <w:t>Category I: Program Design, Governance, and Qualities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="54F45F1A" w14:textId="77777777" w:rsidR="00AC5F43" w:rsidRPr="00AC5F43" w:rsidRDefault="00AC5F43" w:rsidP="00AC5F43">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A5B0928" w14:textId="77777777" w:rsidR="00AC5F43" w:rsidRPr="00E86C96" w:rsidRDefault="00C06E95" w:rsidP="00AC5F43">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
@@ -1678,109 +1285,113 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 3: Early Orientation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="3BD3B698" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Early orientation is designed to meet the needs of beginning teachers. The program sponsor offers early orientation before or during the first month of teaching that includes the introductory skills, knowledge and attitudes required for beginning adult education teaching success. The early orientation will provide an overview and awareness of teaching methods, adult education concepts, equity and diversity in the classroom, mandated reporting, and legal and ethical issues. The program designs the orientation to meet the needs of all teacher candidates, including those who are not employed during the duration of their teacher preparation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017E3C7A" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="017E3C7A" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="009D040C" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62E2CC37" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc30149733"/>
       <w:bookmarkStart w:id="19" w:name="_Toc30749349"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 4: Beginning Teacher Support, Supervision, and Advisement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="31C14727" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Throughout the preliminary credential process, the teachers’ performance is guided, assisted, and evaluated in relation to the outcomes specified in Category II standards through support and supervision provided collaboratively by the program sponsor and the teacher’s employer or site mentor. The program provides complete, accurate, and timely feedback to the adult education teacher candidate including information about their progress and competence. </w:t>
+        <w:t xml:space="preserve">Throughout the preliminary credential process, the teachers’ performance is guided, assisted, and evaluated in relation to the outcomes specified in Category II standards through support and supervision provided collaboratively by the program sponsor and the teacher’s employer or site mentor. The program provides complete, accurate, and timely feedback to the adult education teacher candidate including information about their progress and competence. Supervisors and support providers of teacher candidates are experienced in teaching, trained in </w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Supervisors and support providers of teacher candidates are experienced in teaching, trained in supervision and support of beginning teachers, and evaluated on their service to beginning teachers.</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:t>supervision and support of beginning teachers, and evaluated on their service to beginning teachers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED37B0F" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76F38A71" w14:textId="144D973D" w:rsidR="00F326A7" w:rsidRPr="00380760" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc30149734"/>
       <w:bookmarkStart w:id="21" w:name="_Toc30749350"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc152250935"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc152249389"/>
       <w:r w:rsidRPr="00677AD4">
         <w:t>Category II: Candidate Competencies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="0FC30E31" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00BB364F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc30149735"/>
       <w:bookmarkStart w:id="24" w:name="_Toc30749351"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 5: Foundations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
@@ -1926,97 +1537,106 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Understand adult education funding sources and structures and the importance of maintaining accurate records.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58DD1628" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Understand the role of adult education teachers in promoting adult education to the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D4C0CE" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00317206"/>
+    <w:p w14:paraId="26D4C0CE" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00317206">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4AF566D7" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc30149736"/>
       <w:bookmarkStart w:id="26" w:name="_Toc30749352"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 6: Adult Learning Theory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="4377354D" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teachers study essential concepts and skills related to the adult learning theory. Teachers develop knowledge of the characteristics of adult learners and recognize the diversity of adult learners’ needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4493BA" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="4F4493BA" w14:textId="335B81D9" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14E42EB9" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adult </w:t>
       </w:r>
       <w:r w:rsidR="00D3286E" w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -2108,54 +1728,56 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Articulate a personal teaching philosophy based on theories of adult learning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7104FD57" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Understand the relationship between adult learning theories and diverse adult learner needs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD95868" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00317206">
+    <w:p w14:paraId="7CD95868" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00317206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39218A03" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc30149737"/>
       <w:bookmarkStart w:id="28" w:name="_Toc30749353"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 7: Interpersonal Relationships and the Learning Environment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2163,72 +1785,74 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56B87539" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Teachers model respect and promote positive interpersonal relationships to create a positive and inclusive learning environment in the school and classroom. Teachers use motivation, group facilitation, and conflict resolution skills to increase self-efficacy and self-directed learning. Teachers foster openness and trust with and among all students in the classroom</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve">Teachers facilitate the development of clear expectations for social interaction in the classroom, understanding the role that culture plays in the learning environment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D75E744" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F361A8F" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Teachers facilitate the development of clear expectations for social interaction in the classroom, understanding the role that culture plays in the learning environment. </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Adult </w:t>
       </w:r>
       <w:r w:rsidR="00D3286E" w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ducation teacher outcomes include abilities to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A5A75B" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -2268,123 +1892,141 @@
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Demonstrate group facilitation and conflict resolution skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB89ABE" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Analyze students’ background, experiences, languages, skills, and abilities to build a collaborative learning community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D876BEC" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00317206">
+    <w:p w14:paraId="2D876BEC" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00317206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F43F72E" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc30149738"/>
       <w:bookmarkStart w:id="30" w:name="_Toc30749354"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 8:  Curriculum and Instructional Planning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6E6D43" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Teachers develop curriculum and plan instruction to assist all students in the development of cognitive, affective and psychomotor skills appropriate to course content. Each teacher prepares units and lesson plans, including learning outcomes and appropriate student assessment techniques that are aligned to students’ individual needs and interests and the current content standards, taking into account the learners’ cultures and backgrounds. </w:t>
+        <w:t xml:space="preserve">Teachers develop curriculum and plan instruction to assist all students in the development of cognitive, affective and psychomotor skills appropriate to course content. Each teacher prepares units and lesson plans, including learning outcomes and appropriate student assessment techniques that are aligned to students’ individual needs and interests and the current content standards, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>taking into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the learners’ cultures and backgrounds. </w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Teachers </w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>adapt curriculum and instruction to accommodate students’ special needs</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00627D1C" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="00627D1C" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D663F83" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adult </w:t>
       </w:r>
       <w:r w:rsidR="00D3286E" w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -2450,54 +2092,56 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Consider appropriate resources and materials to the learning goals and objectives of the curriculum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C24C8B1" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Critically evaluate the objectivity and reliability of sources of information. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69377E1A" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00317206">
+    <w:p w14:paraId="69377E1A" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00317206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10ED9699" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc30149739"/>
       <w:bookmarkStart w:id="32" w:name="_Toc30749355"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 9: Using Education Technology in the Classroom</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2650,94 +2294,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Interact with students using electronic communication and a variety of technology-based collaborative tools. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3042C5D0" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Convey issues of ethics, copyright, privacy, security, safety, and applicable policies for technology use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CAB7729" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Identify appropriate technology resources to assist adults with disabilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBE3257" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00317206">
+    <w:p w14:paraId="0FBE3257" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00317206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E9DFF10" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B12214A" w14:textId="77777777" w:rsidR="009D040C" w:rsidRDefault="009D040C" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc30149740"/>
       <w:bookmarkStart w:id="34" w:name="_Toc30749356"/>
-      <w:r w:rsidRPr="00185849">
+    </w:p>
+    <w:p w14:paraId="0E9DFF10" w14:textId="37B8E411" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Standard 10: Instructional Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4EB8EA" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00792900" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00792900">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Teachers </w:t>
       </w:r>
@@ -3107,75 +2763,76 @@
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3D602B" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Teachers will be able to </w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>use multiple measures for assessing student achievement, to improve instruction, guide learning, and plan further instruction. Teachers base student assessments on course content and objectives</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299DB0AB" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="299DB0AB" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218F5BF3" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adult </w:t>
       </w:r>
       <w:r w:rsidR="00D3286E" w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
@@ -3199,50 +2856,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Align assessments to curriculum and instruction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC40377" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Determine students’ prior knowledge to define a learning sequence that</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> establishes appropriate instructional objectives</w:t>
       </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC5E77C" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -3275,106 +2933,110 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Evaluate the effectiveness of instruction and adjust instructional strategies based on student assessment data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5972D63E" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Keep accurate records of student achievement to provide specific and timely feedback to students.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F377F7" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="68F377F7" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F4E1BF1" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc30149742"/>
       <w:bookmarkStart w:id="38" w:name="_Toc30749358"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 12: School and Community Resources</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="5292C4E4" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00380760">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teachers are able to recognize students’ personal and academic challenges and to refer students to appropriate school and community resources available to support student learning. Teachers can advise and guide students in strategies to meet their goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63983E96" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="63983E96" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A5DF93" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00185849">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adult </w:t>
       </w:r>
       <w:r w:rsidR="00D3286E" w:rsidRPr="00185849">
         <w:rPr>
@@ -3427,57 +3089,59 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Demonstrate how to access services from appropriate schools, community organizations, and agencies to reduce barriers and improve student achievement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21AEA513" w14:textId="086D66FF" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Assist students in identifying personal and career goals in adult education.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FF8CE3" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
+    <w:p w14:paraId="43FF8CE3" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00155A48" w:rsidRDefault="00F326A7" w:rsidP="00F326A7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DCCC924" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00792900">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc30149743"/>
       <w:bookmarkStart w:id="40" w:name="_Toc30749359"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standard 13: Professional Responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3544,51 +3208,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Demonstrate knowledge of federal, state, and district legal and regulatory requirements as well as work site policies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4917E095" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Interact with a professional organization relative to adult education.</w:t>
+        <w:t xml:space="preserve">Interact with a professional organization </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>relative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to adult education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340F88A6" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Understand teacher rights and responsibilities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52FA1DF2" w14:textId="77777777" w:rsidR="00F326A7" w:rsidRPr="00185849" w:rsidRDefault="00F326A7" w:rsidP="00AB5B48">
       <w:pPr>
@@ -3631,665 +3309,696 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Understand the importance of maintaining ongoing professional development activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22DBCABE" w14:textId="4885639B" w:rsidR="00101A38" w:rsidRDefault="00F326A7" w:rsidP="00317206">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Initiate and maintain communication and relationships with adult education stakeholder</w:t>
       </w:r>
       <w:r w:rsidR="00317206" w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D56B98" w14:textId="681A2000" w:rsidR="00762B83" w:rsidRDefault="00762B83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B097235" w14:textId="6D27BD21" w:rsidR="00356997" w:rsidRPr="00FF66A1" w:rsidRDefault="00356997" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc152250936"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc152249390"/>
       <w:r w:rsidRPr="0027799C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="00255C6C">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0027799C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Program Planning Prompts for Category I </w:t>
       </w:r>
       <w:r w:rsidR="00255C6C">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0027799C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Standards 1-4</w:t>
       </w:r>
       <w:r w:rsidR="00793AC2">
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="07B4B31C" w14:textId="77777777" w:rsidR="008330AB" w:rsidRDefault="008330AB" w:rsidP="00762B83">
+    <w:p w14:paraId="07B4B31C" w14:textId="77777777" w:rsidR="008330AB" w:rsidRDefault="008330AB" w:rsidP="00AC142D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58B09E48" w14:textId="1FDFAC71" w:rsidR="008330AB" w:rsidRPr="00E86C96" w:rsidRDefault="008330AB" w:rsidP="00E86C96">
+    <w:p w14:paraId="58B09E48" w14:textId="1FDFAC71" w:rsidR="008330AB" w:rsidRPr="00E86C96" w:rsidRDefault="008330AB" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E86C96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D930F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">following </w:t>
       </w:r>
       <w:r w:rsidRPr="00E86C96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>program planning prompts are included to clarify the nature of the standard and to help programs think about how to address the standard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF75CD2" w14:textId="77777777" w:rsidR="008330AB" w:rsidRDefault="008330AB" w:rsidP="00762B83">
+    <w:p w14:paraId="1CF75CD2" w14:textId="77777777" w:rsidR="008330AB" w:rsidRDefault="008330AB" w:rsidP="00AC142D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58853184" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00E91F0A" w:rsidRDefault="006C177D" w:rsidP="00E91F0A">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="58853184" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standard 1: Program Design and Rationale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6DB34B" w14:textId="77777777" w:rsidR="00F025AC" w:rsidRPr="000F6DB1" w:rsidRDefault="00F025AC" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc152250937"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="000F6DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Standard 1: Program Design and Rationale</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C96D4C" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="08C96D4C" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>What is the knowledge and research base on which the program is designed?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3272B601" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="3272B601" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How is the design of the program grounded in a rationale based on sound theory of andragogy, articulated clearly, and evident in the delivery of the program’s coursework? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BD2372" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="75BD2372" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How is the program coursework sequenced to support teacher development? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7405B982" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="7405B982" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How are the coursework and related experiences integrated to form a cohesive set of learning experiences that prepare the adult education teacher for the contemporary conditions of California adult education?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAA9C0D" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="1AAA9C0D" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How do the design of the program content and delivery systems reflect the standards and the program’s theoretical basis? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3160E3" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="1E3160E3" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>What opportunities does the program provide for adult education teachers to learn and demonstrate their competence according to current teacher education standards?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675EA6D9" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="675EA6D9" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How does the program design include planned processes for the comprehensive assessment of individual adult education teachers on all competencies addressed in the program?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3533D07D" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="3533D07D" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">How does the program design take into account the diverse needs of all teachers to </w:t>
+        <w:t xml:space="preserve">How does the program design </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:t>take into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the diverse needs of all teachers to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
         <w:t>insure</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> equity and access to the program, including the use of appropriate technology?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD21657" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="006C177D">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1FD21657" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AFD3A8" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standard 2: Collaboration with Local Educators</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFA2FB8" w14:textId="19FE5C7D" w:rsidR="00F025AC" w:rsidRPr="000F6DB1" w:rsidRDefault="00F025AC" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc152250938"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="000F6DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Standard 2: Collaboration with Local Educators</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4957BBE2" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="4957BBE2" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>What is the effective and ongoing system of communication and collaboration between the program sponsor and the school where beginning teachers are employed or placed?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45CF9D80" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="45CF9D80" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">How does the program sponsor collaborate with the employer in providing a common early orientation before or during the first calendar month of teaching?  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DA0D84" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="48DA0D84" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How do the employer and site mentor participate in the systematic documentation of each teacher’s progress and competency?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70456EDF" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="006C177D">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="70456EDF" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32BB4CC2" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standard 3: Early Orientation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C64EA8" w14:textId="0257854C" w:rsidR="00F025AC" w:rsidRPr="000F6DB1" w:rsidRDefault="00F025AC" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc152250939"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="000F6DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Standard 3: Early Orientation</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567C901B" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="567C901B" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How is an overview of instructional planning and effective andragogical strategies in a diverse learning environment addressed in the orientation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B14FA7" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="03B14FA7" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>How is an overview of classroom management and its effect on the learning environment addressed in the orientation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4449661A" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="4449661A" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>How is an overview of legal and ethical responsibilities and school policies and procedures included in the orientation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EDEC245" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="4EDEC245" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>What basic information on research-based teaching, evaluation and assessment for all students, including those with special needs (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>e.g</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>, disabilities, English learners, gifted and talented) does the orientation cover?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52CFAE34" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="52CFAE34" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>What delivery methods for the orientation are used to provide easy access for candidates?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045AD244" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="006C177D">
-[...10 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="045AD244" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B413839" w14:textId="77777777" w:rsidR="006C177D" w:rsidRDefault="006C177D" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00185849">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Standard 4: Beginning Teacher Support, Supervision, and Advisement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3445A69F" w14:textId="68C22608" w:rsidR="00F025AC" w:rsidRPr="000F6DB1" w:rsidRDefault="00F025AC" w:rsidP="00AC142D">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc152250940"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="000F6DB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Standard 4: Beginning Teacher Support, Supervision, and Advisement</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t>Program Planning Prompts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00169B0F" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How does the program ensure that supervisors and site mentors are selected based on successful teaching experience and knowledge of current educational practices?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E473256" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="7E473256" w14:textId="0FBCFE93" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How does the program </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00185849">
+      <w:r w:rsidR="0051762D" w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>insure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ensure</w:t>
+      </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that supervisors are skilled in observation, analysis, and feedback techniques and in fostering learning among adults?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C630DAD" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4317,167 +4026,165 @@
         </w:rPr>
         <w:t>How does the program sponsor coordinate with the employer and site mentor to provide supervision and assessment of the teacher?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F796B42" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00185849" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How do site mentors give feedback to the candidates for success in teaching? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30149B51" w14:textId="77777777" w:rsidR="006C177D" w:rsidRPr="00380760" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
+    <w:p w14:paraId="30149B51" w14:textId="6D4A1349" w:rsidR="006C177D" w:rsidRPr="00380760" w:rsidRDefault="006C177D" w:rsidP="00E86C96">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How does the program </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00185849">
+      <w:r w:rsidR="0051762D" w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>insure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ensure</w:t>
+      </w:r>
       <w:r w:rsidRPr="00185849">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that supervisors provide guidance for multiple, systematic and developmental instructional events?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3302CCD4" w14:textId="77777777" w:rsidR="008330AB" w:rsidRPr="00185849" w:rsidRDefault="008330AB" w:rsidP="00762B83">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008330AB" w:rsidRPr="00185849" w:rsidSect="000B747F">
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="008330AB" w:rsidRPr="00185849" w:rsidSect="009D040C">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1350" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CF9A6C4" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434">
+    <w:p w14:paraId="63773DFE" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56D42985" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434">
+    <w:p w14:paraId="2FEB4616" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D6FDC12" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434"/>
+    <w:p w14:paraId="6080349A" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New York">
     <w:panose1 w:val="02040503060506020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -4489,70 +4196,70 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="7800205A" w:usb2="14600000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54EEC937" w14:textId="21E5F089" w:rsidR="00DF7D21" w:rsidRPr="00DF7D21" w:rsidRDefault="00DF7D21">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58C19F50" w14:textId="77777777" w:rsidR="00126645" w:rsidRPr="00212969" w:rsidRDefault="00126645">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:t>Adult Education Preconditions</w:t>
     </w:r>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4600,51 +4307,51 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00212969">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00212969">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D1CF3D5" w14:textId="1CD40AA7" w:rsidR="00DF7D21" w:rsidRPr="00212969" w:rsidRDefault="00DF7D21">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:t>Adult Education Program Standards</w:t>
     </w:r>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:i/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00212969">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4692,73 +4399,73 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00212969">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00212969">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:i/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46C0F044" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434">
+    <w:p w14:paraId="164D6492" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A0AF64C" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434">
+    <w:p w14:paraId="5C50C9D4" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="760FD8F0" w14:textId="77777777" w:rsidR="00270434" w:rsidRDefault="00270434"/>
+    <w:p w14:paraId="31F18B7D" w14:textId="77777777" w:rsidR="00C32701" w:rsidRDefault="00C32701"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -8413,544 +8120,559 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1926722486">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="43724035">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1867061822">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1304847940">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="94904856">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="436144330">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E47235"/>
     <w:rsid w:val="00001631"/>
     <w:rsid w:val="00002433"/>
     <w:rsid w:val="00011A34"/>
+    <w:rsid w:val="00017B2F"/>
     <w:rsid w:val="000235EC"/>
     <w:rsid w:val="000346D2"/>
     <w:rsid w:val="00036266"/>
     <w:rsid w:val="00040DAE"/>
     <w:rsid w:val="00045595"/>
     <w:rsid w:val="00050D03"/>
     <w:rsid w:val="00061439"/>
-    <w:rsid w:val="000665D2"/>
     <w:rsid w:val="000703DD"/>
     <w:rsid w:val="00071B22"/>
+    <w:rsid w:val="00073646"/>
     <w:rsid w:val="000824D1"/>
     <w:rsid w:val="00097A02"/>
     <w:rsid w:val="00097C8B"/>
     <w:rsid w:val="000A2FDA"/>
     <w:rsid w:val="000A375D"/>
     <w:rsid w:val="000A3DE9"/>
     <w:rsid w:val="000A609A"/>
     <w:rsid w:val="000B747F"/>
     <w:rsid w:val="000C3C27"/>
     <w:rsid w:val="000C41B6"/>
+    <w:rsid w:val="000E0AC6"/>
     <w:rsid w:val="000E7940"/>
     <w:rsid w:val="000F0093"/>
     <w:rsid w:val="000F092E"/>
     <w:rsid w:val="000F0BFE"/>
+    <w:rsid w:val="000F6DB1"/>
     <w:rsid w:val="00101A38"/>
     <w:rsid w:val="00126645"/>
     <w:rsid w:val="00127FB5"/>
     <w:rsid w:val="00137861"/>
     <w:rsid w:val="0014188F"/>
     <w:rsid w:val="00153B56"/>
     <w:rsid w:val="00154987"/>
+    <w:rsid w:val="00155A48"/>
     <w:rsid w:val="00156EC3"/>
     <w:rsid w:val="00160668"/>
     <w:rsid w:val="001717B4"/>
     <w:rsid w:val="0018269C"/>
     <w:rsid w:val="00185849"/>
     <w:rsid w:val="00187048"/>
     <w:rsid w:val="0019458A"/>
     <w:rsid w:val="00194D78"/>
+    <w:rsid w:val="00196CAC"/>
     <w:rsid w:val="00196E1B"/>
     <w:rsid w:val="001970C1"/>
     <w:rsid w:val="001C43EC"/>
     <w:rsid w:val="001C7680"/>
     <w:rsid w:val="001D3B6E"/>
     <w:rsid w:val="001E104A"/>
     <w:rsid w:val="001E32A1"/>
     <w:rsid w:val="001F0B64"/>
     <w:rsid w:val="001F6A5F"/>
     <w:rsid w:val="00207BD7"/>
     <w:rsid w:val="00211C6F"/>
     <w:rsid w:val="00212969"/>
     <w:rsid w:val="00216650"/>
     <w:rsid w:val="00216CA2"/>
     <w:rsid w:val="002201EE"/>
     <w:rsid w:val="00224BE9"/>
     <w:rsid w:val="00233AF4"/>
     <w:rsid w:val="00236E4E"/>
     <w:rsid w:val="002502D5"/>
     <w:rsid w:val="00251FEE"/>
     <w:rsid w:val="00252B12"/>
     <w:rsid w:val="00255C6C"/>
     <w:rsid w:val="002646DB"/>
     <w:rsid w:val="0026504B"/>
     <w:rsid w:val="00270434"/>
     <w:rsid w:val="00275676"/>
     <w:rsid w:val="0027799C"/>
     <w:rsid w:val="002862B8"/>
     <w:rsid w:val="00290056"/>
     <w:rsid w:val="0029423D"/>
     <w:rsid w:val="00295542"/>
     <w:rsid w:val="002973B2"/>
     <w:rsid w:val="002B0F03"/>
+    <w:rsid w:val="002B2D5F"/>
     <w:rsid w:val="002C233F"/>
     <w:rsid w:val="002C2C1B"/>
     <w:rsid w:val="002C38E5"/>
     <w:rsid w:val="002D2A5C"/>
-    <w:rsid w:val="002D4F31"/>
     <w:rsid w:val="002E0479"/>
     <w:rsid w:val="002E0D16"/>
     <w:rsid w:val="002E34E7"/>
     <w:rsid w:val="002F1396"/>
     <w:rsid w:val="002F3903"/>
     <w:rsid w:val="0030090F"/>
     <w:rsid w:val="00305AB9"/>
     <w:rsid w:val="00316FA1"/>
     <w:rsid w:val="00317206"/>
     <w:rsid w:val="00324158"/>
     <w:rsid w:val="0032776D"/>
     <w:rsid w:val="00337B2F"/>
     <w:rsid w:val="003446DF"/>
     <w:rsid w:val="00344B71"/>
     <w:rsid w:val="003501C5"/>
     <w:rsid w:val="00354AF8"/>
     <w:rsid w:val="00356997"/>
     <w:rsid w:val="00357F3A"/>
     <w:rsid w:val="00366B2A"/>
     <w:rsid w:val="003775C5"/>
     <w:rsid w:val="00380760"/>
     <w:rsid w:val="003B0BDC"/>
     <w:rsid w:val="003C3B2F"/>
     <w:rsid w:val="003E070E"/>
     <w:rsid w:val="003E7C51"/>
     <w:rsid w:val="003F553A"/>
     <w:rsid w:val="00402F99"/>
     <w:rsid w:val="00403E80"/>
     <w:rsid w:val="004047ED"/>
     <w:rsid w:val="004057DB"/>
     <w:rsid w:val="00407412"/>
     <w:rsid w:val="00416EAE"/>
     <w:rsid w:val="00417506"/>
     <w:rsid w:val="004439C5"/>
     <w:rsid w:val="00446CEF"/>
     <w:rsid w:val="00447BD9"/>
     <w:rsid w:val="00454941"/>
     <w:rsid w:val="0046015B"/>
     <w:rsid w:val="00470F59"/>
     <w:rsid w:val="0049509C"/>
     <w:rsid w:val="00495299"/>
     <w:rsid w:val="0049760F"/>
     <w:rsid w:val="004B6A1C"/>
     <w:rsid w:val="004B6B0E"/>
     <w:rsid w:val="004C2F36"/>
     <w:rsid w:val="004C4EED"/>
     <w:rsid w:val="004E6977"/>
     <w:rsid w:val="004F3117"/>
     <w:rsid w:val="00503FE7"/>
+    <w:rsid w:val="0051762D"/>
     <w:rsid w:val="00521747"/>
     <w:rsid w:val="00523E09"/>
     <w:rsid w:val="00525E27"/>
     <w:rsid w:val="00526077"/>
     <w:rsid w:val="00527471"/>
     <w:rsid w:val="00532F7C"/>
     <w:rsid w:val="00541CCA"/>
     <w:rsid w:val="005507F5"/>
     <w:rsid w:val="00554561"/>
     <w:rsid w:val="005631E7"/>
     <w:rsid w:val="00565FA9"/>
     <w:rsid w:val="00571034"/>
     <w:rsid w:val="00573291"/>
     <w:rsid w:val="005A303F"/>
     <w:rsid w:val="005A39CF"/>
     <w:rsid w:val="005A7A0B"/>
     <w:rsid w:val="005B2B67"/>
     <w:rsid w:val="005B3B08"/>
+    <w:rsid w:val="005C3271"/>
     <w:rsid w:val="005C7299"/>
     <w:rsid w:val="005C7C3D"/>
     <w:rsid w:val="005E14A6"/>
+    <w:rsid w:val="005E14F2"/>
     <w:rsid w:val="00600A49"/>
     <w:rsid w:val="0060414D"/>
     <w:rsid w:val="00604538"/>
     <w:rsid w:val="00614110"/>
     <w:rsid w:val="00617C91"/>
     <w:rsid w:val="00620A1C"/>
     <w:rsid w:val="0062399A"/>
     <w:rsid w:val="00624BD5"/>
     <w:rsid w:val="006256A1"/>
     <w:rsid w:val="00627CF4"/>
     <w:rsid w:val="006348A3"/>
     <w:rsid w:val="0063533A"/>
     <w:rsid w:val="00637ACD"/>
     <w:rsid w:val="00641BF4"/>
     <w:rsid w:val="00653C80"/>
     <w:rsid w:val="00666080"/>
     <w:rsid w:val="00674585"/>
     <w:rsid w:val="00677AD4"/>
     <w:rsid w:val="0069298C"/>
     <w:rsid w:val="006936EF"/>
     <w:rsid w:val="006940A0"/>
+    <w:rsid w:val="006A364A"/>
     <w:rsid w:val="006B1586"/>
     <w:rsid w:val="006B7D1F"/>
     <w:rsid w:val="006B7F2C"/>
     <w:rsid w:val="006C177D"/>
     <w:rsid w:val="006C1E36"/>
     <w:rsid w:val="006D42DA"/>
     <w:rsid w:val="006D7657"/>
     <w:rsid w:val="006E0F84"/>
     <w:rsid w:val="006E6E68"/>
     <w:rsid w:val="006E7982"/>
     <w:rsid w:val="006F008E"/>
     <w:rsid w:val="00706C2E"/>
     <w:rsid w:val="00716DAE"/>
     <w:rsid w:val="00717567"/>
-    <w:rsid w:val="0072145B"/>
     <w:rsid w:val="007364E9"/>
     <w:rsid w:val="007400B7"/>
     <w:rsid w:val="00740A28"/>
     <w:rsid w:val="0074356E"/>
     <w:rsid w:val="00745428"/>
     <w:rsid w:val="0075523D"/>
     <w:rsid w:val="00762B83"/>
     <w:rsid w:val="00764731"/>
     <w:rsid w:val="00767A9A"/>
     <w:rsid w:val="0078074B"/>
     <w:rsid w:val="00782075"/>
     <w:rsid w:val="0078440E"/>
     <w:rsid w:val="00785C27"/>
     <w:rsid w:val="00785CCF"/>
     <w:rsid w:val="00792900"/>
     <w:rsid w:val="00793AC2"/>
     <w:rsid w:val="00794DF4"/>
     <w:rsid w:val="007A0AD5"/>
     <w:rsid w:val="007A68CB"/>
+    <w:rsid w:val="007A6A15"/>
     <w:rsid w:val="007B24E6"/>
     <w:rsid w:val="007C45F3"/>
     <w:rsid w:val="007F085A"/>
     <w:rsid w:val="007F1CF1"/>
     <w:rsid w:val="007F2BCF"/>
     <w:rsid w:val="007F7278"/>
+    <w:rsid w:val="00804561"/>
     <w:rsid w:val="00806E8B"/>
     <w:rsid w:val="00815903"/>
     <w:rsid w:val="00817D2B"/>
+    <w:rsid w:val="0082129D"/>
     <w:rsid w:val="00824F20"/>
     <w:rsid w:val="00830C5E"/>
     <w:rsid w:val="008330AB"/>
     <w:rsid w:val="00843525"/>
     <w:rsid w:val="00844107"/>
     <w:rsid w:val="00845764"/>
     <w:rsid w:val="0085684A"/>
     <w:rsid w:val="00890F0A"/>
     <w:rsid w:val="00892652"/>
     <w:rsid w:val="00893550"/>
     <w:rsid w:val="008A38C8"/>
     <w:rsid w:val="008A405B"/>
     <w:rsid w:val="008B5CE2"/>
     <w:rsid w:val="008D0C56"/>
     <w:rsid w:val="008F13E8"/>
     <w:rsid w:val="008F4432"/>
     <w:rsid w:val="0090755E"/>
-    <w:rsid w:val="009322A2"/>
     <w:rsid w:val="00934042"/>
     <w:rsid w:val="00941763"/>
     <w:rsid w:val="00944320"/>
     <w:rsid w:val="00962284"/>
     <w:rsid w:val="00972E87"/>
     <w:rsid w:val="00975E23"/>
     <w:rsid w:val="00976FD9"/>
     <w:rsid w:val="00983BD6"/>
     <w:rsid w:val="0099738E"/>
     <w:rsid w:val="009A0567"/>
     <w:rsid w:val="009A0C83"/>
     <w:rsid w:val="009A408A"/>
     <w:rsid w:val="009C0A62"/>
     <w:rsid w:val="009C5CD6"/>
     <w:rsid w:val="009C604B"/>
+    <w:rsid w:val="009D040C"/>
     <w:rsid w:val="009D36DA"/>
     <w:rsid w:val="009E42AC"/>
     <w:rsid w:val="009F109F"/>
+    <w:rsid w:val="009F6572"/>
     <w:rsid w:val="009F768D"/>
     <w:rsid w:val="00A11165"/>
     <w:rsid w:val="00A1172E"/>
     <w:rsid w:val="00A215CE"/>
     <w:rsid w:val="00A23EDB"/>
     <w:rsid w:val="00A3100F"/>
     <w:rsid w:val="00A341EA"/>
     <w:rsid w:val="00A4525B"/>
     <w:rsid w:val="00A47283"/>
     <w:rsid w:val="00A53B47"/>
     <w:rsid w:val="00A63C0E"/>
     <w:rsid w:val="00A63F0B"/>
     <w:rsid w:val="00A73D08"/>
     <w:rsid w:val="00A74733"/>
     <w:rsid w:val="00A82FA2"/>
+    <w:rsid w:val="00A861EC"/>
     <w:rsid w:val="00AA6A08"/>
     <w:rsid w:val="00AA6A17"/>
     <w:rsid w:val="00AB0031"/>
     <w:rsid w:val="00AB1080"/>
     <w:rsid w:val="00AB34B8"/>
     <w:rsid w:val="00AB38D4"/>
     <w:rsid w:val="00AB5B48"/>
     <w:rsid w:val="00AB7E47"/>
     <w:rsid w:val="00AC142D"/>
     <w:rsid w:val="00AC3D2E"/>
     <w:rsid w:val="00AC5F43"/>
     <w:rsid w:val="00AF2280"/>
     <w:rsid w:val="00AF4A3E"/>
     <w:rsid w:val="00B07E2E"/>
     <w:rsid w:val="00B1308F"/>
     <w:rsid w:val="00B25A40"/>
     <w:rsid w:val="00B32864"/>
     <w:rsid w:val="00B34B6E"/>
     <w:rsid w:val="00B36A19"/>
     <w:rsid w:val="00B42DBF"/>
     <w:rsid w:val="00B43F0C"/>
     <w:rsid w:val="00B50A5A"/>
     <w:rsid w:val="00B53E01"/>
     <w:rsid w:val="00B56D81"/>
     <w:rsid w:val="00B749B8"/>
     <w:rsid w:val="00B86D18"/>
     <w:rsid w:val="00B95D76"/>
     <w:rsid w:val="00BA15CD"/>
     <w:rsid w:val="00BA355F"/>
     <w:rsid w:val="00BA79C1"/>
     <w:rsid w:val="00BA7F82"/>
     <w:rsid w:val="00BB0063"/>
     <w:rsid w:val="00BB1DFC"/>
     <w:rsid w:val="00BB364F"/>
     <w:rsid w:val="00BC56BC"/>
     <w:rsid w:val="00BC72FC"/>
     <w:rsid w:val="00BD1D94"/>
     <w:rsid w:val="00BD1E20"/>
-    <w:rsid w:val="00BD7BB6"/>
     <w:rsid w:val="00BE6A95"/>
     <w:rsid w:val="00BF584F"/>
     <w:rsid w:val="00C0434A"/>
     <w:rsid w:val="00C0435F"/>
     <w:rsid w:val="00C06E95"/>
     <w:rsid w:val="00C12BDB"/>
+    <w:rsid w:val="00C32701"/>
     <w:rsid w:val="00C36922"/>
     <w:rsid w:val="00C4385E"/>
     <w:rsid w:val="00C440CC"/>
     <w:rsid w:val="00C45620"/>
     <w:rsid w:val="00C4576F"/>
     <w:rsid w:val="00C46F37"/>
     <w:rsid w:val="00C478C0"/>
     <w:rsid w:val="00C5019A"/>
     <w:rsid w:val="00C52531"/>
     <w:rsid w:val="00C668D8"/>
     <w:rsid w:val="00C70BBE"/>
     <w:rsid w:val="00C7237E"/>
     <w:rsid w:val="00C7464F"/>
     <w:rsid w:val="00C74BD3"/>
     <w:rsid w:val="00C80850"/>
     <w:rsid w:val="00C81168"/>
     <w:rsid w:val="00C81896"/>
     <w:rsid w:val="00C83A03"/>
     <w:rsid w:val="00C8575D"/>
     <w:rsid w:val="00C85B75"/>
-    <w:rsid w:val="00C92FE5"/>
     <w:rsid w:val="00C9588F"/>
     <w:rsid w:val="00C974E3"/>
     <w:rsid w:val="00CA43DD"/>
     <w:rsid w:val="00CA4D1F"/>
     <w:rsid w:val="00CB27ED"/>
     <w:rsid w:val="00CB3568"/>
     <w:rsid w:val="00CB46AF"/>
     <w:rsid w:val="00CB5EB5"/>
+    <w:rsid w:val="00CC1378"/>
     <w:rsid w:val="00CC38F2"/>
     <w:rsid w:val="00CC4DFB"/>
     <w:rsid w:val="00CC5F95"/>
     <w:rsid w:val="00CC6D8C"/>
     <w:rsid w:val="00CD2FC2"/>
     <w:rsid w:val="00CD7EBB"/>
     <w:rsid w:val="00CE0696"/>
     <w:rsid w:val="00D004EB"/>
     <w:rsid w:val="00D06963"/>
     <w:rsid w:val="00D07371"/>
     <w:rsid w:val="00D120ED"/>
     <w:rsid w:val="00D15E37"/>
     <w:rsid w:val="00D20231"/>
     <w:rsid w:val="00D20B6E"/>
     <w:rsid w:val="00D2233C"/>
     <w:rsid w:val="00D32279"/>
     <w:rsid w:val="00D3286E"/>
     <w:rsid w:val="00D34806"/>
     <w:rsid w:val="00D3777B"/>
     <w:rsid w:val="00D43CDD"/>
     <w:rsid w:val="00D53209"/>
     <w:rsid w:val="00D630DC"/>
     <w:rsid w:val="00D8303F"/>
     <w:rsid w:val="00D85F75"/>
     <w:rsid w:val="00D86B35"/>
     <w:rsid w:val="00D927FE"/>
     <w:rsid w:val="00D930F2"/>
     <w:rsid w:val="00D9392A"/>
     <w:rsid w:val="00D97DA3"/>
     <w:rsid w:val="00DA314D"/>
     <w:rsid w:val="00DB21E8"/>
     <w:rsid w:val="00DB44EF"/>
+    <w:rsid w:val="00DB64AB"/>
     <w:rsid w:val="00DB6A4C"/>
     <w:rsid w:val="00DD04C0"/>
     <w:rsid w:val="00DD51CD"/>
     <w:rsid w:val="00DD7201"/>
     <w:rsid w:val="00DE112E"/>
     <w:rsid w:val="00DE47D2"/>
     <w:rsid w:val="00DE4C9E"/>
     <w:rsid w:val="00DF2BD8"/>
     <w:rsid w:val="00DF5E46"/>
     <w:rsid w:val="00DF7D21"/>
+    <w:rsid w:val="00E01101"/>
     <w:rsid w:val="00E01E87"/>
     <w:rsid w:val="00E170C3"/>
     <w:rsid w:val="00E20880"/>
     <w:rsid w:val="00E354EA"/>
     <w:rsid w:val="00E46950"/>
     <w:rsid w:val="00E47235"/>
     <w:rsid w:val="00E51B29"/>
     <w:rsid w:val="00E52765"/>
     <w:rsid w:val="00E62C4A"/>
     <w:rsid w:val="00E64C6E"/>
     <w:rsid w:val="00E85098"/>
     <w:rsid w:val="00E86C96"/>
-    <w:rsid w:val="00E91F0A"/>
     <w:rsid w:val="00E9403B"/>
     <w:rsid w:val="00E97684"/>
     <w:rsid w:val="00EA18C5"/>
     <w:rsid w:val="00EC1D69"/>
     <w:rsid w:val="00EC1FBF"/>
     <w:rsid w:val="00EC3574"/>
     <w:rsid w:val="00ED699D"/>
     <w:rsid w:val="00EF20EE"/>
     <w:rsid w:val="00EF618C"/>
     <w:rsid w:val="00F0182B"/>
     <w:rsid w:val="00F025AC"/>
     <w:rsid w:val="00F03D2F"/>
     <w:rsid w:val="00F056E4"/>
     <w:rsid w:val="00F0602E"/>
     <w:rsid w:val="00F06E11"/>
     <w:rsid w:val="00F1181D"/>
     <w:rsid w:val="00F11A7D"/>
     <w:rsid w:val="00F2736D"/>
     <w:rsid w:val="00F326A7"/>
     <w:rsid w:val="00F602D3"/>
     <w:rsid w:val="00F613EE"/>
     <w:rsid w:val="00F70C9B"/>
     <w:rsid w:val="00F717D4"/>
     <w:rsid w:val="00F80AA7"/>
     <w:rsid w:val="00F855C4"/>
     <w:rsid w:val="00F90EB0"/>
     <w:rsid w:val="00FA102D"/>
     <w:rsid w:val="00FB4F38"/>
     <w:rsid w:val="00FC1001"/>
     <w:rsid w:val="00FD123B"/>
     <w:rsid w:val="00FE1842"/>
     <w:rsid w:val="00FE73EA"/>
     <w:rsid w:val="00FF16FB"/>
+    <w:rsid w:val="00FF29BD"/>
     <w:rsid w:val="00FF4A56"/>
     <w:rsid w:val="00FF4B3D"/>
     <w:rsid w:val="00FF66A1"/>
     <w:rsid w:val="00FF6CA8"/>
     <w:rsid w:val="00FF72FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="266BB4FF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B13FEA0F-2420-4570-9982-86C86D20158B}"/>
+  <w15:docId w15:val="{3C526429-41A0-412E-9A8D-3353A0303B19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -9921,84 +9643,84 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00892652"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:rsid w:val="006C177D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009322A2"/>
+    <w:rsid w:val="00255C6C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009322A2"/>
+    <w:rsid w:val="001970C1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="74087432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1641956524">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -10121,51 +9843,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145417350">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-prep-program" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-prep-program" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctc.ca.gov/educator-prep/stds-preconditions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10423,86 +10145,414 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4c3acd45-541a-447d-b100-853e2f4c1c0f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9803f46a-11bf-48f7-81fb-4a99cde79948">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8A00C9505E3AF44BEE2BA095A360824" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d249522de5cc627ce499aee48ddf3363">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9803f46a-11bf-48f7-81fb-4a99cde79948" xmlns:ns3="4c3acd45-541a-447d-b100-853e2f4c1c0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="794f7c890aba9d3811c59a74e42fc8ee" ns2:_="" ns3:_="">
+    <xsd:import namespace="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
+    <xsd:import namespace="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9803f46a-11bf-48f7-81fb-4a99cde79948" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0184ffdf-fc1b-4c9a-9cb0-b65f1b3232d2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4c3acd45-541a-447d-b100-853e2f4c1c0f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{77f5de3c-9c19-4678-bc4e-050f2cac73b4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4c3acd45-541a-447d-b100-853e2f4c1c0f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C78BDB36-8845-4B99-BB7E-0E67EC6D56BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
+    <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{536DAEDE-2BA7-4D55-8A06-DBB0F08A51E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{890035DF-903D-48E7-A46E-676F4301A41E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9803f46a-11bf-48f7-81fb-4a99cde79948"/>
+    <ds:schemaRef ds:uri="4c3acd45-541a-447d-b100-853e2f4c1c0f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD48F4A-67C2-4DC2-BDC6-F9355C601571}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{78276a93-cafd-4970-81b5-4e5074e42910}" enabled="0" method="" siteId="{78276a93-cafd-4970-81b5-4e5074e42910}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17501</Characters>
+  <Pages>11</Pages>
+  <Words>2717</Words>
+  <Characters>15489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>129</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Adult Education Preconditions and Program Standards</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20254</CharactersWithSpaces>
+  <CharactersWithSpaces>18170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Adult Education Preconditions and Program Standards</dc:title>
   <dc:subject/>
   <dc:creator>JBirdsell</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B8A00C9505E3AF44BEE2BA095A360824</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>