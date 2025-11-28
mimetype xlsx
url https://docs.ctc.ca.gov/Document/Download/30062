--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -7,166 +7,157 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://calctc.sharepoint.com/sites/DataDashboards/Shared Documents/Data Dashboards/Surveys/Download Files/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://calctc.sharepoint.com/sites/DataDashboards/Shared Documents/Data Dashboards/Surveys/4.Statewide Download Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="280" documentId="13_ncr:1_{105A2768-411F-43E1-881C-D03501DF32B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AC0E0CFB-B55C-4281-AD30-2E0C2CABD711}"/>
+  <xr:revisionPtr revIDLastSave="289" documentId="13_ncr:1_{105A2768-411F-43E1-881C-D03501DF32B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{06982C5B-DF17-4B21-9279-42C1D28C3647}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8F27186D-2222-47DB-9F3A-A86104839360}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8F27186D-2222-47DB-9F3A-A86104839360}"/>
   </bookViews>
   <sheets>
     <sheet name="Response Rates" sheetId="1" r:id="rId1"/>
     <sheet name="Response Rates by Segment" sheetId="3" r:id="rId2"/>
     <sheet name="Survey Results" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6502" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6348" uniqueCount="162">
   <si>
     <t>Survey</t>
   </si>
   <si>
     <t>Student Teacher Credential Program</t>
   </si>
   <si>
     <t>Academic Year</t>
   </si>
   <si>
     <t>Number of Survey Responses</t>
   </si>
   <si>
     <t>Education Specialist</t>
   </si>
   <si>
     <t>Multiple Subject</t>
   </si>
   <si>
     <t>Single Subject</t>
   </si>
   <si>
     <t>Survey Section</t>
   </si>
   <si>
     <t>Question</t>
   </si>
   <si>
     <t>Question Number</t>
   </si>
   <si>
     <t>Total Question Respondents</t>
   </si>
   <si>
     <t>Mean</t>
   </si>
   <si>
     <t>Standard Deviation</t>
   </si>
   <si>
     <t>Response</t>
   </si>
   <si>
     <t>Number of Responses</t>
   </si>
   <si>
     <t>Percent of Total Responses</t>
   </si>
   <si>
-    <t>Q01</t>
-[...1 lines deleted...]
-  <si>
     <t>21 or more</t>
   </si>
   <si>
     <t>How many new teachers from the institution you identified have you worked with over the past 5 years?</t>
   </si>
   <si>
     <t>Q02</t>
   </si>
   <si>
     <t>5 or more</t>
   </si>
   <si>
     <t>Q17</t>
   </si>
   <si>
     <t>I offered when my administrator asked for volunteers</t>
   </si>
   <si>
     <t>My site administrator selected me</t>
   </si>
   <si>
     <t>Q18</t>
   </si>
   <si>
     <t>1 - Not at all supported</t>
   </si>
   <si>
     <t>2 - Somewhat clear</t>
   </si>
   <si>
     <t>3 - Clear</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q19</t>
   </si>
   <si>
     <t>2 - Somewhat supported</t>
   </si>
   <si>
     <t>3 - Adequately supported</t>
   </si>
   <si>
     <t>4 - Very well supported</t>
   </si>
   <si>
     <t>How often did the preparation program faculty or supervisor observe your student teacher and provide feedback?</t>
   </si>
   <si>
     <t>Q20</t>
   </si>
   <si>
     <t>3-5 times</t>
   </si>
   <si>
     <t>6-10 times</t>
   </si>
   <si>
     <t>11-15 times</t>
   </si>
@@ -194,318 +185,210 @@
   <si>
     <t>3 - Sufficient</t>
   </si>
   <si>
     <t>Connect classroom learning to the real world</t>
   </si>
   <si>
     <t>1 - Not at all</t>
   </si>
   <si>
     <t>2 - Poorly</t>
   </si>
   <si>
     <t>3 - Adequately</t>
   </si>
   <si>
     <t>4 - Well</t>
   </si>
   <si>
     <t>5 - Very well</t>
   </si>
   <si>
     <t>Engage students in inquiry, problem solving, and reflection to promote their critical thinking</t>
   </si>
   <si>
-    <t>Q04</t>
-[...1 lines deleted...]
-  <si>
     <t>Meet the instructional needs of English learners</t>
   </si>
   <si>
-    <t>Q05</t>
-[...1 lines deleted...]
-  <si>
     <t>Identify and address special learning needs with appropriate teaching strategies</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q06</t>
   </si>
   <si>
     <t>2 - Creating and Maintaining Effective Environments for Student Learning</t>
   </si>
   <si>
     <t>Establish and maintain a safe and respectful learning environment for all students</t>
   </si>
   <si>
-    <t>Q07</t>
-[...1 lines deleted...]
-  <si>
     <t>Create a productive learning environment with high expectations for all students</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q08</t>
   </si>
   <si>
     <t>3 - Understanding and Organizing Subject Matter for Student Learning</t>
   </si>
   <si>
     <t>Use effective instructional strategies to teach specific subject matter and skills</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q09</t>
   </si>
   <si>
     <t>Select, adapt, and develop materials, resources, and technologies to make subject matter accessible to all students</t>
   </si>
   <si>
     <t>Q10</t>
   </si>
   <si>
     <t>4 - Planning Instruction and Designing Learning Experiences for All Students</t>
   </si>
   <si>
     <t>Plan instruction based on students' prior knowledge, academic readiness, language proficiency, cultural background, and individual development</t>
   </si>
   <si>
     <t>Q11</t>
   </si>
   <si>
     <t>Plan and adapt instruction that incorporates appropriate strategies, resources and technologies to meet the learning needs of all students</t>
   </si>
   <si>
     <t>Q12</t>
   </si>
   <si>
     <t>5 - Assessing Students for Learning</t>
   </si>
   <si>
     <t>Involve all students in self-assessment, goal setting, and monitoring progress</t>
   </si>
   <si>
     <t>Q13</t>
   </si>
   <si>
     <t>Give productive feedback to students to guide their learning</t>
   </si>
   <si>
     <t>Q14</t>
   </si>
   <si>
     <t>6 - Developing as a Professional Educator</t>
   </si>
   <si>
     <t>Evaluate the effects of actions on student learning and modify plans accordingly</t>
   </si>
   <si>
     <t>Q15</t>
   </si>
   <si>
     <t>Work with colleagues to improve instruction</t>
   </si>
   <si>
-    <t>Q16</t>
-[...1 lines deleted...]
-  <si>
     <t>7 - Student Teacher Credential Program</t>
-  </si>
-[...1 lines deleted...]
-    <t>What credential was your student teacher completing?</t>
   </si>
   <si>
     <t>Q22</t>
   </si>
   <si>
     <t>7 - Student Teacher Credential Program: Education Specialist</t>
   </si>
   <si>
-    <t>Q36</t>
-[...1 lines deleted...]
-  <si>
     <t>No</t>
   </si>
   <si>
-    <t>Yes, Education Specialist student teacher</t>
-[...1 lines deleted...]
-  <si>
     <t>Overall, how effective do you believe the teacher preparation program was in assisting your student teacher to develop the skills and tools to be an effective teacher?</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q37</t>
   </si>
   <si>
     <t>1 - Not at all effective</t>
   </si>
   <si>
     <t>2 - Somewhat effective</t>
   </si>
   <si>
     <t>3 - Effective</t>
   </si>
   <si>
     <t>4 - Very effective</t>
   </si>
   <si>
     <t>7 - Student Teacher Credential Program: Multiple Subject</t>
   </si>
   <si>
     <t>English Literacy &amp; Language Arts</t>
   </si>
   <si>
-    <t>Q23</t>
-[...1 lines deleted...]
-  <si>
     <t>Mathematics</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q24</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
-    <t>Q25</t>
-[...22 lines deleted...]
-  <si>
     <t>7 - Student Teacher Credential Program: Single Subject</t>
-  </si>
-[...7 lines deleted...]
-    <t>Yes, an Education Specialist candidate</t>
   </si>
   <si>
     <t>Teach his or her content area according to California academic content standards</t>
   </si>
   <si>
-    <t>Q31</t>
-[...1 lines deleted...]
-  <si>
     <t>Contribute to students' reading skills including comprehension in the content area</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q32</t>
   </si>
   <si>
     <t>Enable students to acquire subject matter skills that contribute to future success in life, college, and career</t>
   </si>
   <si>
-    <t>Q33</t>
-[...1 lines deleted...]
-  <si>
     <t>Anticipate and address the needs of students who are at risk of dropping out</t>
   </si>
   <si>
-    <t>Q34</t>
-[...10 lines deleted...]
-  <si>
     <t>California State University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Private college or university</t>
   </si>
   <si>
     <t>University of California</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Number of Survey Respondents</t>
   </si>
   <si>
-    <t>University Of California</t>
-[...1 lines deleted...]
-  <si>
     <t>Private/Independent Institution</t>
   </si>
   <si>
     <t>Percent of Survey Respondents</t>
-  </si>
-[...1 lines deleted...]
-    <t>2019-20</t>
   </si>
   <si>
     <t>Feedback on the Preliminary Preparation Program</t>
   </si>
   <si>
     <t>1 - Engaging and Supporting All Students in Learning</t>
   </si>
   <si>
     <t>General Information</t>
   </si>
   <si>
     <t>Student Teacher Information</t>
   </si>
   <si>
     <t>No Segment</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>Survey Subsection</t>
-  </si>
-[...4 lines deleted...]
-    <t>Did you also host a student teacher working toward a Single Subject or Education Specialist teaching credential</t>
   </si>
   <si>
     <t>Q04a</t>
   </si>
   <si>
     <t>Q04b</t>
   </si>
   <si>
     <t>Q04c</t>
   </si>
   <si>
     <t>Q04d</t>
   </si>
   <si>
     <t>Q05a</t>
   </si>
   <si>
     <t>Q05b</t>
   </si>
   <si>
     <t>Q06a</t>
   </si>
   <si>
     <t>Q06b</t>
   </si>
@@ -587,114 +470,99 @@
   <si>
     <t>Q19c</t>
   </si>
   <si>
     <t>Q19d</t>
   </si>
   <si>
     <t>Statewide Mentor Teacher Survey Response Rates</t>
   </si>
   <si>
     <t>Percent of Mentor Teacher Total Responses</t>
   </si>
   <si>
     <t>Mentor Teacher</t>
   </si>
   <si>
     <t>Statewide Mentor Teacher Survey Response Rates by Segment</t>
   </si>
   <si>
     <t>Statewide Mentor Teacher Survey Results</t>
   </si>
   <si>
     <t>8 - Mentor Teacher Experience and Program</t>
   </si>
   <si>
-    <t>How many years have you served as a mentor teacher?</t>
-[...4 lines deleted...]
-  <si>
     <t>Which of these were involved when you were initially selected as a mentor teacher for this institution?  Check all that apply.</t>
   </si>
   <si>
     <t>How clear were your responsibilities as a mentor teacher?</t>
   </si>
   <si>
     <t>Which of these best describes the degree to which you felt supported by the program in your role as a mentor teacher?</t>
   </si>
   <si>
     <t>How many years have you served as a mentor teacher?</t>
   </si>
   <si>
     <t>I applied to be a mentor teacher</t>
   </si>
   <si>
     <t>I was observed by the institution prior to selection as a mentor teacher</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>Number of Mentor Teachers</t>
   </si>
   <si>
     <t>Did you work with a student teacher who was completing the Multiple Subject credential?</t>
   </si>
   <si>
     <t>Did you work with a student teacher who was completing the Single Subject credential?</t>
   </si>
   <si>
     <t>Did you work with a student teacher who was completing the Education Specialist credential?</t>
   </si>
   <si>
     <t>Teach his, her or their content area according to California academic content standards</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>Local Education Agency</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
-    <t>Other (please specify)</t>
+    <t>2024-25</t>
   </si>
   <si>
-    <t>Q15_RR</t>
-[...8 lines deleted...]
-    <t>no data</t>
+    <t>No data</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -736,218 +604,220 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
-  <dxfs count="9">
+  <dxfs count="10">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.0%"/>
+    </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="0.0%"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
+      <numFmt numFmtId="164" formatCode="0.0%"/>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-[...17 lines deleted...]
-      <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-    </dxf>
-[...1 lines deleted...]
-      <numFmt numFmtId="164" formatCode="0.0%"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="3" formatCode="#,##0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B78D6CC4-11D3-4D92-AE99-EE4DBC80EA85}" name="Rates" displayName="Rates" ref="A2:F17" totalsRowShown="0" headerRowDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B78D6CC4-11D3-4D92-AE99-EE4DBC80EA85}" name="Rates" displayName="Rates" ref="A2:F17" totalsRowShown="0" headerRowDxfId="9">
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{30513920-0FF3-4FC0-AD69-B0171B22F3CE}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{1AB441A1-D219-4F34-BB0B-A68930009AC1}" name="Student Teacher Credential Program"/>
     <tableColumn id="3" xr3:uid="{8542FAB9-AAF3-4F6A-8967-368E32B7C0C0}" name="Academic Year"/>
-    <tableColumn id="4" xr3:uid="{FDDF567B-F213-4839-91CC-CE401115F434}" name="Number of Mentor Teachers"/>
-[...1 lines deleted...]
-    <tableColumn id="6" xr3:uid="{39CBB1A2-2E3B-49D4-852E-8B77E680F86C}" name="Percent of Mentor Teacher Total Responses" dataDxfId="6" dataCellStyle="Percent"/>
+    <tableColumn id="4" xr3:uid="{FDDF567B-F213-4839-91CC-CE401115F434}" name="Number of Mentor Teachers" dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{8C97B951-467C-485E-8E43-1FF22DB7C750}" name="Number of Survey Responses" dataDxfId="8"/>
+    <tableColumn id="6" xr3:uid="{39CBB1A2-2E3B-49D4-852E-8B77E680F86C}" name="Percent of Mentor Teacher Total Responses" dataDxfId="1" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{FB7EDF8C-A428-46FE-8B52-81B82A1F9281}" name="Segment" displayName="Segment" ref="A2:E21" totalsRowShown="0" headerRowDxfId="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{FB7EDF8C-A428-46FE-8B52-81B82A1F9281}" name="Segment" displayName="Segment" ref="A2:E21" totalsRowShown="0" headerRowDxfId="7">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{9D5958AC-EC8A-46CA-B14A-42B521DF94D7}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{98D46CB1-BE0B-4B5C-A4C2-D5BF3FB08F2E}" name="Academic Year"/>
     <tableColumn id="3" xr3:uid="{1C6CE74A-39CE-4297-B3A8-354D1EAB13D5}" name="Segment"/>
     <tableColumn id="4" xr3:uid="{843590F0-6475-4FA6-BD2C-696359B39B7B}" name="Number of Survey Respondents"/>
-    <tableColumn id="5" xr3:uid="{BEA1C881-43A4-42F6-A9B0-94868FEF942A}" name="Percent of Survey Respondents" dataDxfId="4" dataCellStyle="Percent"/>
+    <tableColumn id="5" xr3:uid="{BEA1C881-43A4-42F6-A9B0-94868FEF942A}" name="Percent of Survey Respondents" dataDxfId="0" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{D2D921AF-D802-4340-8888-3207AC7E69D7}" name="Results" displayName="Results" ref="A2:L874" totalsRowShown="0" headerRowDxfId="3">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{D2D921AF-D802-4340-8888-3207AC7E69D7}" name="Results" displayName="Results" ref="A2:L857" totalsRowShown="0" headerRowDxfId="6">
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{6D37DC54-D37D-42B2-A476-5B3769B51C96}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{6220A203-44E3-4CFC-80FB-540346734AA8}" name="Academic Year"/>
     <tableColumn id="3" xr3:uid="{CA82621F-F043-4609-8293-8EE0D0B3B8FD}" name="Survey Section"/>
     <tableColumn id="4" xr3:uid="{C429DDA2-974E-4254-AD8B-BDC53BEEB2B6}" name="Survey Subsection"/>
     <tableColumn id="5" xr3:uid="{F0D4131A-B896-4873-9DF9-0BB931EDDBE3}" name="Question Number"/>
     <tableColumn id="6" xr3:uid="{FDD22806-AC5A-4D55-ADE3-2BF76B2B4429}" name="Question"/>
-    <tableColumn id="7" xr3:uid="{0EC93542-C854-4032-9318-9D7D62B3916F}" name="Total Question Respondents" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{0EC93542-C854-4032-9318-9D7D62B3916F}" name="Total Question Respondents" dataDxfId="5"/>
     <tableColumn id="8" xr3:uid="{56FF7727-D7B7-48B3-A3D2-021594CCED9B}" name="Mean"/>
     <tableColumn id="9" xr3:uid="{E9FFBDCF-A998-4BB4-BA24-96A57E30D7C9}" name="Standard Deviation"/>
-    <tableColumn id="10" xr3:uid="{D93DA9B8-9B22-487A-AA0E-85A1349655EB}" name="Response" dataDxfId="2"/>
+    <tableColumn id="10" xr3:uid="{D93DA9B8-9B22-487A-AA0E-85A1349655EB}" name="Response" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{2DFAB09F-5505-469D-AF05-BB730661D2A0}" name="Number of Responses"/>
-    <tableColumn id="12" xr3:uid="{79FA65D9-A4DF-4ECA-9524-EAFE527EF493}" name="Percent of Total Responses" dataDxfId="0" dataCellStyle="Percent"/>
+    <tableColumn id="12" xr3:uid="{79FA65D9-A4DF-4ECA-9524-EAFE527EF493}" name="Percent of Total Responses" dataDxfId="3" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1234,33999 +1104,33333 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5CFA6135-552F-486B-A640-9627EA7BA4BB}">
   <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
     <col min="4" max="4" width="27.7109375" customWidth="1"/>
     <col min="5" max="5" width="29" customWidth="1"/>
     <col min="6" max="6" width="41.140625" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
-        <v>178</v>
+        <v>139</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>193</v>
+        <v>152</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>179</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>102</v>
+      </c>
+      <c r="D3" s="2">
+        <v>3130</v>
+      </c>
+      <c r="E3">
+        <v>120</v>
       </c>
       <c r="F3" s="3">
-        <v>6.7000000000000004E-2</v>
+        <v>3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>696</v>
+        <v>102</v>
+      </c>
+      <c r="D4" s="2">
+        <v>7651</v>
+      </c>
+      <c r="E4">
+        <v>464</v>
       </c>
       <c r="F4" s="3">
-        <v>0.127</v>
+        <v>6.0999999999999999E-2</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>555</v>
+        <v>102</v>
+      </c>
+      <c r="D5" s="2">
+        <v>5964</v>
+      </c>
+      <c r="E5">
+        <v>435</v>
       </c>
       <c r="F5" s="3">
-        <v>0.11700000000000001</v>
+        <v>7.2999999999999995E-2</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B6" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D6" s="2">
+        <v>3361</v>
+      </c>
+      <c r="E6">
+        <v>192</v>
       </c>
       <c r="F6" s="3">
-        <v>3.7999999999999999E-2</v>
+        <v>5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B7" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...6 lines deleted...]
-        <v>464</v>
+      <c r="C7" t="s">
+        <v>151</v>
+      </c>
+      <c r="D7" s="2">
+        <v>6005</v>
+      </c>
+      <c r="E7">
+        <v>560</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0999999999999999E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="2" t="s">
-[...6 lines deleted...]
-        <v>435</v>
+      <c r="C8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D8" s="2">
+        <v>5307</v>
+      </c>
+      <c r="E8">
+        <v>523</v>
       </c>
       <c r="F8" s="3">
-        <v>7.2999999999999995E-2</v>
+        <v>9.9000000000000005E-2</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>192</v>
+        <v>157</v>
+      </c>
+      <c r="D9" s="2">
+        <v>2367</v>
+      </c>
+      <c r="E9">
+        <v>233</v>
       </c>
       <c r="F9" s="3">
-        <v>5.7000000000000002E-2</v>
+        <v>9.8000000000000004E-2</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B10" t="s">
         <v>5</v>
       </c>
       <c r="C10" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>560</v>
+        <v>157</v>
+      </c>
+      <c r="D10" s="2">
+        <v>6732</v>
+      </c>
+      <c r="E10">
+        <v>752</v>
       </c>
       <c r="F10" s="3">
-        <v>9.2999999999999999E-2</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>523</v>
+        <v>157</v>
+      </c>
+      <c r="D11" s="2">
+        <v>5363</v>
+      </c>
+      <c r="E11">
+        <v>737</v>
       </c>
       <c r="F11" s="3">
-        <v>9.9000000000000005E-2</v>
+        <v>0.13700000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>233</v>
+        <v>159</v>
+      </c>
+      <c r="D12" s="2">
+        <v>2098</v>
+      </c>
+      <c r="E12">
+        <v>194</v>
       </c>
       <c r="F12" s="3">
-        <v>9.8436839881706803E-2</v>
+        <v>9.1999999999999998E-2</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B13" t="s">
         <v>5</v>
       </c>
       <c r="C13" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>752</v>
+        <v>159</v>
+      </c>
+      <c r="D13" s="2">
+        <v>5690</v>
+      </c>
+      <c r="E13">
+        <v>855</v>
       </c>
       <c r="F13" s="3">
-        <v>0.11170528817587641</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>737</v>
+        <v>159</v>
+      </c>
+      <c r="D14" s="2">
+        <v>4712</v>
+      </c>
+      <c r="E14">
+        <v>616</v>
       </c>
       <c r="F14" s="3">
-        <v>0.13742308409472309</v>
+        <v>0.13100000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>160</v>
+      </c>
+      <c r="D15" s="2">
+        <v>2430</v>
+      </c>
+      <c r="E15">
+        <v>183</v>
       </c>
       <c r="F15" s="3">
-        <v>9.1999999999999998E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B16" t="s">
         <v>5</v>
       </c>
       <c r="C16" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>855</v>
+        <v>160</v>
+      </c>
+      <c r="D16" s="2">
+        <v>6003</v>
+      </c>
+      <c r="E16">
+        <v>717</v>
       </c>
       <c r="F16" s="3">
-        <v>0.15</v>
+        <v>0.11899999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>616</v>
+        <v>160</v>
+      </c>
+      <c r="D17" s="2">
+        <v>4849</v>
+      </c>
+      <c r="E17">
+        <v>535</v>
       </c>
       <c r="F17" s="3">
-        <v>0.13100000000000001</v>
+        <v>0.11</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1110742-FD9A-48F9-9E4C-1934A233A2D7}">
   <dimension ref="A1:E21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
-        <v>181</v>
+        <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>129</v>
+        <v>94</v>
       </c>
       <c r="E2" s="6" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="D3">
-        <v>694</v>
+        <v>462</v>
       </c>
       <c r="E3" s="3">
-        <v>0.45400000000000001</v>
+        <v>0.45900000000000002</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B4" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C4" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D4">
-        <v>282</v>
+        <v>222</v>
       </c>
       <c r="E4" s="3">
-        <v>0.185</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B5" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="D5">
-        <v>513</v>
+        <v>315</v>
       </c>
       <c r="E5" s="3">
-        <v>0.33600000000000002</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B6" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>138</v>
+        <v>101</v>
       </c>
       <c r="D6">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E6" s="3">
-        <v>2.5999999999999999E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B7" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C7" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="D7">
-        <v>462</v>
+        <v>647</v>
       </c>
       <c r="E7" s="3">
-        <v>0.45900000000000002</v>
+        <v>0.52800000000000002</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C8" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D8">
-        <v>222</v>
+        <v>33</v>
       </c>
       <c r="E8" s="3">
-        <v>0.22</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B9" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C9" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="D9">
-        <v>315</v>
+        <v>545</v>
       </c>
       <c r="E9" s="3">
-        <v>0.313</v>
+        <v>0.44500000000000001</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B10" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C10" t="s">
-        <v>138</v>
+        <v>91</v>
       </c>
       <c r="D10">
-        <v>8</v>
+        <v>848</v>
       </c>
       <c r="E10" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.51400000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B11" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>92</v>
       </c>
       <c r="D11">
-        <v>647</v>
+        <v>133</v>
       </c>
       <c r="E11" s="3">
-        <v>0.52800000000000002</v>
+        <v>8.1000000000000003E-2</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B12" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C12" t="s">
-        <v>130</v>
+        <v>95</v>
       </c>
       <c r="D12">
-        <v>33</v>
+        <v>660</v>
       </c>
       <c r="E12" s="3">
-        <v>2.7E-2</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B13" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="D13">
-        <v>545</v>
+        <v>8</v>
       </c>
       <c r="E13" s="3">
-        <v>0.44500000000000001</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B14" t="s">
-        <v>198</v>
+        <v>157</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="D14">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>0.51400000000000001</v>
+        <v>1</v>
+      </c>
+      <c r="E14" s="3">
+        <v>1E-3</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B15" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>91</v>
       </c>
       <c r="D15">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>8.1000000000000003E-2</v>
+        <v>874</v>
+      </c>
+      <c r="E15" s="3">
+        <v>0.54700000000000004</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B16" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D16">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>0.4</v>
+        <v>146</v>
+      </c>
+      <c r="E16" s="3">
+        <v>9.0999999999999998E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C17" t="s">
-        <v>199</v>
+        <v>95</v>
       </c>
       <c r="D17">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>5.0000000000000001E-3</v>
+        <v>578</v>
+      </c>
+      <c r="E17" s="3">
+        <v>0.36199999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>91</v>
       </c>
       <c r="D18">
-        <v>1</v>
+        <v>608</v>
       </c>
       <c r="E18" s="3">
-        <v>1E-3</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C19" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>92</v>
+      </c>
+      <c r="D19">
+        <v>65</v>
       </c>
       <c r="E19" s="3">
-        <v>0.54700000000000004</v>
+        <v>4.7E-2</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>95</v>
       </c>
       <c r="D20">
-        <v>146</v>
+        <v>721</v>
       </c>
       <c r="E20" s="3">
-        <v>9.0999999999999998E-2</v>
+        <v>0.51700000000000002</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C21" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>101</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
       </c>
       <c r="E21" s="3">
-        <v>0.36199999999999999</v>
+        <v>1E-3</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDBF8591-20E9-4F50-A878-DCF5BD2A7509}">
-  <dimension ref="A1:L874"/>
+  <dimension ref="A1:L857"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" customWidth="1"/>
     <col min="5" max="5" width="11.28515625" customWidth="1"/>
     <col min="6" max="6" width="63.28515625" customWidth="1"/>
     <col min="7" max="7" width="28.140625" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="11.7109375" style="5" customWidth="1"/>
     <col min="11" max="11" width="22.5703125" customWidth="1"/>
     <col min="12" max="12" width="27" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
-        <v>182</v>
+        <v>143</v>
       </c>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="K1" s="8"/>
-      <c r="L1" s="11"/>
+      <c r="L1" s="10"/>
     </row>
     <row r="2" spans="1:12" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="4" t="s">
         <v>13</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D3" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E3" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>43</v>
+      </c>
+      <c r="G3">
+        <v>988</v>
       </c>
       <c r="H3">
-        <v>4.18</v>
+        <v>4.16</v>
       </c>
       <c r="I3">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="J3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L3" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B4" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C4" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D4" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F4" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>43</v>
+      </c>
+      <c r="G4">
+        <v>988</v>
       </c>
       <c r="H4">
-        <v>4.18</v>
+        <v>4.16</v>
       </c>
       <c r="I4">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K4">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="L4" s="3">
-        <v>2.4E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B5" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C5" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E5" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5">
+        <v>988</v>
+      </c>
+      <c r="H5">
+        <v>4.16</v>
+      </c>
+      <c r="I5">
+        <v>0.83</v>
+      </c>
+      <c r="J5" t="s">
         <v>46</v>
       </c>
-      <c r="G5" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="L5" s="3">
-        <v>0.16600000000000001</v>
+        <v>0.17299999999999999</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B6" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D6" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>43</v>
+      </c>
+      <c r="G6">
+        <v>988</v>
       </c>
       <c r="H6">
-        <v>4.18</v>
+        <v>4.16</v>
       </c>
       <c r="I6">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K6">
-        <v>539</v>
+        <v>398</v>
       </c>
       <c r="L6" s="3">
-        <v>0.4</v>
+        <v>0.40300000000000002</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B7" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C7" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D7" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="F7" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>43</v>
+      </c>
+      <c r="G7">
+        <v>988</v>
       </c>
       <c r="H7">
-        <v>4.18</v>
+        <v>4.16</v>
       </c>
       <c r="I7">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K7">
-        <v>549</v>
+        <v>391</v>
       </c>
       <c r="L7" s="3">
-        <v>0.40699999999999997</v>
+        <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C8" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D8" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>49</v>
+      </c>
+      <c r="G8">
+        <v>987</v>
       </c>
       <c r="H8">
-        <v>4.0999999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I8">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J8" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L8" s="3">
-        <v>2E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B9" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D9" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>49</v>
+      </c>
+      <c r="G9">
+        <v>987</v>
       </c>
       <c r="H9">
-        <v>4.0999999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I9">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J9" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K9">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="L9" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B10" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D10" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E10" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>49</v>
+      </c>
+      <c r="G10">
+        <v>987</v>
       </c>
       <c r="H10">
-        <v>4.0999999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I10">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J10" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K10">
-        <v>263</v>
+        <v>195</v>
       </c>
       <c r="L10" s="3">
-        <v>0.19500000000000001</v>
+        <v>0.19800000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B11" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>49</v>
+      </c>
+      <c r="G11">
+        <v>987</v>
       </c>
       <c r="H11">
-        <v>4.0999999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I11">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K11">
-        <v>537</v>
+        <v>403</v>
       </c>
       <c r="L11" s="3">
-        <v>0.39800000000000002</v>
+        <v>0.40799999999999997</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B12" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D12" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>49</v>
+      </c>
+      <c r="G12">
+        <v>987</v>
       </c>
       <c r="H12">
-        <v>4.0999999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I12">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K12">
-        <v>500</v>
+        <v>354</v>
       </c>
       <c r="L12" s="3">
-        <v>0.371</v>
+        <v>0.35899999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B13" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D13" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>50</v>
+      </c>
+      <c r="G13">
+        <v>986</v>
       </c>
       <c r="H13">
-        <v>3.9</v>
+        <v>3.92</v>
       </c>
       <c r="I13">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J13" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K13">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L13" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B14" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E14" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>50</v>
+      </c>
+      <c r="G14">
+        <v>986</v>
       </c>
       <c r="H14">
-        <v>3.9</v>
+        <v>3.92</v>
       </c>
       <c r="I14">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J14" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K14">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="L14" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B15" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F15" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>50</v>
+      </c>
+      <c r="G15">
+        <v>986</v>
       </c>
       <c r="H15">
-        <v>3.9</v>
+        <v>3.92</v>
       </c>
       <c r="I15">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J15" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K15">
-        <v>390</v>
+        <v>254</v>
       </c>
       <c r="L15" s="3">
-        <v>0.28899999999999998</v>
+        <v>0.25800000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B16" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D16" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>50</v>
+      </c>
+      <c r="G16">
+        <v>986</v>
       </c>
       <c r="H16">
-        <v>3.9</v>
+        <v>3.92</v>
       </c>
       <c r="I16">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J16" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K16">
-        <v>495</v>
+        <v>368</v>
       </c>
       <c r="L16" s="3">
-        <v>0.36699999999999999</v>
+        <v>0.373</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E17" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="F17" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>50</v>
+      </c>
+      <c r="G17">
+        <v>986</v>
       </c>
       <c r="H17">
-        <v>3.9</v>
+        <v>3.92</v>
       </c>
       <c r="I17">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J17" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K17">
-        <v>394</v>
+        <v>305</v>
       </c>
       <c r="L17" s="3">
-        <v>0.29199999999999998</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="F18" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>51</v>
+      </c>
+      <c r="G18">
+        <v>988</v>
       </c>
       <c r="H18">
-        <v>3.88</v>
+        <v>3.92</v>
       </c>
       <c r="I18">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L18" s="3">
         <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E19" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>51</v>
+      </c>
+      <c r="G19">
+        <v>988</v>
       </c>
       <c r="H19">
-        <v>3.88</v>
+        <v>3.92</v>
       </c>
       <c r="I19">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K19">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="L19" s="3">
-        <v>5.1999999999999998E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E20" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="F20" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>51</v>
+      </c>
+      <c r="G20">
+        <v>988</v>
       </c>
       <c r="H20">
-        <v>3.88</v>
+        <v>3.92</v>
       </c>
       <c r="I20">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J20" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K20">
-        <v>381</v>
+        <v>253</v>
       </c>
       <c r="L20" s="3">
-        <v>0.28299999999999997</v>
+        <v>0.25600000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E21" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="F21" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>51</v>
+      </c>
+      <c r="G21">
+        <v>988</v>
       </c>
       <c r="H21">
-        <v>3.88</v>
+        <v>3.92</v>
       </c>
       <c r="I21">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K21">
-        <v>502</v>
+        <v>361</v>
       </c>
       <c r="L21" s="3">
-        <v>0.373</v>
+        <v>0.36499999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B22" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C22" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E22" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="F22" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>51</v>
+      </c>
+      <c r="G22">
+        <v>988</v>
       </c>
       <c r="H22">
-        <v>3.88</v>
+        <v>3.92</v>
       </c>
       <c r="I22">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J22" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K22">
-        <v>383</v>
+        <v>310</v>
       </c>
       <c r="L22" s="3">
-        <v>0.28499999999999998</v>
+        <v>0.314</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B23" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C23" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F23" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>53</v>
+      </c>
+      <c r="G23">
+        <v>985</v>
       </c>
       <c r="H23">
-        <v>4.32</v>
+        <v>4.38</v>
       </c>
       <c r="I23">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J23" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K23">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L23" s="3">
-        <v>3.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E24" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F24" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>53</v>
+      </c>
+      <c r="G24">
+        <v>985</v>
       </c>
       <c r="H24">
-        <v>4.32</v>
+        <v>4.38</v>
       </c>
       <c r="I24">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J24" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K24">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="L24" s="3">
-        <v>1.9E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B25" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F25" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>53</v>
+      </c>
+      <c r="G25">
+        <v>985</v>
       </c>
       <c r="H25">
-        <v>4.32</v>
+        <v>4.38</v>
       </c>
       <c r="I25">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J25" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K25">
-        <v>184</v>
+        <v>113</v>
       </c>
       <c r="L25" s="3">
-        <v>0.13700000000000001</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B26" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E26" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F26" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>53</v>
+      </c>
+      <c r="G26">
+        <v>985</v>
       </c>
       <c r="H26">
-        <v>4.32</v>
+        <v>4.38</v>
       </c>
       <c r="I26">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J26" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K26">
-        <v>450</v>
+        <v>333</v>
       </c>
       <c r="L26" s="3">
-        <v>0.33400000000000002</v>
+        <v>0.33800000000000002</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B27" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C27" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E27" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F27" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>53</v>
+      </c>
+      <c r="G27">
+        <v>985</v>
       </c>
       <c r="H27">
-        <v>4.32</v>
+        <v>4.38</v>
       </c>
       <c r="I27">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="J27" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K27">
-        <v>683</v>
+        <v>523</v>
       </c>
       <c r="L27" s="3">
-        <v>0.50700000000000001</v>
+        <v>0.53100000000000003</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E28" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="F28" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>54</v>
+      </c>
+      <c r="G28">
+        <v>984</v>
       </c>
       <c r="H28">
-        <v>4.2</v>
+        <v>4.25</v>
       </c>
       <c r="I28">
-        <v>0.85</v>
+        <v>0.84</v>
       </c>
       <c r="J28" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L28" s="3">
-        <v>2E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B29" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="F29" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>54</v>
+      </c>
+      <c r="G29">
+        <v>984</v>
       </c>
       <c r="H29">
-        <v>4.2</v>
+        <v>4.25</v>
       </c>
       <c r="I29">
-        <v>0.85</v>
+        <v>0.84</v>
       </c>
       <c r="J29" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K29">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="L29" s="3">
-        <v>3.2000000000000001E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B30" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E30" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="F30" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>54</v>
+      </c>
+      <c r="G30">
+        <v>984</v>
       </c>
       <c r="H30">
-        <v>4.2</v>
+        <v>4.25</v>
       </c>
       <c r="I30">
-        <v>0.85</v>
+        <v>0.84</v>
       </c>
       <c r="J30" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K30">
-        <v>233</v>
+        <v>131</v>
       </c>
       <c r="L30" s="3">
-        <v>0.17299999999999999</v>
+        <v>0.13300000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D31" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E31" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="F31" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>54</v>
+      </c>
+      <c r="G31">
+        <v>984</v>
       </c>
       <c r="H31">
-        <v>4.2</v>
+        <v>4.25</v>
       </c>
       <c r="I31">
-        <v>0.85</v>
+        <v>0.84</v>
       </c>
       <c r="J31" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K31">
-        <v>474</v>
+        <v>372</v>
       </c>
       <c r="L31" s="3">
-        <v>0.35199999999999998</v>
+        <v>0.378</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C32" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D32" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E32" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="F32" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>54</v>
+      </c>
+      <c r="G32">
+        <v>984</v>
       </c>
       <c r="H32">
-        <v>4.2</v>
+        <v>4.25</v>
       </c>
       <c r="I32">
-        <v>0.85</v>
+        <v>0.84</v>
       </c>
       <c r="J32" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K32">
-        <v>592</v>
+        <v>448</v>
       </c>
       <c r="L32" s="3">
-        <v>0.44</v>
+        <v>0.45500000000000002</v>
       </c>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B33" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E33" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F33" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>56</v>
+      </c>
+      <c r="G33">
+        <v>983</v>
       </c>
       <c r="H33">
-        <v>4.13</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I33">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J33" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L33" s="3">
-        <v>3.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E34" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F34" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>56</v>
+      </c>
+      <c r="G34">
+        <v>983</v>
       </c>
       <c r="H34">
-        <v>4.13</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I34">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J34" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K34">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="L34" s="3">
-        <v>2.5999999999999999E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B35" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E35" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F35" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>56</v>
+      </c>
+      <c r="G35">
+        <v>983</v>
       </c>
       <c r="H35">
-        <v>4.13</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I35">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J35" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K35">
-        <v>257</v>
+        <v>176</v>
       </c>
       <c r="L35" s="3">
-        <v>0.191</v>
+        <v>0.17899999999999999</v>
       </c>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B36" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E36" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F36" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>56</v>
+      </c>
+      <c r="G36">
+        <v>983</v>
       </c>
       <c r="H36">
-        <v>4.13</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I36">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J36" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K36">
-        <v>535</v>
+        <v>390</v>
       </c>
       <c r="L36" s="3">
-        <v>0.39800000000000002</v>
+        <v>0.39700000000000002</v>
       </c>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E37" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F37" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>56</v>
+      </c>
+      <c r="G37">
+        <v>983</v>
       </c>
       <c r="H37">
-        <v>4.13</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I37">
-        <v>0.83</v>
+        <v>0.84</v>
       </c>
       <c r="J37" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K37">
-        <v>512</v>
+        <v>387</v>
       </c>
       <c r="L37" s="3">
-        <v>0.38100000000000001</v>
+        <v>0.39400000000000002</v>
       </c>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B38" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E38" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="F38" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>57</v>
+      </c>
+      <c r="G38">
+        <v>981</v>
       </c>
       <c r="H38">
-        <v>4.1100000000000003</v>
+        <v>4.16</v>
       </c>
       <c r="I38">
-        <v>0.86</v>
+        <v>0.85</v>
       </c>
       <c r="J38" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K38">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L38" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E39" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="F39" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>57</v>
+      </c>
+      <c r="G39">
+        <v>981</v>
       </c>
       <c r="H39">
-        <v>4.1100000000000003</v>
+        <v>4.16</v>
       </c>
       <c r="I39">
-        <v>0.86</v>
+        <v>0.85</v>
       </c>
       <c r="J39" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K39">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="L39" s="3">
-        <v>3.1E-2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B40" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D40" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E40" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="F40" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>57</v>
+      </c>
+      <c r="G40">
+        <v>981</v>
       </c>
       <c r="H40">
-        <v>4.1100000000000003</v>
+        <v>4.16</v>
       </c>
       <c r="I40">
-        <v>0.86</v>
+        <v>0.85</v>
       </c>
       <c r="J40" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K40">
-        <v>254</v>
+        <v>172</v>
       </c>
       <c r="L40" s="3">
-        <v>0.189</v>
+        <v>0.17499999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B41" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E41" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>57</v>
+      </c>
+      <c r="G41">
+        <v>981</v>
       </c>
       <c r="H41">
-        <v>4.1100000000000003</v>
+        <v>4.16</v>
       </c>
       <c r="I41">
-        <v>0.86</v>
+        <v>0.85</v>
       </c>
       <c r="J41" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K41">
-        <v>528</v>
+        <v>372</v>
       </c>
       <c r="L41" s="3">
-        <v>0.39400000000000002</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B42" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C42" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E42" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="F42" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>57</v>
+      </c>
+      <c r="G42">
+        <v>981</v>
       </c>
       <c r="H42">
-        <v>4.1100000000000003</v>
+        <v>4.16</v>
       </c>
       <c r="I42">
-        <v>0.86</v>
+        <v>0.85</v>
       </c>
       <c r="J42" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K42">
-        <v>510</v>
+        <v>403</v>
       </c>
       <c r="L42" s="3">
-        <v>0.38</v>
+        <v>0.41099999999999998</v>
       </c>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B43" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C43" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D43" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E43" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F43" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>60</v>
+      </c>
+      <c r="G43">
+        <v>983</v>
       </c>
       <c r="H43">
         <v>4.01</v>
       </c>
       <c r="I43">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="J43" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K43">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L43" s="3">
-        <v>2E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B44" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D44" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E44" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F44" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>60</v>
+      </c>
+      <c r="G44">
+        <v>983</v>
       </c>
       <c r="H44">
         <v>4.01</v>
       </c>
       <c r="I44">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="J44" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K44">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="L44" s="3">
-        <v>0.04</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B45" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C45" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D45" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E45" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F45" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>60</v>
+      </c>
+      <c r="G45">
+        <v>983</v>
       </c>
       <c r="H45">
         <v>4.01</v>
       </c>
       <c r="I45">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="J45" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K45">
-        <v>296</v>
+        <v>227</v>
       </c>
       <c r="L45" s="3">
-        <v>0.22</v>
+        <v>0.23100000000000001</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C46" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D46" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E46" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F46" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>60</v>
+      </c>
+      <c r="G46">
+        <v>983</v>
       </c>
       <c r="H46">
         <v>4.01</v>
       </c>
       <c r="I46">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="J46" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K46">
-        <v>571</v>
+        <v>390</v>
       </c>
       <c r="L46" s="3">
-        <v>0.42399999999999999</v>
+        <v>0.39700000000000002</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E47" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F47" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>60</v>
+      </c>
+      <c r="G47">
+        <v>983</v>
       </c>
       <c r="H47">
         <v>4.01</v>
       </c>
       <c r="I47">
-        <v>0.85</v>
+        <v>0.87</v>
       </c>
       <c r="J47" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K47">
-        <v>422</v>
+        <v>326</v>
       </c>
       <c r="L47" s="3">
-        <v>0.314</v>
+        <v>0.33200000000000002</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D48" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E48" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F48" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>62</v>
+      </c>
+      <c r="G48">
+        <v>983</v>
       </c>
       <c r="H48">
-        <v>4.0599999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I48">
         <v>0.87</v>
       </c>
       <c r="J48" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K48">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L48" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D49" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F49" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>62</v>
+      </c>
+      <c r="G49">
+        <v>983</v>
       </c>
       <c r="H49">
-        <v>4.0599999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I49">
         <v>0.87</v>
       </c>
       <c r="J49" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K49">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="L49" s="3">
-        <v>3.9E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C50" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D50" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E50" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F50" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>62</v>
+      </c>
+      <c r="G50">
+        <v>983</v>
       </c>
       <c r="H50">
-        <v>4.0599999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I50">
         <v>0.87</v>
       </c>
       <c r="J50" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K50">
-        <v>271</v>
+        <v>199</v>
       </c>
       <c r="L50" s="3">
         <v>0.20200000000000001</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B51" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C51" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D51" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E51" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F51" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>62</v>
+      </c>
+      <c r="G51">
+        <v>983</v>
       </c>
       <c r="H51">
-        <v>4.0599999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I51">
         <v>0.87</v>
       </c>
       <c r="J51" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K51">
-        <v>539</v>
+        <v>385</v>
       </c>
       <c r="L51" s="3">
-        <v>0.40200000000000002</v>
+        <v>0.39200000000000002</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B52" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C52" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D52" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E52" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="F52" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>62</v>
+      </c>
+      <c r="G52">
+        <v>983</v>
       </c>
       <c r="H52">
-        <v>4.0599999999999996</v>
+        <v>4.08</v>
       </c>
       <c r="I52">
         <v>0.87</v>
       </c>
       <c r="J52" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K52">
-        <v>471</v>
+        <v>360</v>
       </c>
       <c r="L52" s="3">
-        <v>0.35099999999999998</v>
+        <v>0.36599999999999999</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D53" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E53" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>65</v>
+      </c>
+      <c r="G53">
+        <v>981</v>
       </c>
       <c r="H53">
         <v>3.78</v>
       </c>
       <c r="I53">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J53" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K53">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L53" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B54" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C54" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D54" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E54" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>65</v>
+      </c>
+      <c r="G54">
+        <v>981</v>
       </c>
       <c r="H54">
         <v>3.78</v>
       </c>
       <c r="I54">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J54" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K54">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="L54" s="3">
-        <v>5.7000000000000002E-2</v>
+        <v>6.0999999999999999E-2</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C55" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D55" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E55" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="F55" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>65</v>
+      </c>
+      <c r="G55">
+        <v>981</v>
       </c>
       <c r="H55">
         <v>3.78</v>
       </c>
       <c r="I55">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J55" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K55">
-        <v>424</v>
+        <v>306</v>
       </c>
       <c r="L55" s="3">
-        <v>0.316</v>
+        <v>0.312</v>
       </c>
     </row>
     <row r="56" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B56" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C56" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D56" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E56" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="F56" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>65</v>
+      </c>
+      <c r="G56">
+        <v>981</v>
       </c>
       <c r="H56">
         <v>3.78</v>
       </c>
       <c r="I56">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J56" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K56">
-        <v>511</v>
+        <v>353</v>
       </c>
       <c r="L56" s="3">
-        <v>0.38100000000000001</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B57" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C57" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D57" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E57" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>65</v>
+      </c>
+      <c r="G57">
+        <v>981</v>
       </c>
       <c r="H57">
         <v>3.78</v>
       </c>
       <c r="I57">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J57" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K57">
-        <v>319</v>
+        <v>250</v>
       </c>
       <c r="L57" s="3">
-        <v>0.23799999999999999</v>
+        <v>0.255</v>
       </c>
     </row>
     <row r="58" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B58" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C58" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D58" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E58" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="F58" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>67</v>
+      </c>
+      <c r="G58">
+        <v>981</v>
       </c>
       <c r="H58">
-        <v>3.99</v>
+        <v>4.05</v>
       </c>
       <c r="I58">
-        <v>0.89</v>
+        <v>0.88</v>
       </c>
       <c r="J58" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K58">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L58" s="3">
         <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B59" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C59" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D59" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E59" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="F59" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>67</v>
+      </c>
+      <c r="G59">
+        <v>981</v>
       </c>
       <c r="H59">
-        <v>3.99</v>
+        <v>4.05</v>
       </c>
       <c r="I59">
-        <v>0.89</v>
+        <v>0.88</v>
       </c>
       <c r="J59" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K59">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="L59" s="3">
-        <v>3.5999999999999997E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="60" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B60" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C60" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D60" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E60" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="F60" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>67</v>
+      </c>
+      <c r="G60">
+        <v>981</v>
       </c>
       <c r="H60">
-        <v>3.99</v>
+        <v>4.05</v>
       </c>
       <c r="I60">
-        <v>0.89</v>
+        <v>0.88</v>
       </c>
       <c r="J60" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K60">
-        <v>337</v>
+        <v>210</v>
       </c>
       <c r="L60" s="3">
-        <v>0.251</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B61" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C61" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E61" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="F61" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>67</v>
+      </c>
+      <c r="G61">
+        <v>981</v>
       </c>
       <c r="H61">
-        <v>3.99</v>
+        <v>4.05</v>
       </c>
       <c r="I61">
-        <v>0.89</v>
+        <v>0.88</v>
       </c>
       <c r="J61" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K61">
-        <v>502</v>
+        <v>381</v>
       </c>
       <c r="L61" s="3">
-        <v>0.374</v>
+        <v>0.38800000000000001</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B62" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C62" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D62" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E62" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="F62" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>67</v>
+      </c>
+      <c r="G62">
+        <v>981</v>
       </c>
       <c r="H62">
-        <v>3.99</v>
+        <v>4.05</v>
       </c>
       <c r="I62">
-        <v>0.89</v>
+        <v>0.88</v>
       </c>
       <c r="J62" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K62">
-        <v>445</v>
+        <v>350</v>
       </c>
       <c r="L62" s="3">
-        <v>0.33200000000000002</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B63" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C63" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D63" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F63" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>70</v>
+      </c>
+      <c r="G63">
+        <v>980</v>
       </c>
       <c r="H63">
-        <v>4</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I63">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J63" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K63">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L63" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C64" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D64" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E64" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F64" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>70</v>
+      </c>
+      <c r="G64">
+        <v>980</v>
       </c>
       <c r="H64">
-        <v>4</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I64">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J64" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K64">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L64" s="3">
-        <v>3.1E-2</v>
+        <v>3.5000000000000003E-2</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C65" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D65" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E65" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F65" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>70</v>
+      </c>
+      <c r="G65">
+        <v>980</v>
       </c>
       <c r="H65">
-        <v>4</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I65">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J65" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K65">
-        <v>319</v>
+        <v>219</v>
       </c>
       <c r="L65" s="3">
-        <v>0.23699999999999999</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B66" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C66" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D66" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E66" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F66" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>70</v>
+      </c>
+      <c r="G66">
+        <v>980</v>
       </c>
       <c r="H66">
-        <v>4</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I66">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J66" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K66">
-        <v>531</v>
+        <v>396</v>
       </c>
       <c r="L66" s="3">
-        <v>0.39500000000000002</v>
+        <v>0.40400000000000003</v>
       </c>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B67" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C67" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D67" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E67" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="F67" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>70</v>
+      </c>
+      <c r="G67">
+        <v>980</v>
       </c>
       <c r="H67">
-        <v>4</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I67">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J67" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K67">
-        <v>441</v>
+        <v>324</v>
       </c>
       <c r="L67" s="3">
-        <v>0.32800000000000001</v>
+        <v>0.33100000000000002</v>
       </c>
     </row>
     <row r="68" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B68" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C68" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D68" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E68" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F68" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>72</v>
+      </c>
+      <c r="G68">
+        <v>979</v>
       </c>
       <c r="H68">
-        <v>4.3</v>
+        <v>4.25</v>
       </c>
       <c r="I68">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J68" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K68">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="L68" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C69" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D69" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E69" t="s">
+        <v>117</v>
+      </c>
+      <c r="F69" t="s">
+        <v>72</v>
+      </c>
+      <c r="G69">
+        <v>979</v>
+      </c>
+      <c r="H69">
+        <v>4.25</v>
+      </c>
+      <c r="I69">
+        <v>0.85</v>
+      </c>
+      <c r="J69" t="s">
+        <v>45</v>
+      </c>
+      <c r="K69">
         <v>24</v>
       </c>
-      <c r="F69" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L69" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="70" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B70" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C70" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D70" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E70" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F70" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>72</v>
+      </c>
+      <c r="G70">
+        <v>979</v>
       </c>
       <c r="H70">
-        <v>4.3</v>
+        <v>4.25</v>
       </c>
       <c r="I70">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J70" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K70">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c r="L70" s="3">
-        <v>0.14699999999999999</v>
+        <v>0.16300000000000001</v>
       </c>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C71" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D71" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E71" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F71" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>72</v>
+      </c>
+      <c r="G71">
+        <v>979</v>
       </c>
       <c r="H71">
-        <v>4.3</v>
+        <v>4.25</v>
       </c>
       <c r="I71">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J71" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K71">
-        <v>431</v>
+        <v>322</v>
       </c>
       <c r="L71" s="3">
-        <v>0.32100000000000001</v>
+        <v>0.32900000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B72" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C72" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D72" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E72" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F72" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>72</v>
+      </c>
+      <c r="G72">
+        <v>979</v>
       </c>
       <c r="H72">
-        <v>4.3</v>
+        <v>4.25</v>
       </c>
       <c r="I72">
-        <v>0.84</v>
+        <v>0.85</v>
       </c>
       <c r="J72" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K72">
-        <v>680</v>
+        <v>468</v>
       </c>
       <c r="L72" s="3">
-        <v>0.50700000000000001</v>
+        <v>0.47799999999999998</v>
       </c>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B73" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C73" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D73" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E73" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="F73" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>122</v>
+      </c>
+      <c r="G73">
+        <v>976</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J73" t="s">
-        <v>5</v>
+        <v>123</v>
       </c>
       <c r="K73">
-        <v>696</v>
+        <v>464</v>
       </c>
       <c r="L73" s="3">
-        <v>0.51600000000000001</v>
+        <v>0.47499999999999998</v>
       </c>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B74" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C74" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D74" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E74" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="F74" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>122</v>
+      </c>
+      <c r="G74">
+        <v>976</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J74" t="s">
-        <v>6</v>
+        <v>76</v>
       </c>
       <c r="K74">
-        <v>555</v>
+        <v>512</v>
       </c>
       <c r="L74" s="3">
-        <v>0.41099999999999998</v>
+        <v>0.52500000000000002</v>
       </c>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B75" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C75" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D75" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E75" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="F75" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>124</v>
+      </c>
+      <c r="G75">
+        <v>974</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J75" t="s">
-        <v>4</v>
+        <v>123</v>
       </c>
       <c r="K75">
-        <v>98</v>
+        <v>435</v>
       </c>
       <c r="L75" s="3">
-        <v>7.2999999999999995E-2</v>
+        <v>0.44700000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B76" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C76" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D76" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="E76" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="F76" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="G76">
-        <v>553</v>
+        <v>974</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I76" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J76" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="K76">
-        <v>4</v>
+        <v>539</v>
       </c>
       <c r="L76" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>0.55300000000000005</v>
       </c>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B77" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C77" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D77" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="E77" t="s">
+        <v>39</v>
+      </c>
+      <c r="F77" t="s">
+        <v>125</v>
+      </c>
+      <c r="G77">
+        <v>974</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J77" t="s">
         <v>123</v>
       </c>
-      <c r="F77" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K77">
-        <v>549</v>
+        <v>120</v>
       </c>
       <c r="L77" s="3">
-        <v>0.99299999999999999</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B78" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C78" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D78" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="E78" t="s">
-        <v>124</v>
+        <v>39</v>
       </c>
       <c r="F78" t="s">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="G78">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>0.72</v>
+        <v>974</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J78" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="K78">
-        <v>3</v>
+        <v>854</v>
       </c>
       <c r="L78" s="3">
-        <v>2.5999999999999999E-2</v>
+        <v>0.877</v>
       </c>
     </row>
     <row r="79" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B79" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C79" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D79" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="E79" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="F79" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G79">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H79">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="I79">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="J79" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="K79">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="L79" s="3">
-        <v>6.8000000000000005E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="80" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B80" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C80" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D80" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="E80" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="F80" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G80">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H80">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="I80">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="J80" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="K80">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="L80" s="3">
-        <v>0.436</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="81" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B81" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C81" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D81" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="E81" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="F81" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G81">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H81">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="I81">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="J81" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="K81">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="L81" s="3">
-        <v>0.47</v>
+        <v>0.433</v>
       </c>
     </row>
     <row r="82" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B82" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C82" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D82" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="E82" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="F82" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="G82">
-        <v>685</v>
+        <v>120</v>
       </c>
       <c r="H82">
-        <v>4.22</v>
+        <v>3.3</v>
       </c>
       <c r="I82">
-        <v>0.79</v>
+        <v>0.73</v>
       </c>
       <c r="J82" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="K82">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="L82" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.442</v>
       </c>
     </row>
     <row r="83" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B83" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C83" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D83" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E83" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="F83" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="G83">
-        <v>685</v>
+        <v>455</v>
       </c>
       <c r="H83">
-        <v>4.22</v>
+        <v>4.34</v>
       </c>
       <c r="I83">
-        <v>0.79</v>
+        <v>0.81</v>
       </c>
       <c r="J83" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K83">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L83" s="3">
-        <v>1.4999999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B84" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C84" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D84" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E84" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="F84" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="G84">
-        <v>685</v>
+        <v>455</v>
       </c>
       <c r="H84">
-        <v>4.22</v>
+        <v>4.34</v>
       </c>
       <c r="I84">
-        <v>0.79</v>
+        <v>0.81</v>
       </c>
       <c r="J84" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K84">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="L84" s="3">
-        <v>0.14599999999999999</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B85" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C85" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D85" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E85" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="F85" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="G85">
-        <v>685</v>
+        <v>455</v>
       </c>
       <c r="H85">
-        <v>4.22</v>
+        <v>4.34</v>
       </c>
       <c r="I85">
-        <v>0.79</v>
+        <v>0.81</v>
       </c>
       <c r="J85" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K85">
-        <v>286</v>
+        <v>56</v>
       </c>
       <c r="L85" s="3">
-        <v>0.41799999999999998</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B86" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C86" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D86" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E86" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="F86" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="G86">
-        <v>685</v>
+        <v>455</v>
       </c>
       <c r="H86">
-        <v>4.22</v>
+        <v>4.34</v>
       </c>
       <c r="I86">
-        <v>0.79</v>
+        <v>0.81</v>
       </c>
       <c r="J86" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K86">
-        <v>285</v>
+        <v>157</v>
       </c>
       <c r="L86" s="3">
-        <v>0.41599999999999998</v>
+        <v>0.34499999999999997</v>
       </c>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B87" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C87" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D87" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E87" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="F87" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="G87">
-        <v>683</v>
+        <v>455</v>
       </c>
       <c r="H87">
-        <v>4.2</v>
+        <v>4.34</v>
       </c>
       <c r="I87">
         <v>0.81</v>
       </c>
       <c r="J87" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K87">
-        <v>4</v>
+        <v>233</v>
       </c>
       <c r="L87" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.51200000000000001</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B88" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C88" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D88" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E88" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="F88" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G88">
-        <v>683</v>
+        <v>451</v>
       </c>
       <c r="H88">
-        <v>4.2</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I88">
-        <v>0.81</v>
+        <v>0.84</v>
       </c>
       <c r="J88" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K88">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L88" s="3">
-        <v>0.02</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B89" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C89" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D89" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E89" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="F89" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G89">
-        <v>683</v>
+        <v>451</v>
       </c>
       <c r="H89">
-        <v>4.2</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I89">
-        <v>0.81</v>
+        <v>0.84</v>
       </c>
       <c r="J89" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K89">
-        <v>104</v>
+        <v>4</v>
       </c>
       <c r="L89" s="3">
-        <v>0.152</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B90" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C90" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D90" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E90" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="F90" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G90">
-        <v>683</v>
+        <v>451</v>
       </c>
       <c r="H90">
-        <v>4.2</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I90">
-        <v>0.81</v>
+        <v>0.84</v>
       </c>
       <c r="J90" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K90">
-        <v>279</v>
+        <v>46</v>
       </c>
       <c r="L90" s="3">
-        <v>0.40799999999999997</v>
+        <v>0.10199999999999999</v>
       </c>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B91" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C91" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D91" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E91" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
       <c r="F91" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="G91">
-        <v>683</v>
+        <v>451</v>
       </c>
       <c r="H91">
-        <v>4.2</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I91">
-        <v>0.81</v>
+        <v>0.84</v>
       </c>
       <c r="J91" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K91">
-        <v>282</v>
+        <v>154</v>
       </c>
       <c r="L91" s="3">
-        <v>0.41299999999999998</v>
+        <v>0.34100000000000003</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B92" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C92" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D92" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E92" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="F92" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="G92">
-        <v>682</v>
+        <v>451</v>
       </c>
       <c r="H92">
-        <v>3.97</v>
+        <v>4.3600000000000003</v>
       </c>
       <c r="I92">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="J92" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K92">
-        <v>10</v>
+        <v>239</v>
       </c>
       <c r="L92" s="3">
-        <v>1.4999999999999999E-2</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B93" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C93" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D93" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E93" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="F93" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G93">
-        <v>682</v>
+        <v>453</v>
       </c>
       <c r="H93">
-        <v>3.97</v>
+        <v>4.09</v>
       </c>
       <c r="I93">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J93" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K93">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="L93" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>2.4E-2</v>
       </c>
     </row>
     <row r="94" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B94" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C94" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D94" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E94" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="F94" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G94">
-        <v>682</v>
+        <v>453</v>
       </c>
       <c r="H94">
-        <v>3.97</v>
+        <v>4.09</v>
       </c>
       <c r="I94">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J94" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K94">
-        <v>158</v>
+        <v>8</v>
       </c>
       <c r="L94" s="3">
-        <v>0.23200000000000001</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B95" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C95" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D95" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E95" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="F95" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G95">
-        <v>682</v>
+        <v>453</v>
       </c>
       <c r="H95">
-        <v>3.97</v>
+        <v>4.09</v>
       </c>
       <c r="I95">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J95" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K95">
-        <v>297</v>
+        <v>82</v>
       </c>
       <c r="L95" s="3">
-        <v>0.435</v>
+        <v>0.18099999999999999</v>
       </c>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B96" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C96" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D96" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E96" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="F96" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G96">
-        <v>682</v>
+        <v>453</v>
       </c>
       <c r="H96">
-        <v>3.97</v>
+        <v>4.09</v>
       </c>
       <c r="I96">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J96" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K96">
-        <v>200</v>
+        <v>179</v>
       </c>
       <c r="L96" s="3">
-        <v>0.29299999999999998</v>
+        <v>0.39500000000000002</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B97" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C97" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D97" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E97" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="F97" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="G97">
-        <v>681</v>
+        <v>453</v>
       </c>
       <c r="H97">
-        <v>3.97</v>
+        <v>4.09</v>
       </c>
       <c r="I97">
-        <v>0.84</v>
+        <v>0.92</v>
       </c>
       <c r="J97" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K97">
-        <v>8</v>
+        <v>173</v>
       </c>
       <c r="L97" s="3">
-        <v>1.2E-2</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C98" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D98" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E98" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="F98" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="G98">
-        <v>681</v>
+        <v>449</v>
       </c>
       <c r="H98">
-        <v>3.97</v>
+        <v>4.08</v>
       </c>
       <c r="I98">
-        <v>0.84</v>
+        <v>0.92</v>
       </c>
       <c r="J98" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K98">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L98" s="3">
-        <v>1.7999999999999999E-2</v>
+        <v>2.4E-2</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B99" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C99" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D99" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E99" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="F99" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="G99">
-        <v>681</v>
+        <v>449</v>
       </c>
       <c r="H99">
-        <v>3.97</v>
+        <v>4.08</v>
       </c>
       <c r="I99">
-        <v>0.84</v>
+        <v>0.92</v>
       </c>
       <c r="J99" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K99">
-        <v>167</v>
+        <v>7</v>
       </c>
       <c r="L99" s="3">
-        <v>0.245</v>
+        <v>1.6E-2</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B100" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C100" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D100" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E100" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="F100" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="G100">
-        <v>681</v>
+        <v>449</v>
       </c>
       <c r="H100">
-        <v>3.97</v>
+        <v>4.08</v>
       </c>
       <c r="I100">
-        <v>0.84</v>
+        <v>0.92</v>
       </c>
       <c r="J100" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K100">
-        <v>298</v>
+        <v>84</v>
       </c>
       <c r="L100" s="3">
-        <v>0.438</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B101" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C101" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D101" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E101" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="F101" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="G101">
-        <v>681</v>
+        <v>449</v>
       </c>
       <c r="H101">
-        <v>3.97</v>
+        <v>4.08</v>
       </c>
       <c r="I101">
-        <v>0.84</v>
+        <v>0.92</v>
       </c>
       <c r="J101" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K101">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="L101" s="3">
-        <v>0.28799999999999998</v>
+        <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="102" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B102" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C102" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D102" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E102" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="F102" t="s">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="G102">
-        <v>679</v>
+        <v>449</v>
       </c>
       <c r="H102">
-        <v>3.8</v>
+        <v>4.08</v>
       </c>
       <c r="I102">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J102" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K102">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="L102" s="3">
-        <v>2.1999999999999999E-2</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="103" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B103" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C103" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D103" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E103" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="F103" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="G103">
-        <v>679</v>
+        <v>451</v>
       </c>
       <c r="H103">
-        <v>3.8</v>
+        <v>3.95</v>
       </c>
       <c r="I103">
-        <v>0.9</v>
+        <v>0.98</v>
       </c>
       <c r="J103" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K103">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="L103" s="3">
-        <v>3.4000000000000002E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B104" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C104" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D104" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E104" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="F104" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="G104">
-        <v>679</v>
+        <v>451</v>
       </c>
       <c r="H104">
-        <v>3.8</v>
+        <v>3.95</v>
       </c>
       <c r="I104">
-        <v>0.9</v>
+        <v>0.98</v>
       </c>
       <c r="J104" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K104">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="L104" s="3">
-        <v>0.28899999999999998</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B105" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C105" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D105" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E105" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="F105" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="G105">
-        <v>679</v>
+        <v>451</v>
       </c>
       <c r="H105">
-        <v>3.8</v>
+        <v>3.95</v>
       </c>
       <c r="I105">
-        <v>0.9</v>
+        <v>0.98</v>
       </c>
       <c r="J105" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K105">
-        <v>291</v>
+        <v>110</v>
       </c>
       <c r="L105" s="3">
-        <v>0.42899999999999999</v>
+        <v>0.24399999999999999</v>
       </c>
     </row>
     <row r="106" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B106" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C106" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D106" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E106" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="F106" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="G106">
-        <v>679</v>
+        <v>451</v>
       </c>
       <c r="H106">
-        <v>3.8</v>
+        <v>3.95</v>
       </c>
       <c r="I106">
-        <v>0.9</v>
+        <v>0.98</v>
       </c>
       <c r="J106" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K106">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="L106" s="3">
-        <v>0.22700000000000001</v>
+        <v>0.36599999999999999</v>
       </c>
     </row>
     <row r="107" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B107" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C107" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D107" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E107" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="F107" t="s">
-        <v>107</v>
+        <v>132</v>
       </c>
       <c r="G107">
-        <v>676</v>
+        <v>451</v>
       </c>
       <c r="H107">
-        <v>3.75</v>
+        <v>3.95</v>
       </c>
       <c r="I107">
-        <v>0.96</v>
+        <v>0.98</v>
       </c>
       <c r="J107" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K107">
-        <v>21</v>
+        <v>152</v>
       </c>
       <c r="L107" s="3">
-        <v>3.1E-2</v>
+        <v>0.33700000000000002</v>
       </c>
     </row>
     <row r="108" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B108" t="s">
+        <v>102</v>
+      </c>
+      <c r="C108" t="s">
+        <v>100</v>
+      </c>
+      <c r="D108" t="s">
+        <v>82</v>
+      </c>
+      <c r="E108" t="s">
         <v>133</v>
       </c>
-      <c r="C108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="G108">
-        <v>676</v>
+        <v>448</v>
       </c>
       <c r="H108">
-        <v>3.75</v>
+        <v>3.9</v>
       </c>
       <c r="I108">
         <v>0.96</v>
       </c>
       <c r="J108" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K108">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="L108" s="3">
-        <v>4.2999999999999997E-2</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="109" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B109" t="s">
+        <v>102</v>
+      </c>
+      <c r="C109" t="s">
+        <v>100</v>
+      </c>
+      <c r="D109" t="s">
+        <v>82</v>
+      </c>
+      <c r="E109" t="s">
         <v>133</v>
       </c>
-      <c r="C109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="G109">
-        <v>676</v>
+        <v>448</v>
       </c>
       <c r="H109">
-        <v>3.75</v>
+        <v>3.9</v>
       </c>
       <c r="I109">
         <v>0.96</v>
       </c>
       <c r="J109" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K109">
-        <v>203</v>
+        <v>9</v>
       </c>
       <c r="L109" s="3">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="110" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B110" t="s">
+        <v>102</v>
+      </c>
+      <c r="C110" t="s">
+        <v>100</v>
+      </c>
+      <c r="D110" t="s">
+        <v>82</v>
+      </c>
+      <c r="E110" t="s">
         <v>133</v>
       </c>
-      <c r="C110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="G110">
-        <v>676</v>
+        <v>448</v>
       </c>
       <c r="H110">
-        <v>3.75</v>
+        <v>3.9</v>
       </c>
       <c r="I110">
         <v>0.96</v>
       </c>
       <c r="J110" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K110">
-        <v>270</v>
+        <v>118</v>
       </c>
       <c r="L110" s="3">
-        <v>0.39900000000000002</v>
+        <v>0.26300000000000001</v>
       </c>
     </row>
     <row r="111" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B111" t="s">
+        <v>102</v>
+      </c>
+      <c r="C111" t="s">
+        <v>100</v>
+      </c>
+      <c r="D111" t="s">
+        <v>82</v>
+      </c>
+      <c r="E111" t="s">
         <v>133</v>
       </c>
-      <c r="C111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="G111">
-        <v>676</v>
+        <v>448</v>
       </c>
       <c r="H111">
-        <v>3.75</v>
+        <v>3.9</v>
       </c>
       <c r="I111">
         <v>0.96</v>
       </c>
       <c r="J111" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K111">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="L111" s="3">
-        <v>0.22600000000000001</v>
+        <v>0.38600000000000001</v>
       </c>
     </row>
     <row r="112" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B112" t="s">
+        <v>102</v>
+      </c>
+      <c r="C112" t="s">
+        <v>100</v>
+      </c>
+      <c r="D112" t="s">
+        <v>82</v>
+      </c>
+      <c r="E112" t="s">
         <v>133</v>
       </c>
-      <c r="C112" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F112" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="G112">
-        <v>685</v>
+        <v>448</v>
       </c>
       <c r="H112">
-        <v>3.28</v>
+        <v>3.9</v>
       </c>
       <c r="I112">
-        <v>0.72</v>
+        <v>0.96</v>
       </c>
       <c r="J112" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="K112">
-        <v>8</v>
+        <v>134</v>
       </c>
       <c r="L112" s="3">
-        <v>1.2E-2</v>
+        <v>0.29899999999999999</v>
       </c>
     </row>
     <row r="113" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B113" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C113" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D113" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E113" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G113">
-        <v>685</v>
+        <v>461</v>
       </c>
       <c r="H113">
-        <v>3.28</v>
+        <v>3.42</v>
       </c>
       <c r="I113">
-        <v>0.72</v>
+        <v>0.7</v>
       </c>
       <c r="J113" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="K113">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="L113" s="3">
-        <v>0.12</v>
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="114" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B114" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C114" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D114" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E114" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G114">
-        <v>685</v>
+        <v>461</v>
       </c>
       <c r="H114">
-        <v>3.28</v>
+        <v>3.42</v>
       </c>
       <c r="I114">
-        <v>0.72</v>
+        <v>0.7</v>
       </c>
       <c r="J114" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="K114">
-        <v>302</v>
+        <v>32</v>
       </c>
       <c r="L114" s="3">
-        <v>0.441</v>
+        <v>6.9000000000000006E-2</v>
       </c>
     </row>
     <row r="115" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B115" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C115" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D115" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E115" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G115">
-        <v>685</v>
+        <v>461</v>
       </c>
       <c r="H115">
-        <v>3.28</v>
+        <v>3.42</v>
       </c>
       <c r="I115">
-        <v>0.72</v>
+        <v>0.7</v>
       </c>
       <c r="J115" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="K115">
-        <v>293</v>
+        <v>178</v>
       </c>
       <c r="L115" s="3">
-        <v>0.42799999999999999</v>
+        <v>0.38600000000000001</v>
       </c>
     </row>
     <row r="116" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B116" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C116" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D116" t="s">
-        <v>110</v>
+        <v>82</v>
       </c>
       <c r="E116" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>142</v>
+        <v>77</v>
       </c>
       <c r="G116">
-        <v>680</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>461</v>
+      </c>
+      <c r="H116">
+        <v>3.42</v>
+      </c>
+      <c r="I116">
+        <v>0.7</v>
       </c>
       <c r="J116" t="s">
-        <v>112</v>
+        <v>81</v>
       </c>
       <c r="K116">
-        <v>8</v>
+        <v>243</v>
       </c>
       <c r="L116" s="3">
-        <v>1.2E-2</v>
+        <v>0.52700000000000002</v>
       </c>
     </row>
     <row r="117" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B117" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C117" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D117" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E117" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="F117" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="G117">
-        <v>680</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>434</v>
+      </c>
+      <c r="H117">
+        <v>4.37</v>
+      </c>
+      <c r="I117">
+        <v>0.77</v>
       </c>
       <c r="J117" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="K117">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="L117" s="3">
-        <v>1.6E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B118" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C118" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D118" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E118" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="F118" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="G118">
-        <v>680</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>434</v>
+      </c>
+      <c r="H118">
+        <v>4.37</v>
+      </c>
+      <c r="I118">
+        <v>0.77</v>
       </c>
       <c r="J118" t="s">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="K118">
-        <v>661</v>
+        <v>5</v>
       </c>
       <c r="L118" s="3">
-        <v>0.97199999999999998</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B119" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C119" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D119" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E119" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="F119" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="G119">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H119">
-        <v>4.2300000000000004</v>
+        <v>4.37</v>
       </c>
       <c r="I119">
-        <v>0.86</v>
+        <v>0.77</v>
       </c>
       <c r="J119" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K119">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="L119" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="120" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B120" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C120" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D120" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E120" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="F120" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="G120">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H120">
-        <v>4.2300000000000004</v>
+        <v>4.37</v>
       </c>
       <c r="I120">
-        <v>0.86</v>
+        <v>0.77</v>
       </c>
       <c r="J120" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K120">
-        <v>11</v>
+        <v>146</v>
       </c>
       <c r="L120" s="3">
-        <v>0.02</v>
+        <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="121" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B121" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C121" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D121" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E121" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="F121" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="G121">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H121">
-        <v>4.2300000000000004</v>
+        <v>4.37</v>
       </c>
       <c r="I121">
-        <v>0.86</v>
+        <v>0.77</v>
       </c>
       <c r="J121" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K121">
-        <v>88</v>
+        <v>229</v>
       </c>
       <c r="L121" s="3">
-        <v>0.158</v>
+        <v>0.52800000000000002</v>
       </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B122" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C122" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D122" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E122" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="F122" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="G122">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H122">
-        <v>4.2300000000000004</v>
+        <v>4.03</v>
       </c>
       <c r="I122">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="J122" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K122">
-        <v>197</v>
+        <v>4</v>
       </c>
       <c r="L122" s="3">
-        <v>0.35399999999999998</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B123" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C123" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D123" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E123" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="F123" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="G123">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H123">
-        <v>4.2300000000000004</v>
+        <v>4.03</v>
       </c>
       <c r="I123">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
       <c r="J123" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K123">
-        <v>254</v>
+        <v>9</v>
       </c>
       <c r="L123" s="3">
-        <v>0.45700000000000002</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B124" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C124" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D124" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E124" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F124" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="G124">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H124">
-        <v>3.9</v>
+        <v>4.03</v>
       </c>
       <c r="I124">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J124" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K124">
-        <v>5</v>
+        <v>105</v>
       </c>
       <c r="L124" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.24199999999999999</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B125" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C125" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D125" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E125" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F125" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="G125">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H125">
-        <v>3.9</v>
+        <v>4.03</v>
       </c>
       <c r="I125">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J125" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K125">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="L125" s="3">
-        <v>3.7999999999999999E-2</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B126" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C126" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D126" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E126" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F126" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="G126">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H126">
-        <v>3.9</v>
+        <v>4.03</v>
       </c>
       <c r="I126">
-        <v>0.88</v>
+        <v>0.87</v>
       </c>
       <c r="J126" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K126">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="L126" s="3">
-        <v>0.27300000000000002</v>
+        <v>0.34599999999999997</v>
       </c>
     </row>
     <row r="127" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B127" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C127" t="s">
+        <v>100</v>
+      </c>
+      <c r="D127" t="s">
+        <v>86</v>
+      </c>
+      <c r="E127" t="s">
         <v>137</v>
       </c>
-      <c r="D127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="G127">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H127">
-        <v>3.9</v>
+        <v>4.17</v>
       </c>
       <c r="I127">
-        <v>0.88</v>
+        <v>0.81</v>
       </c>
       <c r="J127" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K127">
-        <v>225</v>
+        <v>3</v>
       </c>
       <c r="L127" s="3">
-        <v>0.40500000000000003</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="128" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B128" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C128" t="s">
+        <v>100</v>
+      </c>
+      <c r="D128" t="s">
+        <v>86</v>
+      </c>
+      <c r="E128" t="s">
         <v>137</v>
       </c>
-      <c r="D128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="G128">
-        <v>556</v>
+        <v>434</v>
       </c>
       <c r="H128">
-        <v>3.9</v>
+        <v>4.17</v>
       </c>
       <c r="I128">
-        <v>0.88</v>
+        <v>0.81</v>
       </c>
       <c r="J128" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K128">
-        <v>153</v>
+        <v>10</v>
       </c>
       <c r="L128" s="3">
-        <v>0.27500000000000002</v>
+        <v>2.3E-2</v>
       </c>
     </row>
     <row r="129" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B129" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C129" t="s">
+        <v>100</v>
+      </c>
+      <c r="D129" t="s">
+        <v>86</v>
+      </c>
+      <c r="E129" t="s">
         <v>137</v>
       </c>
-      <c r="D129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="G129">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H129">
-        <v>4.08</v>
+        <v>4.17</v>
       </c>
       <c r="I129">
-        <v>0.85</v>
+        <v>0.81</v>
       </c>
       <c r="J129" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K129">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="L129" s="3">
-        <v>1.4E-2</v>
+        <v>0.14499999999999999</v>
       </c>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B130" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C130" t="s">
+        <v>100</v>
+      </c>
+      <c r="D130" t="s">
+        <v>86</v>
+      </c>
+      <c r="E130" t="s">
         <v>137</v>
       </c>
-      <c r="D130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="G130">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H130">
-        <v>4.08</v>
+        <v>4.17</v>
       </c>
       <c r="I130">
-        <v>0.85</v>
+        <v>0.81</v>
       </c>
       <c r="J130" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K130">
-        <v>9</v>
+        <v>192</v>
       </c>
       <c r="L130" s="3">
-        <v>1.6E-2</v>
+        <v>0.442</v>
       </c>
     </row>
     <row r="131" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B131" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C131" t="s">
+        <v>100</v>
+      </c>
+      <c r="D131" t="s">
+        <v>86</v>
+      </c>
+      <c r="E131" t="s">
         <v>137</v>
       </c>
-      <c r="D131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F131" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="G131">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H131">
-        <v>4.08</v>
+        <v>4.17</v>
       </c>
       <c r="I131">
-        <v>0.85</v>
+        <v>0.81</v>
       </c>
       <c r="J131" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K131">
-        <v>107</v>
+        <v>166</v>
       </c>
       <c r="L131" s="3">
-        <v>0.192</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="132" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B132" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C132" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D132" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E132" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="F132" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="G132">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H132">
-        <v>4.08</v>
+        <v>3.81</v>
       </c>
       <c r="I132">
-        <v>0.85</v>
+        <v>0.94</v>
       </c>
       <c r="J132" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K132">
-        <v>241</v>
+        <v>3</v>
       </c>
       <c r="L132" s="3">
-        <v>0.433</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="133" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B133" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C133" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D133" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E133" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="F133" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="G133">
-        <v>557</v>
+        <v>434</v>
       </c>
       <c r="H133">
-        <v>4.08</v>
+        <v>3.81</v>
       </c>
       <c r="I133">
-        <v>0.85</v>
+        <v>0.94</v>
       </c>
       <c r="J133" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K133">
-        <v>192</v>
+        <v>28</v>
       </c>
       <c r="L133" s="3">
-        <v>0.34499999999999997</v>
+        <v>6.5000000000000002E-2</v>
       </c>
     </row>
     <row r="134" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B134" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C134" t="s">
+        <v>100</v>
+      </c>
+      <c r="D134" t="s">
+        <v>86</v>
+      </c>
+      <c r="E134" t="s">
+        <v>138</v>
+      </c>
+      <c r="F134" t="s">
+        <v>90</v>
+      </c>
+      <c r="G134">
+        <v>434</v>
+      </c>
+      <c r="H134">
+        <v>3.81</v>
+      </c>
+      <c r="I134">
+        <v>0.94</v>
+      </c>
+      <c r="J134" t="s">
+        <v>46</v>
+      </c>
+      <c r="K134">
         <v>137</v>
       </c>
-      <c r="D134" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L134" s="3">
-        <v>2.1999999999999999E-2</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="135" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B135" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C135" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D135" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E135" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="F135" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="G135">
-        <v>554</v>
+        <v>434</v>
       </c>
       <c r="H135">
-        <v>3.7</v>
+        <v>3.81</v>
       </c>
       <c r="I135">
-        <v>0.98</v>
+        <v>0.94</v>
       </c>
       <c r="J135" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K135">
-        <v>46</v>
+        <v>145</v>
       </c>
       <c r="L135" s="3">
-        <v>8.3000000000000004E-2</v>
+        <v>0.33400000000000002</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B136" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C136" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D136" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E136" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="F136" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="G136">
-        <v>554</v>
+        <v>434</v>
       </c>
       <c r="H136">
-        <v>3.7</v>
+        <v>3.81</v>
       </c>
       <c r="I136">
-        <v>0.98</v>
+        <v>0.94</v>
       </c>
       <c r="J136" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K136">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="L136" s="3">
-        <v>0.29199999999999998</v>
+        <v>0.27900000000000003</v>
       </c>
     </row>
     <row r="137" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B137" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C137" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D137" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E137" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
       <c r="F137" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G137">
-        <v>554</v>
+        <v>435</v>
       </c>
       <c r="H137">
-        <v>3.7</v>
+        <v>3.31</v>
       </c>
       <c r="I137">
-        <v>0.98</v>
+        <v>0.73</v>
       </c>
       <c r="J137" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="K137">
-        <v>211</v>
+        <v>8</v>
       </c>
       <c r="L137" s="3">
-        <v>0.38100000000000001</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="138" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B138" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C138" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D138" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E138" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
       <c r="F138" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G138">
-        <v>554</v>
+        <v>435</v>
       </c>
       <c r="H138">
-        <v>3.7</v>
+        <v>3.31</v>
       </c>
       <c r="I138">
-        <v>0.98</v>
+        <v>0.73</v>
       </c>
       <c r="J138" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="K138">
-        <v>123</v>
+        <v>45</v>
       </c>
       <c r="L138" s="3">
-        <v>0.222</v>
+        <v>0.10299999999999999</v>
       </c>
     </row>
     <row r="139" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B139" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C139" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D139" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E139" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="F139" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G139">
-        <v>556</v>
+        <v>435</v>
       </c>
       <c r="H139">
-        <v>3.19</v>
+        <v>3.31</v>
       </c>
       <c r="I139">
-        <v>0.77</v>
+        <v>0.73</v>
       </c>
       <c r="J139" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="K139">
-        <v>15</v>
+        <v>187</v>
       </c>
       <c r="L139" s="3">
-        <v>2.7E-2</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="140" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B140" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C140" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D140" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E140" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="F140" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G140">
-        <v>556</v>
+        <v>435</v>
       </c>
       <c r="H140">
-        <v>3.19</v>
+        <v>3.31</v>
       </c>
       <c r="I140">
-        <v>0.77</v>
+        <v>0.73</v>
       </c>
       <c r="J140" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="K140">
-        <v>78</v>
+        <v>195</v>
       </c>
       <c r="L140" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.44800000000000001</v>
       </c>
     </row>
     <row r="141" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B141" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C141" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D141" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E141" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="F141" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="G141">
-        <v>556</v>
-[...8 lines deleted...]
-        <v>94</v>
+        <v>998</v>
+      </c>
+      <c r="H141" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I141" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J141">
+        <v>1</v>
       </c>
       <c r="K141">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="L141" s="3">
-        <v>0.45</v>
+        <v>0.28799999999999998</v>
       </c>
     </row>
     <row r="142" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C142" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D142" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E142" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="F142" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="G142">
-        <v>556</v>
-[...8 lines deleted...]
-        <v>95</v>
+        <v>998</v>
+      </c>
+      <c r="H142" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I142" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J142" s="9">
+        <v>45691</v>
       </c>
       <c r="K142">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="L142" s="3">
-        <v>0.38300000000000001</v>
+        <v>0.22800000000000001</v>
       </c>
     </row>
     <row r="143" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B143" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C143" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D143" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E143" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F143" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>148</v>
+      </c>
+      <c r="G143">
+        <v>998</v>
       </c>
       <c r="H143" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I143" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
+      </c>
+      <c r="J143" s="9">
+        <v>45752</v>
       </c>
       <c r="K143">
-        <v>494</v>
+        <v>147</v>
       </c>
       <c r="L143" s="3">
-        <v>0.32500000000000001</v>
+        <v>0.14699999999999999</v>
       </c>
     </row>
     <row r="144" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B144" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C144" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D144" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E144" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F144" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>148</v>
+      </c>
+      <c r="G144">
+        <v>998</v>
       </c>
       <c r="H144" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I144" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45325</v>
+        <v>161</v>
+      </c>
+      <c r="J144" s="9">
+        <v>45818</v>
       </c>
       <c r="K144">
-        <v>344</v>
+        <v>153</v>
       </c>
       <c r="L144" s="3">
-        <v>0.22600000000000001</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="145" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B145" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C145" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D145" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E145" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>148</v>
+      </c>
+      <c r="G145">
+        <v>998</v>
       </c>
       <c r="H145" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I145" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45387</v>
+        <v>161</v>
+      </c>
+      <c r="J145" s="9">
+        <v>45981</v>
       </c>
       <c r="K145">
-        <v>216</v>
+        <v>135</v>
       </c>
       <c r="L145" s="3">
-        <v>0.14199999999999999</v>
+        <v>0.13500000000000001</v>
       </c>
     </row>
     <row r="146" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B146" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C146" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D146" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E146" t="s">
+        <v>18</v>
+      </c>
+      <c r="F146" t="s">
+        <v>148</v>
+      </c>
+      <c r="G146">
+        <v>998</v>
+      </c>
+      <c r="H146" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I146" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J146" t="s">
         <v>16</v>
       </c>
-      <c r="F146" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K146">
-        <v>202</v>
+        <v>48</v>
       </c>
       <c r="L146" s="3">
-        <v>0.13300000000000001</v>
+        <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="147" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B147" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C147" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D147" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E147" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="F147" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>17</v>
+      </c>
+      <c r="G147">
+        <v>992</v>
       </c>
       <c r="H147" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I147" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45616</v>
+        <v>161</v>
+      </c>
+      <c r="J147">
+        <v>1</v>
       </c>
       <c r="K147">
-        <v>189</v>
+        <v>395</v>
       </c>
       <c r="L147" s="3">
-        <v>0.124</v>
+        <v>0.39800000000000002</v>
       </c>
     </row>
     <row r="148" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B148" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C148" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D148" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E148" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="F148" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>17</v>
+      </c>
+      <c r="G148">
+        <v>992</v>
       </c>
       <c r="H148" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I148" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J148">
+        <v>2</v>
+      </c>
+      <c r="K148">
         <v>205</v>
       </c>
-      <c r="I148" s="8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L148" s="3">
-        <v>0.05</v>
+        <v>0.20699999999999999</v>
       </c>
     </row>
     <row r="149" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B149" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C149" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D149" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E149" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="F149" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>1528</v>
+        <v>17</v>
+      </c>
+      <c r="G149">
+        <v>992</v>
       </c>
       <c r="H149" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I149" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>161</v>
+      </c>
+      <c r="J149">
+        <v>3</v>
       </c>
       <c r="K149">
-        <v>710</v>
+        <v>142</v>
       </c>
       <c r="L149" s="3">
-        <v>0.46500000000000002</v>
+        <v>0.14299999999999999</v>
       </c>
     </row>
     <row r="150" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B150" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C150" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D150" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E150" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="F150" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>1528</v>
+        <v>17</v>
+      </c>
+      <c r="G150">
+        <v>992</v>
       </c>
       <c r="H150" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I150" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>161</v>
+      </c>
+      <c r="J150">
+        <v>4</v>
       </c>
       <c r="K150">
-        <v>289</v>
+        <v>76</v>
       </c>
       <c r="L150" s="3">
-        <v>0.189</v>
+        <v>7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="151" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B151" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C151" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D151" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E151" t="s">
+        <v>118</v>
+      </c>
+      <c r="F151" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151">
+        <v>992</v>
+      </c>
+      <c r="H151" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I151" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J151" t="s">
         <v>19</v>
       </c>
-      <c r="F151" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K151">
-        <v>529</v>
+        <v>174</v>
       </c>
       <c r="L151" s="3">
-        <v>0.34599999999999997</v>
+        <v>0.17499999999999999</v>
       </c>
     </row>
     <row r="152" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B152" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C152" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D152" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E152" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F152" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>145</v>
+      </c>
+      <c r="G152">
+        <v>981</v>
       </c>
       <c r="H152" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I152" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
+      </c>
+      <c r="J152" t="s">
+        <v>149</v>
       </c>
       <c r="K152">
-        <v>635</v>
+        <v>165</v>
       </c>
       <c r="L152" s="3">
-        <v>0.47099999999999997</v>
+        <v>0.16800000000000001</v>
       </c>
     </row>
     <row r="153" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B153" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C153" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D153" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E153" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F153" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>145</v>
+      </c>
+      <c r="G153">
+        <v>981</v>
       </c>
       <c r="H153" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I153" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>161</v>
+      </c>
+      <c r="J153" t="s">
+        <v>150</v>
       </c>
       <c r="K153">
-        <v>263</v>
+        <v>127</v>
       </c>
       <c r="L153" s="3">
-        <v>0.19500000000000001</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="154" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B154" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C154" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D154" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E154" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F154" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>145</v>
+      </c>
+      <c r="G154">
+        <v>981</v>
       </c>
       <c r="H154" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I154" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>161</v>
+      </c>
+      <c r="J154" t="s">
+        <v>22</v>
       </c>
       <c r="K154">
-        <v>165</v>
+        <v>490</v>
       </c>
       <c r="L154" s="3">
-        <v>0.122</v>
+        <v>0.499</v>
       </c>
     </row>
     <row r="155" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B155" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C155" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D155" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E155" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F155" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>145</v>
+      </c>
+      <c r="G155">
+        <v>981</v>
       </c>
       <c r="H155" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I155" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>161</v>
+      </c>
+      <c r="J155" t="s">
+        <v>21</v>
       </c>
       <c r="K155">
-        <v>84</v>
+        <v>421</v>
       </c>
       <c r="L155" s="3">
-        <v>6.2E-2</v>
+        <v>0.42899999999999999</v>
       </c>
     </row>
     <row r="156" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B156" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C156" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D156" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E156" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F156" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>145</v>
+      </c>
+      <c r="G156">
+        <v>981</v>
       </c>
       <c r="H156" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I156" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J156" t="s">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="K156">
-        <v>201</v>
+        <v>174</v>
       </c>
       <c r="L156" s="3">
-        <v>0.14899999999999999</v>
+        <v>0.17699999999999999</v>
       </c>
     </row>
     <row r="157" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B157" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C157" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D157" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E157" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F157" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G157">
+        <v>980</v>
+      </c>
+      <c r="H157">
+        <v>3.29</v>
+      </c>
+      <c r="I157">
+        <v>0.73</v>
       </c>
       <c r="J157" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="K157">
-        <v>257</v>
+        <v>12</v>
       </c>
       <c r="L157" s="3">
-        <v>0.21099999999999999</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="158" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B158" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C158" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D158" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E158" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F158" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G158">
+        <v>980</v>
+      </c>
+      <c r="H158">
+        <v>3.29</v>
+      </c>
+      <c r="I158">
+        <v>0.73</v>
       </c>
       <c r="J158" t="s">
-        <v>191</v>
+        <v>25</v>
       </c>
       <c r="K158">
-        <v>151</v>
+        <v>125</v>
       </c>
       <c r="L158" s="3">
-        <v>0.124</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="159" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B159" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C159" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D159" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E159" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F159" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G159">
+        <v>980</v>
+      </c>
+      <c r="H159">
+        <v>3.29</v>
+      </c>
+      <c r="I159">
+        <v>0.73</v>
       </c>
       <c r="J159" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="K159">
-        <v>741</v>
+        <v>406</v>
       </c>
       <c r="L159" s="3">
-        <v>0.60799999999999998</v>
+        <v>0.41399999999999998</v>
       </c>
     </row>
     <row r="160" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B160" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C160" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D160" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E160" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F160" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G160">
+        <v>980</v>
+      </c>
+      <c r="H160">
+        <v>3.29</v>
+      </c>
+      <c r="I160">
+        <v>0.73</v>
       </c>
       <c r="J160" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="K160">
-        <v>611</v>
+        <v>437</v>
       </c>
       <c r="L160" s="3">
-        <v>0.502</v>
+        <v>0.44600000000000001</v>
       </c>
     </row>
     <row r="161" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B161" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C161" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D161" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E161" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="F161" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>147</v>
+      </c>
+      <c r="G161">
+        <v>977</v>
+      </c>
+      <c r="H161">
+        <v>3.34</v>
+      </c>
+      <c r="I161">
+        <v>0.76</v>
       </c>
       <c r="J161" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="K161">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>17</v>
+      </c>
+      <c r="L161" s="3">
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="162" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B162" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C162" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D162" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E162" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F162" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>147</v>
+      </c>
+      <c r="G162">
+        <v>977</v>
       </c>
       <c r="H162">
-        <v>3.22</v>
+        <v>3.34</v>
       </c>
       <c r="I162">
-        <v>0.75</v>
+        <v>0.76</v>
       </c>
       <c r="J162" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K162">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="L162" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="163" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B163" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C163" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D163" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E163" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F163" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>147</v>
+      </c>
+      <c r="G163">
+        <v>977</v>
       </c>
       <c r="H163">
-        <v>3.22</v>
+        <v>3.34</v>
       </c>
       <c r="I163">
-        <v>0.75</v>
+        <v>0.76</v>
       </c>
       <c r="J163" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K163">
-        <v>191</v>
+        <v>350</v>
       </c>
       <c r="L163" s="3">
-        <v>0.14199999999999999</v>
+        <v>0.35799999999999998</v>
       </c>
     </row>
     <row r="164" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B164" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C164" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D164" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E164" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F164" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>147</v>
+      </c>
+      <c r="G164">
+        <v>977</v>
       </c>
       <c r="H164">
-        <v>3.22</v>
+        <v>3.34</v>
       </c>
       <c r="I164">
-        <v>0.75</v>
+        <v>0.76</v>
       </c>
       <c r="J164" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K164">
-        <v>597</v>
+        <v>487</v>
       </c>
       <c r="L164" s="3">
-        <v>0.443</v>
+        <v>0.498</v>
       </c>
     </row>
     <row r="165" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B165" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C165" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D165" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E165" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="F165" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>0.75</v>
+        <v>30</v>
+      </c>
+      <c r="G165">
+        <v>977</v>
+      </c>
+      <c r="H165" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I165" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J165" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="K165">
-        <v>536</v>
+        <v>104</v>
       </c>
       <c r="L165" s="3">
-        <v>0.39800000000000002</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="166" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B166" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C166" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D166" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E166" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F166" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.8</v>
+        <v>30</v>
+      </c>
+      <c r="G166">
+        <v>977</v>
+      </c>
+      <c r="H166" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I166" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J166" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K166">
-        <v>36</v>
+        <v>396</v>
       </c>
       <c r="L166" s="3">
-        <v>2.7E-2</v>
+        <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="167" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B167" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C167" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D167" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E167" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F167" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.8</v>
+        <v>30</v>
+      </c>
+      <c r="G167">
+        <v>977</v>
+      </c>
+      <c r="H167" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I167" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J167" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="K167">
-        <v>190</v>
+        <v>369</v>
       </c>
       <c r="L167" s="3">
-        <v>0.14099999999999999</v>
+        <v>0.378</v>
       </c>
     </row>
     <row r="168" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B168" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C168" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D168" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E168" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F168" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.8</v>
+        <v>30</v>
+      </c>
+      <c r="G168">
+        <v>977</v>
+      </c>
+      <c r="H168" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I168" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J168" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="K168">
-        <v>508</v>
+        <v>74</v>
       </c>
       <c r="L168" s="3">
-        <v>0.378</v>
+        <v>7.5999999999999998E-2</v>
       </c>
     </row>
     <row r="169" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B169" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C169" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D169" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E169" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F169" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.8</v>
+        <v>30</v>
+      </c>
+      <c r="G169">
+        <v>977</v>
+      </c>
+      <c r="H169" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I169" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J169" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="K169">
-        <v>609</v>
+        <v>28</v>
       </c>
       <c r="L169" s="3">
-        <v>0.45300000000000001</v>
+        <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="170" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B170" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C170" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D170" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E170" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="F170" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>1337</v>
+        <v>30</v>
+      </c>
+      <c r="G170">
+        <v>977</v>
       </c>
       <c r="H170" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I170" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J170" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="K170">
-        <v>205</v>
+        <v>6</v>
       </c>
       <c r="L170" s="3">
-        <v>0.153</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B171" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C171" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D171" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E171" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="F171" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>38</v>
+      </c>
+      <c r="G171">
+        <v>980</v>
+      </c>
+      <c r="H171">
+        <v>2.72</v>
+      </c>
+      <c r="I171">
+        <v>0.53</v>
       </c>
       <c r="J171" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K171">
-        <v>589</v>
+        <v>36</v>
       </c>
       <c r="L171" s="3">
-        <v>0.441</v>
+        <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B172" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C172" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D172" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E172" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="F172" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>38</v>
+      </c>
+      <c r="G172">
+        <v>980</v>
+      </c>
+      <c r="H172">
+        <v>2.72</v>
+      </c>
+      <c r="I172">
+        <v>0.53</v>
       </c>
       <c r="J172" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="K172">
-        <v>410</v>
+        <v>207</v>
       </c>
       <c r="L172" s="3">
-        <v>0.307</v>
+        <v>0.21099999999999999</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B173" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="C173" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D173" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E173" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="F173" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>38</v>
+      </c>
+      <c r="G173">
+        <v>980</v>
+      </c>
+      <c r="H173">
+        <v>2.72</v>
+      </c>
+      <c r="I173">
+        <v>0.53</v>
       </c>
       <c r="J173" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="K173">
-        <v>84</v>
+        <v>737</v>
       </c>
       <c r="L173" s="3">
-        <v>6.3E-2</v>
+        <v>0.752</v>
       </c>
     </row>
     <row r="174" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B174" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="C174" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D174" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E174" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="F174" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G174" s="2">
-        <v>1337</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1210</v>
+      </c>
+      <c r="H174">
+        <v>4.08</v>
+      </c>
+      <c r="I174">
+        <v>0.86</v>
       </c>
       <c r="J174" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K174">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="L174" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="175" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B175" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="C175" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D175" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E175" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="F175" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G175" s="2">
-        <v>1337</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1210</v>
+      </c>
+      <c r="H175">
+        <v>4.08</v>
+      </c>
+      <c r="I175">
+        <v>0.86</v>
       </c>
       <c r="J175" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K175">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="L175" s="3">
-        <v>1.6E-2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="176" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B176" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="C176" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D176" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E176" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F176" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G176" s="2">
-        <v>1347</v>
+        <v>1210</v>
       </c>
       <c r="H176">
-        <v>2.68</v>
+        <v>4.08</v>
       </c>
       <c r="I176">
-        <v>0.55000000000000004</v>
+        <v>0.86</v>
       </c>
       <c r="J176" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K176">
-        <v>59</v>
+        <v>259</v>
       </c>
       <c r="L176" s="3">
-        <v>4.3999999999999997E-2</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="177" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B177" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="C177" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D177" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E177" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F177" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G177" s="2">
-        <v>1347</v>
+        <v>1210</v>
       </c>
       <c r="H177">
-        <v>2.68</v>
+        <v>4.08</v>
       </c>
       <c r="I177">
-        <v>0.55000000000000004</v>
+        <v>0.86</v>
       </c>
       <c r="J177" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="K177">
-        <v>314</v>
+        <v>469</v>
       </c>
       <c r="L177" s="3">
-        <v>0.23300000000000001</v>
+        <v>0.38800000000000001</v>
       </c>
     </row>
     <row r="178" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B178" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="C178" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D178" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E178" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F178" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G178" s="2">
-        <v>1347</v>
+        <v>1210</v>
       </c>
       <c r="H178">
-        <v>2.68</v>
+        <v>4.08</v>
       </c>
       <c r="I178">
-        <v>0.55000000000000004</v>
+        <v>0.86</v>
       </c>
       <c r="J178" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="K178">
-        <v>974</v>
+        <v>440</v>
       </c>
       <c r="L178" s="3">
-        <v>0.72299999999999998</v>
+        <v>0.36399999999999999</v>
       </c>
     </row>
     <row r="179" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B179" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C179" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D179" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E179" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F179" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>49</v>
+      </c>
+      <c r="G179" s="2">
+        <v>1212</v>
       </c>
       <c r="H179">
-        <v>4.16</v>
+        <v>4</v>
       </c>
       <c r="I179">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
       <c r="J179" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K179">
         <v>6</v>
       </c>
       <c r="L179" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="180" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B180" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C180" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D180" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E180" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F180" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>49</v>
+      </c>
+      <c r="G180" s="2">
+        <v>1212</v>
       </c>
       <c r="H180">
-        <v>4.16</v>
+        <v>4</v>
       </c>
       <c r="I180">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
       <c r="J180" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K180">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="L180" s="3">
-        <v>2.1999999999999999E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="181" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B181" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C181" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D181" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E181" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F181" t="s">
+        <v>49</v>
+      </c>
+      <c r="G181" s="2">
+        <v>1212</v>
+      </c>
+      <c r="H181">
+        <v>4</v>
+      </c>
+      <c r="I181">
+        <v>0.9</v>
+      </c>
+      <c r="J181" t="s">
         <v>46</v>
       </c>
-      <c r="G181">
-[...10 lines deleted...]
-      </c>
       <c r="K181">
-        <v>171</v>
+        <v>273</v>
       </c>
       <c r="L181" s="3">
-        <v>0.17299999999999999</v>
+        <v>0.22500000000000001</v>
       </c>
     </row>
     <row r="182" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B182" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C182" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D182" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E182" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F182" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>49</v>
+      </c>
+      <c r="G182" s="2">
+        <v>1212</v>
       </c>
       <c r="H182">
-        <v>4.16</v>
+        <v>4</v>
       </c>
       <c r="I182">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
       <c r="J182" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K182">
-        <v>398</v>
+        <v>459</v>
       </c>
       <c r="L182" s="3">
-        <v>0.40300000000000002</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="183" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B183" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C183" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D183" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E183" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F183" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>49</v>
+      </c>
+      <c r="G183" s="2">
+        <v>1212</v>
       </c>
       <c r="H183">
-        <v>4.16</v>
+        <v>4</v>
       </c>
       <c r="I183">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
       <c r="J183" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K183">
-        <v>391</v>
+        <v>411</v>
       </c>
       <c r="L183" s="3">
-        <v>0.39600000000000002</v>
+        <v>0.33900000000000002</v>
       </c>
     </row>
     <row r="184" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B184" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C184" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D184" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E184" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F184" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>50</v>
+      </c>
+      <c r="G184" s="2">
+        <v>1211</v>
       </c>
       <c r="H184">
-        <v>4.08</v>
+        <v>3.85</v>
       </c>
       <c r="I184">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J184" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K184">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L184" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="185" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B185" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C185" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D185" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E185" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F185" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>50</v>
+      </c>
+      <c r="G185" s="2">
+        <v>1211</v>
       </c>
       <c r="H185">
-        <v>4.08</v>
+        <v>3.85</v>
       </c>
       <c r="I185">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J185" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K185">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="L185" s="3">
-        <v>2.9000000000000001E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="186" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B186" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C186" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D186" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E186" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F186" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>50</v>
+      </c>
+      <c r="G186" s="2">
+        <v>1211</v>
       </c>
       <c r="H186">
-        <v>4.08</v>
+        <v>3.85</v>
       </c>
       <c r="I186">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J186" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K186">
-        <v>195</v>
+        <v>332</v>
       </c>
       <c r="L186" s="3">
-        <v>0.19800000000000001</v>
+        <v>0.27400000000000002</v>
       </c>
     </row>
     <row r="187" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B187" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C187" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D187" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E187" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F187" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>50</v>
+      </c>
+      <c r="G187" s="2">
+        <v>1211</v>
       </c>
       <c r="H187">
-        <v>4.08</v>
+        <v>3.85</v>
       </c>
       <c r="I187">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J187" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K187">
-        <v>403</v>
+        <v>464</v>
       </c>
       <c r="L187" s="3">
-        <v>0.40799999999999997</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="188" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B188" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C188" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D188" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E188" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F188" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>50</v>
+      </c>
+      <c r="G188" s="2">
+        <v>1211</v>
       </c>
       <c r="H188">
-        <v>4.08</v>
+        <v>3.85</v>
       </c>
       <c r="I188">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J188" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K188">
-        <v>354</v>
+        <v>332</v>
       </c>
       <c r="L188" s="3">
-        <v>0.35899999999999999</v>
+        <v>0.27400000000000002</v>
       </c>
     </row>
     <row r="189" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B189" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C189" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D189" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E189" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F189" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>51</v>
+      </c>
+      <c r="G189" s="2">
+        <v>1209</v>
       </c>
       <c r="H189">
-        <v>3.92</v>
+        <v>3.86</v>
       </c>
       <c r="I189">
-        <v>0.91</v>
+        <v>0.96</v>
       </c>
       <c r="J189" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K189">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L189" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="190" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B190" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C190" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D190" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E190" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F190" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>51</v>
+      </c>
+      <c r="G190" s="2">
+        <v>1209</v>
       </c>
       <c r="H190">
-        <v>3.92</v>
+        <v>3.86</v>
       </c>
       <c r="I190">
-        <v>0.91</v>
+        <v>0.96</v>
       </c>
       <c r="J190" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K190">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="L190" s="3">
-        <v>5.2999999999999999E-2</v>
+        <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="191" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B191" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C191" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D191" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E191" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F191" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>51</v>
+      </c>
+      <c r="G191" s="2">
+        <v>1209</v>
       </c>
       <c r="H191">
-        <v>3.92</v>
+        <v>3.86</v>
       </c>
       <c r="I191">
-        <v>0.91</v>
+        <v>0.96</v>
       </c>
       <c r="J191" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K191">
-        <v>254</v>
+        <v>325</v>
       </c>
       <c r="L191" s="3">
-        <v>0.25800000000000001</v>
+        <v>0.26900000000000002</v>
       </c>
     </row>
     <row r="192" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B192" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C192" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D192" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E192" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F192" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>51</v>
+      </c>
+      <c r="G192" s="2">
+        <v>1209</v>
       </c>
       <c r="H192">
-        <v>3.92</v>
+        <v>3.86</v>
       </c>
       <c r="I192">
-        <v>0.91</v>
+        <v>0.96</v>
       </c>
       <c r="J192" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K192">
-        <v>368</v>
+        <v>425</v>
       </c>
       <c r="L192" s="3">
-        <v>0.373</v>
+        <v>0.35199999999999998</v>
       </c>
     </row>
     <row r="193" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B193" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C193" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D193" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E193" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F193" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>51</v>
+      </c>
+      <c r="G193" s="2">
+        <v>1209</v>
       </c>
       <c r="H193">
-        <v>3.92</v>
+        <v>3.86</v>
       </c>
       <c r="I193">
-        <v>0.91</v>
+        <v>0.96</v>
       </c>
       <c r="J193" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K193">
-        <v>305</v>
+        <v>363</v>
       </c>
       <c r="L193" s="3">
-        <v>0.309</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="194" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B194" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C194" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D194" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E194" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F194" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>53</v>
+      </c>
+      <c r="G194" s="2">
+        <v>1202</v>
       </c>
       <c r="H194">
-        <v>3.92</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="I194">
-        <v>0.93</v>
+        <v>0.82</v>
       </c>
       <c r="J194" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K194">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="L194" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
     </row>
     <row r="195" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B195" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C195" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D195" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E195" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F195" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>53</v>
+      </c>
+      <c r="G195" s="2">
+        <v>1202</v>
       </c>
       <c r="H195">
-        <v>3.92</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="I195">
-        <v>0.93</v>
+        <v>0.82</v>
       </c>
       <c r="J195" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K195">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="L195" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="196" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B196" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C196" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D196" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E196" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F196" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>53</v>
+      </c>
+      <c r="G196" s="2">
+        <v>1202</v>
       </c>
       <c r="H196">
-        <v>3.92</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="I196">
-        <v>0.93</v>
+        <v>0.82</v>
       </c>
       <c r="J196" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K196">
-        <v>253</v>
+        <v>179</v>
       </c>
       <c r="L196" s="3">
-        <v>0.25600000000000001</v>
+        <v>0.14899999999999999</v>
       </c>
     </row>
     <row r="197" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B197" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C197" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D197" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E197" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F197" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>53</v>
+      </c>
+      <c r="G197" s="2">
+        <v>1202</v>
       </c>
       <c r="H197">
-        <v>3.92</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="I197">
-        <v>0.93</v>
+        <v>0.82</v>
       </c>
       <c r="J197" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K197">
-        <v>361</v>
+        <v>386</v>
       </c>
       <c r="L197" s="3">
-        <v>0.36499999999999999</v>
+        <v>0.32100000000000001</v>
       </c>
     </row>
     <row r="198" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B198" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C198" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D198" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E198" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F198" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>53</v>
+      </c>
+      <c r="G198" s="2">
+        <v>1202</v>
       </c>
       <c r="H198">
-        <v>3.92</v>
+        <v>4.3099999999999996</v>
       </c>
       <c r="I198">
-        <v>0.93</v>
+        <v>0.82</v>
       </c>
       <c r="J198" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K198">
-        <v>310</v>
+        <v>608</v>
       </c>
       <c r="L198" s="3">
-        <v>0.314</v>
+        <v>0.50600000000000001</v>
       </c>
     </row>
     <row r="199" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B199" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C199" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D199" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E199" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F199" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>54</v>
+      </c>
+      <c r="G199" s="2">
+        <v>1204</v>
       </c>
       <c r="H199">
-        <v>4.38</v>
+        <v>4.16</v>
       </c>
       <c r="I199">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J199" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K199">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L199" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="200" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B200" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C200" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D200" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E200" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F200" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>54</v>
+      </c>
+      <c r="G200" s="2">
+        <v>1204</v>
       </c>
       <c r="H200">
-        <v>4.38</v>
+        <v>4.16</v>
       </c>
       <c r="I200">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J200" t="s">
+        <v>45</v>
+      </c>
+      <c r="K200">
         <v>48</v>
       </c>
-      <c r="K200">
-[...1 lines deleted...]
-      </c>
       <c r="L200" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="201" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B201" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C201" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D201" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E201" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F201" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>54</v>
+      </c>
+      <c r="G201" s="2">
+        <v>1204</v>
       </c>
       <c r="H201">
-        <v>4.38</v>
+        <v>4.16</v>
       </c>
       <c r="I201">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J201" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K201">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="L201" s="3">
-        <v>0.115</v>
+        <v>0.17399999999999999</v>
       </c>
     </row>
     <row r="202" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B202" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C202" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D202" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E202" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F202" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>54</v>
+      </c>
+      <c r="G202" s="2">
+        <v>1204</v>
       </c>
       <c r="H202">
-        <v>4.38</v>
+        <v>4.16</v>
       </c>
       <c r="I202">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J202" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K202">
-        <v>333</v>
+        <v>421</v>
       </c>
       <c r="L202" s="3">
-        <v>0.33800000000000002</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="203" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B203" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C203" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D203" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E203" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F203" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>54</v>
+      </c>
+      <c r="G203" s="2">
+        <v>1204</v>
       </c>
       <c r="H203">
-        <v>4.38</v>
+        <v>4.16</v>
       </c>
       <c r="I203">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J203" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K203">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="L203" s="3">
-        <v>0.53100000000000003</v>
+        <v>0.432</v>
       </c>
     </row>
     <row r="204" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B204" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C204" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D204" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E204" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F204" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>56</v>
+      </c>
+      <c r="G204" s="2">
+        <v>1205</v>
       </c>
       <c r="H204">
-        <v>4.25</v>
+        <v>4.04</v>
       </c>
       <c r="I204">
-        <v>0.84</v>
+        <v>0.9</v>
       </c>
       <c r="J204" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K204">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L204" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="205" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B205" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C205" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D205" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E205" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F205" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>56</v>
+      </c>
+      <c r="G205" s="2">
+        <v>1205</v>
       </c>
       <c r="H205">
-        <v>4.25</v>
+        <v>4.04</v>
       </c>
       <c r="I205">
-        <v>0.84</v>
+        <v>0.9</v>
       </c>
       <c r="J205" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K205">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="L205" s="3">
-        <v>2.5999999999999999E-2</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="206" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B206" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C206" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D206" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E206" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F206" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>56</v>
+      </c>
+      <c r="G206" s="2">
+        <v>1205</v>
       </c>
       <c r="H206">
-        <v>4.25</v>
+        <v>4.04</v>
       </c>
       <c r="I206">
-        <v>0.84</v>
+        <v>0.9</v>
       </c>
       <c r="J206" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K206">
-        <v>131</v>
+        <v>250</v>
       </c>
       <c r="L206" s="3">
-        <v>0.13300000000000001</v>
+        <v>0.20699999999999999</v>
       </c>
     </row>
     <row r="207" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B207" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C207" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D207" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E207" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F207" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>56</v>
+      </c>
+      <c r="G207" s="2">
+        <v>1205</v>
       </c>
       <c r="H207">
-        <v>4.25</v>
+        <v>4.04</v>
       </c>
       <c r="I207">
-        <v>0.84</v>
+        <v>0.9</v>
       </c>
       <c r="J207" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K207">
-        <v>372</v>
+        <v>454</v>
       </c>
       <c r="L207" s="3">
-        <v>0.378</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="208" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B208" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C208" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D208" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E208" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F208" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>56</v>
+      </c>
+      <c r="G208" s="2">
+        <v>1205</v>
       </c>
       <c r="H208">
-        <v>4.25</v>
+        <v>4.04</v>
       </c>
       <c r="I208">
-        <v>0.84</v>
+        <v>0.9</v>
       </c>
       <c r="J208" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K208">
-        <v>448</v>
+        <v>434</v>
       </c>
       <c r="L208" s="3">
-        <v>0.45500000000000002</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="209" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B209" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C209" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D209" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E209" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F209" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>57</v>
+      </c>
+      <c r="G209" s="2">
+        <v>1205</v>
       </c>
       <c r="H209">
-        <v>4.1500000000000004</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I209">
-        <v>0.84</v>
+        <v>0.91</v>
       </c>
       <c r="J209" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K209">
         <v>5</v>
       </c>
       <c r="L209" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="210" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B210" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C210" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D210" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E210" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F210" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>57</v>
+      </c>
+      <c r="G210" s="2">
+        <v>1205</v>
       </c>
       <c r="H210">
-        <v>4.1500000000000004</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I210">
-        <v>0.84</v>
+        <v>0.91</v>
       </c>
       <c r="J210" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K210">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="L210" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="211" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B211" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C211" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D211" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E211" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F211" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>57</v>
+      </c>
+      <c r="G211" s="2">
+        <v>1205</v>
       </c>
       <c r="H211">
-        <v>4.1500000000000004</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I211">
-        <v>0.84</v>
+        <v>0.91</v>
       </c>
       <c r="J211" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K211">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="L211" s="3">
-        <v>0.17899999999999999</v>
+        <v>0.20699999999999999</v>
       </c>
     </row>
     <row r="212" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B212" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C212" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D212" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E212" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F212" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>57</v>
+      </c>
+      <c r="G212" s="2">
+        <v>1205</v>
       </c>
       <c r="H212">
-        <v>4.1500000000000004</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I212">
-        <v>0.84</v>
+        <v>0.91</v>
       </c>
       <c r="J212" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K212">
-        <v>390</v>
+        <v>426</v>
       </c>
       <c r="L212" s="3">
-        <v>0.39700000000000002</v>
+        <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="213" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B213" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C213" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D213" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E213" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F213" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>57</v>
+      </c>
+      <c r="G213" s="2">
+        <v>1205</v>
       </c>
       <c r="H213">
-        <v>4.1500000000000004</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I213">
-        <v>0.84</v>
+        <v>0.91</v>
       </c>
       <c r="J213" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K213">
-        <v>387</v>
+        <v>462</v>
       </c>
       <c r="L213" s="3">
-        <v>0.39400000000000002</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="214" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B214" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C214" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D214" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E214" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F214" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>60</v>
+      </c>
+      <c r="G214" s="2">
+        <v>1204</v>
       </c>
       <c r="H214">
-        <v>4.16</v>
+        <v>3.93</v>
       </c>
       <c r="I214">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J214" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K214">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="L214" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="215" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B215" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C215" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D215" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E215" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F215" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>60</v>
+      </c>
+      <c r="G215" s="2">
+        <v>1204</v>
       </c>
       <c r="H215">
-        <v>4.16</v>
+        <v>3.93</v>
       </c>
       <c r="I215">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J215" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K215">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="L215" s="3">
-        <v>0.03</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="216" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B216" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C216" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D216" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E216" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F216" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>60</v>
+      </c>
+      <c r="G216" s="2">
+        <v>1204</v>
       </c>
       <c r="H216">
-        <v>4.16</v>
+        <v>3.93</v>
       </c>
       <c r="I216">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J216" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K216">
-        <v>172</v>
+        <v>297</v>
       </c>
       <c r="L216" s="3">
-        <v>0.17499999999999999</v>
+        <v>0.247</v>
       </c>
     </row>
     <row r="217" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B217" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C217" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D217" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E217" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F217" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>60</v>
+      </c>
+      <c r="G217" s="2">
+        <v>1204</v>
       </c>
       <c r="H217">
-        <v>4.16</v>
+        <v>3.93</v>
       </c>
       <c r="I217">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J217" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K217">
-        <v>372</v>
+        <v>461</v>
       </c>
       <c r="L217" s="3">
-        <v>0.379</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="218" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B218" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C218" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D218" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E218" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F218" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>60</v>
+      </c>
+      <c r="G218" s="2">
+        <v>1204</v>
       </c>
       <c r="H218">
-        <v>4.16</v>
+        <v>3.93</v>
       </c>
       <c r="I218">
-        <v>0.85</v>
+        <v>0.92</v>
       </c>
       <c r="J218" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K218">
-        <v>403</v>
+        <v>372</v>
       </c>
       <c r="L218" s="3">
-        <v>0.41099999999999998</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="219" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B219" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C219" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D219" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E219" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F219" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>62</v>
+      </c>
+      <c r="G219" s="2">
+        <v>1205</v>
       </c>
       <c r="H219">
-        <v>4.01</v>
+        <v>3.97</v>
       </c>
       <c r="I219">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J219" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K219">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L219" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="220" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B220" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C220" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D220" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E220" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F220" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>62</v>
+      </c>
+      <c r="G220" s="2">
+        <v>1205</v>
       </c>
       <c r="H220">
-        <v>4.01</v>
+        <v>3.97</v>
       </c>
       <c r="I220">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J220" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K220">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="L220" s="3">
-        <v>3.4000000000000002E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="221" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B221" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C221" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D221" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E221" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F221" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>62</v>
+      </c>
+      <c r="G221" s="2">
+        <v>1205</v>
       </c>
       <c r="H221">
-        <v>4.01</v>
+        <v>3.97</v>
       </c>
       <c r="I221">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J221" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K221">
-        <v>227</v>
+        <v>290</v>
       </c>
       <c r="L221" s="3">
-        <v>0.23100000000000001</v>
+        <v>0.24099999999999999</v>
       </c>
     </row>
     <row r="222" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B222" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C222" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D222" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E222" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F222" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>62</v>
+      </c>
+      <c r="G222" s="2">
+        <v>1205</v>
       </c>
       <c r="H222">
-        <v>4.01</v>
+        <v>3.97</v>
       </c>
       <c r="I222">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J222" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K222">
-        <v>390</v>
+        <v>449</v>
       </c>
       <c r="L222" s="3">
-        <v>0.39700000000000002</v>
+        <v>0.373</v>
       </c>
     </row>
     <row r="223" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B223" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C223" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D223" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E223" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F223" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>62</v>
+      </c>
+      <c r="G223" s="2">
+        <v>1205</v>
       </c>
       <c r="H223">
-        <v>4.01</v>
+        <v>3.97</v>
       </c>
       <c r="I223">
-        <v>0.87</v>
+        <v>0.92</v>
       </c>
       <c r="J223" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K223">
-        <v>326</v>
+        <v>399</v>
       </c>
       <c r="L223" s="3">
-        <v>0.33200000000000002</v>
+        <v>0.33100000000000002</v>
       </c>
     </row>
     <row r="224" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B224" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C224" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D224" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E224" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F224" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>65</v>
+      </c>
+      <c r="G224" s="2">
+        <v>1195</v>
       </c>
       <c r="H224">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
       <c r="I224">
-        <v>0.87</v>
+        <v>0.97</v>
       </c>
       <c r="J224" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K224">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="L224" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>2.3E-2</v>
       </c>
     </row>
     <row r="225" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B225" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C225" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D225" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E225" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F225" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>65</v>
+      </c>
+      <c r="G225" s="2">
+        <v>1195</v>
       </c>
       <c r="H225">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
       <c r="I225">
-        <v>0.87</v>
+        <v>0.97</v>
       </c>
       <c r="J225" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K225">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="L225" s="3">
-        <v>3.4000000000000002E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="226" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B226" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C226" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D226" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E226" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F226" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>65</v>
+      </c>
+      <c r="G226" s="2">
+        <v>1195</v>
       </c>
       <c r="H226">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
       <c r="I226">
-        <v>0.87</v>
+        <v>0.97</v>
       </c>
       <c r="J226" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K226">
-        <v>199</v>
+        <v>383</v>
       </c>
       <c r="L226" s="3">
-        <v>0.20200000000000001</v>
+        <v>0.32100000000000001</v>
       </c>
     </row>
     <row r="227" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B227" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C227" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D227" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E227" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F227" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>65</v>
+      </c>
+      <c r="G227" s="2">
+        <v>1195</v>
       </c>
       <c r="H227">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
       <c r="I227">
-        <v>0.87</v>
+        <v>0.97</v>
       </c>
       <c r="J227" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K227">
-        <v>385</v>
+        <v>427</v>
       </c>
       <c r="L227" s="3">
-        <v>0.39200000000000002</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="228" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B228" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C228" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D228" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E228" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F228" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>983</v>
+        <v>65</v>
+      </c>
+      <c r="G228" s="2">
+        <v>1195</v>
       </c>
       <c r="H228">
-        <v>4.08</v>
+        <v>3.7</v>
       </c>
       <c r="I228">
-        <v>0.87</v>
+        <v>0.97</v>
       </c>
       <c r="J228" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K228">
-        <v>360</v>
+        <v>273</v>
       </c>
       <c r="L228" s="3">
-        <v>0.36599999999999999</v>
+        <v>0.22800000000000001</v>
       </c>
     </row>
     <row r="229" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B229" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C229" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D229" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E229" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F229" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>67</v>
+      </c>
+      <c r="G229" s="2">
+        <v>1197</v>
       </c>
       <c r="H229">
-        <v>3.78</v>
+        <v>3.94</v>
       </c>
       <c r="I229">
-        <v>0.94</v>
+        <v>0.92</v>
       </c>
       <c r="J229" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K229">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L229" s="3">
-        <v>1.2E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="230" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B230" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C230" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D230" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E230" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F230" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>67</v>
+      </c>
+      <c r="G230" s="2">
+        <v>1197</v>
       </c>
       <c r="H230">
-        <v>3.78</v>
+        <v>3.94</v>
       </c>
       <c r="I230">
-        <v>0.94</v>
+        <v>0.92</v>
       </c>
       <c r="J230" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K230">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="L230" s="3">
-        <v>6.0999999999999999E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="231" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B231" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C231" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D231" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E231" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F231" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>67</v>
+      </c>
+      <c r="G231" s="2">
+        <v>1197</v>
       </c>
       <c r="H231">
-        <v>3.78</v>
+        <v>3.94</v>
       </c>
       <c r="I231">
-        <v>0.94</v>
+        <v>0.92</v>
       </c>
       <c r="J231" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K231">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="L231" s="3">
-        <v>0.312</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="232" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B232" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C232" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D232" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E232" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F232" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>67</v>
+      </c>
+      <c r="G232" s="2">
+        <v>1197</v>
       </c>
       <c r="H232">
-        <v>3.78</v>
+        <v>3.94</v>
       </c>
       <c r="I232">
-        <v>0.94</v>
+        <v>0.92</v>
       </c>
       <c r="J232" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K232">
-        <v>353</v>
+        <v>438</v>
       </c>
       <c r="L232" s="3">
-        <v>0.36</v>
+        <v>0.36599999999999999</v>
       </c>
     </row>
     <row r="233" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B233" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C233" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D233" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E233" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F233" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>67</v>
+      </c>
+      <c r="G233" s="2">
+        <v>1197</v>
       </c>
       <c r="H233">
-        <v>3.78</v>
+        <v>3.94</v>
       </c>
       <c r="I233">
-        <v>0.94</v>
+        <v>0.92</v>
       </c>
       <c r="J233" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K233">
-        <v>250</v>
+        <v>386</v>
       </c>
       <c r="L233" s="3">
-        <v>0.255</v>
+        <v>0.32200000000000001</v>
       </c>
     </row>
     <row r="234" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B234" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C234" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D234" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E234" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F234" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>70</v>
+      </c>
+      <c r="G234" s="2">
+        <v>1195</v>
       </c>
       <c r="H234">
-        <v>4.05</v>
+        <v>3.91</v>
       </c>
       <c r="I234">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J234" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K234">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L234" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
     </row>
     <row r="235" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B235" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C235" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D235" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E235" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F235" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>70</v>
+      </c>
+      <c r="G235" s="2">
+        <v>1195</v>
       </c>
       <c r="H235">
-        <v>4.05</v>
+        <v>3.91</v>
       </c>
       <c r="I235">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J235" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K235">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="L235" s="3">
-        <v>3.4000000000000002E-2</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="236" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B236" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C236" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D236" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E236" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F236" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>70</v>
+      </c>
+      <c r="G236" s="2">
+        <v>1195</v>
       </c>
       <c r="H236">
-        <v>4.05</v>
+        <v>3.91</v>
       </c>
       <c r="I236">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J236" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K236">
-        <v>210</v>
+        <v>288</v>
       </c>
       <c r="L236" s="3">
-        <v>0.214</v>
+        <v>0.24099999999999999</v>
       </c>
     </row>
     <row r="237" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B237" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C237" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D237" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E237" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F237" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>70</v>
+      </c>
+      <c r="G237" s="2">
+        <v>1195</v>
       </c>
       <c r="H237">
-        <v>4.05</v>
+        <v>3.91</v>
       </c>
       <c r="I237">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J237" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K237">
-        <v>381</v>
+        <v>478</v>
       </c>
       <c r="L237" s="3">
-        <v>0.38800000000000001</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="238" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B238" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C238" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D238" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E238" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F238" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>70</v>
+      </c>
+      <c r="G238" s="2">
+        <v>1195</v>
       </c>
       <c r="H238">
-        <v>4.05</v>
+        <v>3.91</v>
       </c>
       <c r="I238">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J238" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K238">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="L238" s="3">
-        <v>0.35699999999999998</v>
+        <v>0.29499999999999998</v>
       </c>
     </row>
     <row r="239" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B239" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C239" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D239" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E239" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F239" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>72</v>
+      </c>
+      <c r="G239" s="2">
+        <v>1194</v>
       </c>
       <c r="H239">
-        <v>4.0199999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I239">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J239" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K239">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="L239" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="240" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B240" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C240" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D240" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E240" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F240" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>72</v>
+      </c>
+      <c r="G240" s="2">
+        <v>1194</v>
       </c>
       <c r="H240">
-        <v>4.0199999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I240">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J240" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K240">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L240" s="3">
-        <v>3.5000000000000003E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="241" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B241" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C241" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D241" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E241" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F241" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>72</v>
+      </c>
+      <c r="G241" s="2">
+        <v>1194</v>
       </c>
       <c r="H241">
-        <v>4.0199999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I241">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J241" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K241">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="L241" s="3">
-        <v>0.223</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="242" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B242" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C242" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D242" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E242" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F242" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>72</v>
+      </c>
+      <c r="G242" s="2">
+        <v>1194</v>
       </c>
       <c r="H242">
-        <v>4.0199999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I242">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J242" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K242">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="L242" s="3">
-        <v>0.40400000000000003</v>
+        <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="243" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B243" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C243" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D243" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E243" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F243" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>72</v>
+      </c>
+      <c r="G243" s="2">
+        <v>1194</v>
       </c>
       <c r="H243">
-        <v>4.0199999999999996</v>
+        <v>4.17</v>
       </c>
       <c r="I243">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J243" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K243">
-        <v>324</v>
+        <v>537</v>
       </c>
       <c r="L243" s="3">
-        <v>0.33100000000000002</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="244" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B244" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C244" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D244" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E244" t="s">
-        <v>156</v>
+        <v>71</v>
       </c>
       <c r="F244" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>0.85</v>
+        <v>153</v>
+      </c>
+      <c r="G244" s="2">
+        <v>1192</v>
+      </c>
+      <c r="H244" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I244" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J244" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="K244">
-        <v>5</v>
+        <v>560</v>
       </c>
       <c r="L244" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="245" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B245" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C245" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D245" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E245" t="s">
-        <v>156</v>
+        <v>71</v>
       </c>
       <c r="F245" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>0.85</v>
+        <v>153</v>
+      </c>
+      <c r="G245" s="2">
+        <v>1192</v>
+      </c>
+      <c r="H245" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I245" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J245" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="K245">
-        <v>24</v>
+        <v>632</v>
       </c>
       <c r="L245" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="246" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B246" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C246" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D246" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E246" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="F246" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>0.85</v>
+        <v>154</v>
+      </c>
+      <c r="G246" s="2">
+        <v>1191</v>
+      </c>
+      <c r="H246" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I246" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J246" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="K246">
-        <v>160</v>
+        <v>523</v>
       </c>
       <c r="L246" s="3">
-        <v>0.16300000000000001</v>
+        <v>0.439</v>
       </c>
     </row>
     <row r="247" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B247" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C247" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D247" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E247" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="F247" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>0.85</v>
+        <v>154</v>
+      </c>
+      <c r="G247" s="2">
+        <v>1191</v>
+      </c>
+      <c r="H247" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I247" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J247" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="K247">
-        <v>322</v>
+        <v>668</v>
       </c>
       <c r="L247" s="3">
-        <v>0.32900000000000001</v>
+        <v>0.56100000000000005</v>
       </c>
     </row>
     <row r="248" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B248" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C248" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D248" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E248" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="F248" t="s">
-        <v>81</v>
-[...8 lines deleted...]
-        <v>0.85</v>
+        <v>155</v>
+      </c>
+      <c r="G248" s="2">
+        <v>1191</v>
+      </c>
+      <c r="H248" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I248" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J248" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
       <c r="K248">
-        <v>468</v>
+        <v>192</v>
       </c>
       <c r="L248" s="3">
-        <v>0.47799999999999998</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="249" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B249" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C249" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D249" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E249" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="F249" t="s">
+        <v>155</v>
+      </c>
+      <c r="G249" s="2">
+        <v>1191</v>
+      </c>
+      <c r="H249" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="G249">
-[...4 lines deleted...]
-      </c>
       <c r="I249" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J249" t="s">
-        <v>162</v>
+        <v>76</v>
       </c>
       <c r="K249">
-        <v>464</v>
+        <v>999</v>
       </c>
       <c r="L249" s="3">
-        <v>0.47499999999999998</v>
+        <v>0.83899999999999997</v>
       </c>
     </row>
     <row r="250" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B250" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C250" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D250" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E250" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F250" t="s">
-        <v>161</v>
+        <v>77</v>
       </c>
       <c r="G250">
-        <v>976</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>189</v>
+      </c>
+      <c r="H250">
+        <v>3.12</v>
+      </c>
+      <c r="I250">
+        <v>0.73</v>
       </c>
       <c r="J250" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="K250">
-        <v>512</v>
+        <v>4</v>
       </c>
       <c r="L250" s="3">
-        <v>0.52500000000000002</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="251" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B251" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C251" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D251" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E251" t="s">
-        <v>202</v>
+        <v>74</v>
       </c>
       <c r="F251" t="s">
-        <v>161</v>
+        <v>77</v>
       </c>
       <c r="G251">
-        <v>464</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>189</v>
+      </c>
+      <c r="H251">
+        <v>3.12</v>
+      </c>
+      <c r="I251">
+        <v>0.73</v>
       </c>
       <c r="J251" t="s">
-        <v>5</v>
+        <v>79</v>
       </c>
       <c r="K251">
-        <v>464</v>
+        <v>28</v>
       </c>
       <c r="L251" s="3">
-        <v>1</v>
+        <v>0.14799999999999999</v>
       </c>
     </row>
     <row r="252" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B252" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C252" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D252" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E252" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="F252" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="G252">
-        <v>974</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>189</v>
+      </c>
+      <c r="H252">
+        <v>3.12</v>
+      </c>
+      <c r="I252">
+        <v>0.73</v>
       </c>
       <c r="J252" t="s">
-        <v>162</v>
+        <v>80</v>
       </c>
       <c r="K252">
-        <v>435</v>
+        <v>99</v>
       </c>
       <c r="L252" s="3">
-        <v>0.44700000000000001</v>
+        <v>0.52400000000000002</v>
       </c>
     </row>
     <row r="253" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B253" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C253" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D253" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E253" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="F253" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="G253">
-        <v>974</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>189</v>
+      </c>
+      <c r="H253">
+        <v>3.12</v>
+      </c>
+      <c r="I253">
+        <v>0.73</v>
       </c>
       <c r="J253" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="K253">
-        <v>539</v>
+        <v>58</v>
       </c>
       <c r="L253" s="3">
-        <v>0.55300000000000005</v>
+        <v>0.307</v>
       </c>
     </row>
     <row r="254" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B254" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C254" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D254" t="s">
+        <v>82</v>
+      </c>
+      <c r="E254" t="s">
+        <v>126</v>
+      </c>
+      <c r="F254" t="s">
         <v>83</v>
       </c>
-      <c r="E254" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G254">
-        <v>435</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>553</v>
+      </c>
+      <c r="H254">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I254">
+        <v>0.89</v>
       </c>
       <c r="J254" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="K254">
-        <v>435</v>
+        <v>5</v>
       </c>
       <c r="L254" s="3">
-        <v>1</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="255" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B255" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C255" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D255" t="s">
+        <v>82</v>
+      </c>
+      <c r="E255" t="s">
+        <v>126</v>
+      </c>
+      <c r="F255" t="s">
         <v>83</v>
       </c>
-      <c r="E255" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G255">
-        <v>974</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>553</v>
+      </c>
+      <c r="H255">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I255">
+        <v>0.89</v>
       </c>
       <c r="J255" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="K255">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L255" s="3">
-        <v>0.123</v>
+        <v>4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="256" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B256" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C256" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D256" t="s">
+        <v>82</v>
+      </c>
+      <c r="E256" t="s">
+        <v>126</v>
+      </c>
+      <c r="F256" t="s">
         <v>83</v>
       </c>
-      <c r="E256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G256">
-        <v>974</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>553</v>
+      </c>
+      <c r="H256">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I256">
+        <v>0.89</v>
       </c>
       <c r="J256" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="K256">
-        <v>854</v>
+        <v>103</v>
       </c>
       <c r="L256" s="3">
-        <v>0.877</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="257" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B257" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C257" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D257" t="s">
+        <v>82</v>
+      </c>
+      <c r="E257" t="s">
+        <v>126</v>
+      </c>
+      <c r="F257" t="s">
         <v>83</v>
       </c>
-      <c r="E257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G257">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>553</v>
+      </c>
+      <c r="H257">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I257">
+        <v>0.89</v>
       </c>
       <c r="J257" t="s">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="K257">
-        <v>120</v>
+        <v>224</v>
       </c>
       <c r="L257" s="3">
-        <v>1</v>
+        <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="258" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B258" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C258" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D258" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E258" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="F258" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="G258">
-        <v>120</v>
+        <v>553</v>
       </c>
       <c r="H258">
-        <v>3.3</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I258">
-        <v>0.73</v>
+        <v>0.89</v>
       </c>
       <c r="J258" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="K258">
-        <v>2</v>
+        <v>197</v>
       </c>
       <c r="L258" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>0.35599999999999998</v>
       </c>
     </row>
     <row r="259" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B259" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C259" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D259" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E259" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F259" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G259">
-        <v>120</v>
+        <v>553</v>
       </c>
       <c r="H259">
-        <v>3.3</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I259">
-        <v>0.73</v>
+        <v>0.9</v>
       </c>
       <c r="J259" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="K259">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L259" s="3">
-        <v>0.108</v>
+        <v>1.4E-2</v>
       </c>
     </row>
     <row r="260" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B260" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C260" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D260" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E260" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F260" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G260">
-        <v>120</v>
+        <v>553</v>
       </c>
       <c r="H260">
-        <v>3.3</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I260">
-        <v>0.73</v>
+        <v>0.9</v>
       </c>
       <c r="J260" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="K260">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L260" s="3">
-        <v>0.433</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="261" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B261" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C261" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D261" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E261" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F261" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G261">
-        <v>120</v>
+        <v>553</v>
       </c>
       <c r="H261">
-        <v>3.3</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I261">
-        <v>0.73</v>
+        <v>0.9</v>
       </c>
       <c r="J261" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="K261">
-        <v>53</v>
+        <v>105</v>
       </c>
       <c r="L261" s="3">
-        <v>0.442</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="262" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B262" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C262" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D262" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E262" t="s">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="F262" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="G262">
-        <v>455</v>
+        <v>553</v>
       </c>
       <c r="H262">
-        <v>4.34</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I262">
-        <v>0.81</v>
+        <v>0.9</v>
       </c>
       <c r="J262" t="s">
         <v>47</v>
       </c>
       <c r="K262">
-        <v>5</v>
+        <v>221</v>
       </c>
       <c r="L262" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="263" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B263" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C263" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D263" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E263" t="s">
-        <v>165</v>
+        <v>127</v>
       </c>
       <c r="F263" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="G263">
-        <v>455</v>
+        <v>553</v>
       </c>
       <c r="H263">
-        <v>4.34</v>
+        <v>4.0599999999999996</v>
       </c>
       <c r="I263">
-        <v>0.81</v>
+        <v>0.9</v>
       </c>
       <c r="J263" t="s">
         <v>48</v>
       </c>
       <c r="K263">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="L263" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.36199999999999999</v>
       </c>
     </row>
     <row r="264" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B264" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C264" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D264" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E264" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F264" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G264">
-        <v>455</v>
+        <v>548</v>
       </c>
       <c r="H264">
-        <v>4.34</v>
+        <v>3.79</v>
       </c>
       <c r="I264">
-        <v>0.81</v>
+        <v>1</v>
       </c>
       <c r="J264" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K264">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="L264" s="3">
-        <v>0.123</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="265" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B265" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C265" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D265" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E265" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F265" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G265">
-        <v>455</v>
+        <v>548</v>
       </c>
       <c r="H265">
-        <v>4.34</v>
+        <v>3.79</v>
       </c>
       <c r="I265">
-        <v>0.81</v>
+        <v>1</v>
       </c>
       <c r="J265" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K265">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="L265" s="3">
-        <v>0.34499999999999997</v>
+        <v>5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="266" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B266" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C266" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D266" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E266" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F266" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G266">
-        <v>455</v>
+        <v>548</v>
       </c>
       <c r="H266">
-        <v>4.34</v>
+        <v>3.79</v>
       </c>
       <c r="I266">
-        <v>0.81</v>
+        <v>1</v>
       </c>
       <c r="J266" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K266">
-        <v>233</v>
+        <v>148</v>
       </c>
       <c r="L266" s="3">
-        <v>0.51200000000000001</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="267" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B267" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C267" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D267" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E267" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
       <c r="F267" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="G267">
-        <v>451</v>
+        <v>548</v>
       </c>
       <c r="H267">
-        <v>4.3600000000000003</v>
+        <v>3.79</v>
       </c>
       <c r="I267">
-        <v>0.84</v>
+        <v>1</v>
       </c>
       <c r="J267" t="s">
         <v>47</v>
       </c>
       <c r="K267">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="L267" s="3">
-        <v>1.7999999999999999E-2</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="268" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B268" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C268" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D268" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E268" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
       <c r="F268" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="G268">
-        <v>451</v>
+        <v>548</v>
       </c>
       <c r="H268">
-        <v>4.3600000000000003</v>
+        <v>3.79</v>
       </c>
       <c r="I268">
-        <v>0.84</v>
+        <v>1</v>
       </c>
       <c r="J268" t="s">
         <v>48</v>
       </c>
       <c r="K268">
-        <v>4</v>
+        <v>146</v>
       </c>
       <c r="L268" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.26600000000000001</v>
       </c>
     </row>
     <row r="269" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B269" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C269" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D269" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E269" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F269" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G269">
-        <v>451</v>
+        <v>551</v>
       </c>
       <c r="H269">
-        <v>4.3600000000000003</v>
+        <v>3.81</v>
       </c>
       <c r="I269">
-        <v>0.84</v>
+        <v>0.97</v>
       </c>
       <c r="J269" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K269">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="L269" s="3">
-        <v>0.10199999999999999</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="270" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B270" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C270" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D270" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E270" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F270" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G270">
-        <v>451</v>
+        <v>551</v>
       </c>
       <c r="H270">
-        <v>4.3600000000000003</v>
+        <v>3.81</v>
       </c>
       <c r="I270">
-        <v>0.84</v>
+        <v>0.97</v>
       </c>
       <c r="J270" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K270">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="L270" s="3">
-        <v>0.34100000000000003</v>
+        <v>5.6000000000000001E-2</v>
       </c>
     </row>
     <row r="271" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B271" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C271" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D271" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E271" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F271" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G271">
-        <v>451</v>
+        <v>551</v>
       </c>
       <c r="H271">
-        <v>4.3600000000000003</v>
+        <v>3.81</v>
       </c>
       <c r="I271">
-        <v>0.84</v>
+        <v>0.97</v>
       </c>
       <c r="J271" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K271">
-        <v>239</v>
+        <v>146</v>
       </c>
       <c r="L271" s="3">
-        <v>0.53</v>
+        <v>0.26500000000000001</v>
       </c>
     </row>
     <row r="272" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B272" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C272" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D272" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E272" t="s">
-        <v>167</v>
+        <v>129</v>
       </c>
       <c r="F272" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G272">
-        <v>453</v>
+        <v>551</v>
       </c>
       <c r="H272">
-        <v>4.09</v>
+        <v>3.81</v>
       </c>
       <c r="I272">
-        <v>0.92</v>
+        <v>0.97</v>
       </c>
       <c r="J272" t="s">
         <v>47</v>
       </c>
       <c r="K272">
-        <v>11</v>
+        <v>216</v>
       </c>
       <c r="L272" s="3">
-        <v>2.4E-2</v>
+        <v>0.39200000000000002</v>
       </c>
     </row>
     <row r="273" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B273" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C273" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D273" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E273" t="s">
-        <v>167</v>
+        <v>129</v>
       </c>
       <c r="F273" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G273">
-        <v>453</v>
+        <v>551</v>
       </c>
       <c r="H273">
-        <v>4.09</v>
+        <v>3.81</v>
       </c>
       <c r="I273">
-        <v>0.92</v>
+        <v>0.97</v>
       </c>
       <c r="J273" t="s">
         <v>48</v>
       </c>
       <c r="K273">
-        <v>8</v>
+        <v>144</v>
       </c>
       <c r="L273" s="3">
-        <v>1.7999999999999999E-2</v>
+        <v>0.26100000000000001</v>
       </c>
     </row>
     <row r="274" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B274" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C274" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D274" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E274" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F274" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G274">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="H274">
-        <v>4.09</v>
+        <v>3.69</v>
       </c>
       <c r="I274">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
       <c r="J274" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K274">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="L274" s="3">
-        <v>0.18099999999999999</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="275" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B275" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C275" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D275" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E275" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F275" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G275">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="H275">
-        <v>4.09</v>
+        <v>3.69</v>
       </c>
       <c r="I275">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
       <c r="J275" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K275">
-        <v>179</v>
+        <v>39</v>
       </c>
       <c r="L275" s="3">
-        <v>0.39500000000000002</v>
+        <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="276" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B276" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C276" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D276" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E276" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F276" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G276">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="H276">
-        <v>4.09</v>
+        <v>3.69</v>
       </c>
       <c r="I276">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
       <c r="J276" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K276">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="L276" s="3">
-        <v>0.38200000000000001</v>
+        <v>0.28399999999999997</v>
       </c>
     </row>
     <row r="277" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B277" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C277" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D277" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E277" t="s">
-        <v>168</v>
+        <v>131</v>
       </c>
       <c r="F277" t="s">
-        <v>169</v>
+        <v>132</v>
       </c>
       <c r="G277">
-        <v>449</v>
+        <v>550</v>
       </c>
       <c r="H277">
-        <v>4.08</v>
+        <v>3.69</v>
       </c>
       <c r="I277">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
       <c r="J277" t="s">
         <v>47</v>
       </c>
       <c r="K277">
-        <v>11</v>
+        <v>204</v>
       </c>
       <c r="L277" s="3">
-        <v>2.4E-2</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="278" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B278" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C278" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D278" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E278" t="s">
-        <v>168</v>
+        <v>131</v>
       </c>
       <c r="F278" t="s">
-        <v>169</v>
+        <v>132</v>
       </c>
       <c r="G278">
-        <v>449</v>
+        <v>550</v>
       </c>
       <c r="H278">
-        <v>4.08</v>
+        <v>3.69</v>
       </c>
       <c r="I278">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
       <c r="J278" t="s">
         <v>48</v>
       </c>
       <c r="K278">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="L278" s="3">
-        <v>1.6E-2</v>
+        <v>0.23499999999999999</v>
       </c>
     </row>
     <row r="279" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B279" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C279" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D279" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E279" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F279" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G279">
-        <v>449</v>
+        <v>548</v>
       </c>
       <c r="H279">
-        <v>4.08</v>
+        <v>3.57</v>
       </c>
       <c r="I279">
-        <v>0.92</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="J279" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K279">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="L279" s="3">
-        <v>0.187</v>
+        <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="280" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B280" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C280" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D280" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E280" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F280" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G280">
-        <v>449</v>
+        <v>548</v>
       </c>
       <c r="H280">
-        <v>4.08</v>
+        <v>3.57</v>
       </c>
       <c r="I280">
-        <v>0.92</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="J280" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K280">
-        <v>178</v>
+        <v>37</v>
       </c>
       <c r="L280" s="3">
-        <v>0.39600000000000002</v>
+        <v>6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="281" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B281" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C281" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D281" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E281" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F281" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G281">
-        <v>449</v>
+        <v>548</v>
       </c>
       <c r="H281">
-        <v>4.08</v>
+        <v>3.57</v>
       </c>
       <c r="I281">
-        <v>0.92</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="J281" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K281">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="L281" s="3">
-        <v>0.376</v>
+        <v>0.31900000000000001</v>
       </c>
     </row>
     <row r="282" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B282" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C282" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D282" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E282" t="s">
-        <v>170</v>
+        <v>133</v>
       </c>
       <c r="F282" t="s">
-        <v>171</v>
+        <v>134</v>
       </c>
       <c r="G282">
-        <v>451</v>
+        <v>548</v>
       </c>
       <c r="H282">
-        <v>3.95</v>
+        <v>3.57</v>
       </c>
       <c r="I282">
-        <v>0.98</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="J282" t="s">
         <v>47</v>
       </c>
       <c r="K282">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="L282" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>0.32500000000000001</v>
       </c>
     </row>
     <row r="283" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B283" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C283" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D283" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E283" t="s">
-        <v>170</v>
+        <v>133</v>
       </c>
       <c r="F283" t="s">
-        <v>171</v>
+        <v>134</v>
       </c>
       <c r="G283">
-        <v>451</v>
+        <v>548</v>
       </c>
       <c r="H283">
-        <v>3.95</v>
+        <v>3.57</v>
       </c>
       <c r="I283">
-        <v>0.98</v>
+        <v>1.1100000000000001</v>
       </c>
       <c r="J283" t="s">
         <v>48</v>
       </c>
       <c r="K283">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="L283" s="3">
-        <v>0.02</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="284" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B284" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C284" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D284" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E284" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F284" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G284">
-        <v>451</v>
+        <v>556</v>
       </c>
       <c r="H284">
-        <v>3.95</v>
+        <v>3.1</v>
       </c>
       <c r="I284">
-        <v>0.98</v>
+        <v>0.78</v>
       </c>
       <c r="J284" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="K284">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="L284" s="3">
-        <v>0.24399999999999999</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="285" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B285" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C285" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D285" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E285" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F285" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G285">
-        <v>451</v>
+        <v>556</v>
       </c>
       <c r="H285">
-        <v>3.95</v>
+        <v>3.1</v>
       </c>
       <c r="I285">
-        <v>0.98</v>
+        <v>0.78</v>
       </c>
       <c r="J285" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="K285">
-        <v>165</v>
+        <v>98</v>
       </c>
       <c r="L285" s="3">
-        <v>0.36599999999999999</v>
+        <v>0.17599999999999999</v>
       </c>
     </row>
     <row r="286" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B286" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C286" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D286" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E286" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F286" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G286">
-        <v>451</v>
+        <v>556</v>
       </c>
       <c r="H286">
-        <v>3.95</v>
+        <v>3.1</v>
       </c>
       <c r="I286">
-        <v>0.98</v>
+        <v>0.78</v>
       </c>
       <c r="J286" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="K286">
-        <v>152</v>
+        <v>259</v>
       </c>
       <c r="L286" s="3">
-        <v>0.33700000000000002</v>
+        <v>0.46600000000000003</v>
       </c>
     </row>
     <row r="287" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B287" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C287" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D287" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E287" t="s">
-        <v>172</v>
+        <v>20</v>
       </c>
       <c r="F287" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
       <c r="G287">
-        <v>448</v>
+        <v>556</v>
       </c>
       <c r="H287">
-        <v>3.9</v>
+        <v>3.1</v>
       </c>
       <c r="I287">
-        <v>0.96</v>
+        <v>0.78</v>
       </c>
       <c r="J287" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="K287">
-        <v>14</v>
+        <v>184</v>
       </c>
       <c r="L287" s="3">
-        <v>3.1E-2</v>
+        <v>0.33100000000000002</v>
       </c>
     </row>
     <row r="288" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B288" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C288" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D288" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E288" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F288" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G288">
-        <v>448</v>
+        <v>521</v>
       </c>
       <c r="H288">
-        <v>3.9</v>
+        <v>4.25</v>
       </c>
       <c r="I288">
-        <v>0.96</v>
+        <v>0.86</v>
       </c>
       <c r="J288" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K288">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="L288" s="3">
-        <v>0.02</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="289" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B289" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C289" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D289" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E289" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F289" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G289">
-        <v>448</v>
+        <v>521</v>
       </c>
       <c r="H289">
-        <v>3.9</v>
+        <v>4.25</v>
       </c>
       <c r="I289">
-        <v>0.96</v>
+        <v>0.86</v>
       </c>
       <c r="J289" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K289">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="L289" s="3">
-        <v>0.26300000000000001</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="290" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B290" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C290" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D290" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E290" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F290" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G290">
-        <v>448</v>
+        <v>521</v>
       </c>
       <c r="H290">
-        <v>3.9</v>
+        <v>4.25</v>
       </c>
       <c r="I290">
-        <v>0.96</v>
+        <v>0.86</v>
       </c>
       <c r="J290" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K290">
-        <v>173</v>
+        <v>82</v>
       </c>
       <c r="L290" s="3">
-        <v>0.38600000000000001</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="291" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B291" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C291" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D291" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E291" t="s">
+        <v>135</v>
+      </c>
+      <c r="F291" t="s">
+        <v>156</v>
+      </c>
+      <c r="G291">
+        <v>521</v>
+      </c>
+      <c r="H291">
+        <v>4.25</v>
+      </c>
+      <c r="I291">
+        <v>0.86</v>
+      </c>
+      <c r="J291" t="s">
+        <v>47</v>
+      </c>
+      <c r="K291">
         <v>172</v>
       </c>
-      <c r="F291" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L291" s="3">
-        <v>0.29899999999999999</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="292" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B292" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C292" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D292" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E292" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="F292" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="G292">
-        <v>461</v>
+        <v>521</v>
       </c>
       <c r="H292">
-        <v>3.42</v>
+        <v>4.25</v>
       </c>
       <c r="I292">
-        <v>0.7</v>
+        <v>0.86</v>
       </c>
       <c r="J292" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="K292">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="L292" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="293" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B293" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C293" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D293" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E293" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F293" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G293">
-        <v>461</v>
+        <v>520</v>
       </c>
       <c r="H293">
-        <v>3.42</v>
+        <v>3.92</v>
       </c>
       <c r="I293">
-        <v>0.7</v>
+        <v>0.96</v>
       </c>
       <c r="J293" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="K293">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="L293" s="3">
-        <v>6.9000000000000006E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
     </row>
     <row r="294" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B294" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C294" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D294" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E294" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F294" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G294">
-        <v>461</v>
+        <v>520</v>
       </c>
       <c r="H294">
-        <v>3.42</v>
+        <v>3.92</v>
       </c>
       <c r="I294">
-        <v>0.7</v>
+        <v>0.96</v>
       </c>
       <c r="J294" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="K294">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="L294" s="3">
-        <v>0.38600000000000001</v>
+        <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="295" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B295" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C295" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D295" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E295" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F295" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G295">
-        <v>461</v>
+        <v>520</v>
       </c>
       <c r="H295">
-        <v>3.42</v>
+        <v>3.92</v>
       </c>
       <c r="I295">
-        <v>0.7</v>
+        <v>0.96</v>
       </c>
       <c r="J295" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="K295">
-        <v>243</v>
+        <v>138</v>
       </c>
       <c r="L295" s="3">
-        <v>0.52700000000000002</v>
+        <v>0.26500000000000001</v>
       </c>
     </row>
     <row r="296" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B296" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C296" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D296" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E296" t="s">
-        <v>174</v>
+        <v>136</v>
       </c>
       <c r="F296" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="G296">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H296">
-        <v>4.37</v>
+        <v>3.92</v>
       </c>
       <c r="I296">
-        <v>0.77</v>
+        <v>0.96</v>
       </c>
       <c r="J296" t="s">
         <v>47</v>
       </c>
       <c r="K296">
-        <v>2</v>
+        <v>175</v>
       </c>
       <c r="L296" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.33700000000000002</v>
       </c>
     </row>
     <row r="297" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B297" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C297" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D297" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E297" t="s">
-        <v>174</v>
+        <v>136</v>
       </c>
       <c r="F297" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="G297">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H297">
-        <v>4.37</v>
+        <v>3.92</v>
       </c>
       <c r="I297">
-        <v>0.77</v>
+        <v>0.96</v>
       </c>
       <c r="J297" t="s">
         <v>48</v>
       </c>
       <c r="K297">
-        <v>5</v>
+        <v>173</v>
       </c>
       <c r="L297" s="3">
-        <v>1.2E-2</v>
+        <v>0.33300000000000002</v>
       </c>
     </row>
     <row r="298" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B298" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C298" t="s">
+        <v>100</v>
+      </c>
+      <c r="D298" t="s">
+        <v>86</v>
+      </c>
+      <c r="E298" t="s">
         <v>137</v>
       </c>
-      <c r="D298" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F298" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="G298">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H298">
-        <v>4.37</v>
+        <v>4.09</v>
       </c>
       <c r="I298">
-        <v>0.77</v>
+        <v>0.89</v>
       </c>
       <c r="J298" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K298">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="L298" s="3">
-        <v>0.12</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="299" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B299" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C299" t="s">
+        <v>100</v>
+      </c>
+      <c r="D299" t="s">
+        <v>86</v>
+      </c>
+      <c r="E299" t="s">
         <v>137</v>
       </c>
-      <c r="D299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F299" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="G299">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H299">
-        <v>4.37</v>
+        <v>4.09</v>
       </c>
       <c r="I299">
-        <v>0.77</v>
+        <v>0.89</v>
       </c>
       <c r="J299" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K299">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="L299" s="3">
-        <v>0.33600000000000002</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="300" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B300" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C300" t="s">
+        <v>100</v>
+      </c>
+      <c r="D300" t="s">
+        <v>86</v>
+      </c>
+      <c r="E300" t="s">
         <v>137</v>
       </c>
-      <c r="D300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F300" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="G300">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H300">
-        <v>4.37</v>
+        <v>4.09</v>
       </c>
       <c r="I300">
-        <v>0.77</v>
+        <v>0.89</v>
       </c>
       <c r="J300" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K300">
-        <v>229</v>
+        <v>115</v>
       </c>
       <c r="L300" s="3">
-        <v>0.52800000000000002</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="301" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B301" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C301" t="s">
+        <v>100</v>
+      </c>
+      <c r="D301" t="s">
+        <v>86</v>
+      </c>
+      <c r="E301" t="s">
         <v>137</v>
       </c>
-      <c r="D301" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F301" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="G301">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H301">
-        <v>4.03</v>
+        <v>4.09</v>
       </c>
       <c r="I301">
-        <v>0.87</v>
+        <v>0.89</v>
       </c>
       <c r="J301" t="s">
         <v>47</v>
       </c>
       <c r="K301">
-        <v>4</v>
+        <v>180</v>
       </c>
       <c r="L301" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.34599999999999997</v>
       </c>
     </row>
     <row r="302" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B302" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C302" t="s">
+        <v>100</v>
+      </c>
+      <c r="D302" t="s">
+        <v>86</v>
+      </c>
+      <c r="E302" t="s">
         <v>137</v>
       </c>
-      <c r="D302" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F302" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="G302">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H302">
-        <v>4.03</v>
+        <v>4.09</v>
       </c>
       <c r="I302">
-        <v>0.87</v>
+        <v>0.89</v>
       </c>
       <c r="J302" t="s">
         <v>48</v>
       </c>
       <c r="K302">
-        <v>9</v>
+        <v>205</v>
       </c>
       <c r="L302" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.39400000000000002</v>
       </c>
     </row>
     <row r="303" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B303" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C303" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D303" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E303" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F303" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G303">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="H303">
-        <v>4.03</v>
+        <v>3.76</v>
       </c>
       <c r="I303">
-        <v>0.87</v>
+        <v>1.03</v>
       </c>
       <c r="J303" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K303">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="L303" s="3">
-        <v>0.24199999999999999</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="304" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B304" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C304" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D304" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E304" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F304" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G304">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="H304">
-        <v>4.03</v>
+        <v>3.76</v>
       </c>
       <c r="I304">
-        <v>0.87</v>
+        <v>1.03</v>
       </c>
       <c r="J304" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K304">
-        <v>166</v>
+        <v>40</v>
       </c>
       <c r="L304" s="3">
-        <v>0.38200000000000001</v>
+        <v>7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="305" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B305" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C305" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D305" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E305" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F305" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G305">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="H305">
-        <v>4.03</v>
+        <v>3.76</v>
       </c>
       <c r="I305">
-        <v>0.87</v>
+        <v>1.03</v>
       </c>
       <c r="J305" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K305">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="L305" s="3">
-        <v>0.34599999999999997</v>
+        <v>0.314</v>
       </c>
     </row>
     <row r="306" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B306" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C306" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D306" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E306" t="s">
-        <v>176</v>
+        <v>138</v>
       </c>
       <c r="F306" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="G306">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="H306">
-        <v>4.17</v>
+        <v>3.76</v>
       </c>
       <c r="I306">
-        <v>0.81</v>
+        <v>1.03</v>
       </c>
       <c r="J306" t="s">
         <v>47</v>
       </c>
       <c r="K306">
-        <v>3</v>
+        <v>153</v>
       </c>
       <c r="L306" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>0.29499999999999998</v>
       </c>
     </row>
     <row r="307" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B307" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C307" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D307" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E307" t="s">
-        <v>176</v>
+        <v>138</v>
       </c>
       <c r="F307" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="G307">
-        <v>434</v>
+        <v>519</v>
       </c>
       <c r="H307">
-        <v>4.17</v>
+        <v>3.76</v>
       </c>
       <c r="I307">
-        <v>0.81</v>
+        <v>1.03</v>
       </c>
       <c r="J307" t="s">
         <v>48</v>
       </c>
       <c r="K307">
-        <v>10</v>
+        <v>152</v>
       </c>
       <c r="L307" s="3">
-        <v>2.3E-2</v>
+        <v>0.29299999999999998</v>
       </c>
     </row>
     <row r="308" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B308" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C308" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D308" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E308" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F308" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G308">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H308">
-        <v>4.17</v>
+        <v>3.2</v>
       </c>
       <c r="I308">
-        <v>0.81</v>
+        <v>0.78</v>
       </c>
       <c r="J308" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="K308">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="L308" s="3">
-        <v>0.14499999999999999</v>
+        <v>1.9E-2</v>
       </c>
     </row>
     <row r="309" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B309" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C309" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D309" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E309" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F309" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G309">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H309">
-        <v>4.17</v>
+        <v>3.2</v>
       </c>
       <c r="I309">
-        <v>0.81</v>
+        <v>0.78</v>
       </c>
       <c r="J309" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="K309">
-        <v>192</v>
+        <v>86</v>
       </c>
       <c r="L309" s="3">
-        <v>0.442</v>
+        <v>0.16500000000000001</v>
       </c>
     </row>
     <row r="310" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B310" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C310" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D310" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E310" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F310" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G310">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H310">
-        <v>4.17</v>
+        <v>3.2</v>
       </c>
       <c r="I310">
-        <v>0.81</v>
+        <v>0.78</v>
       </c>
       <c r="J310" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="K310">
-        <v>166</v>
+        <v>214</v>
       </c>
       <c r="L310" s="3">
-        <v>0.38200000000000001</v>
+        <v>0.41199999999999998</v>
       </c>
     </row>
     <row r="311" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B311" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C311" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D311" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E311" t="s">
-        <v>177</v>
+        <v>31</v>
       </c>
       <c r="F311" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G311">
-        <v>434</v>
+        <v>520</v>
       </c>
       <c r="H311">
-        <v>3.81</v>
+        <v>3.2</v>
       </c>
       <c r="I311">
-        <v>0.94</v>
+        <v>0.78</v>
       </c>
       <c r="J311" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="K311">
-        <v>3</v>
+        <v>210</v>
       </c>
       <c r="L311" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>0.40400000000000003</v>
       </c>
     </row>
     <row r="312" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B312" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C312" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D312" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E312" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F312" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>148</v>
+      </c>
+      <c r="G312" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H312" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I312" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J312">
+        <v>1</v>
       </c>
       <c r="K312">
-        <v>28</v>
+        <v>386</v>
       </c>
       <c r="L312" s="3">
-        <v>6.5000000000000002E-2</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="313" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B313" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C313" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D313" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E313" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F313" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>49</v>
+        <v>148</v>
+      </c>
+      <c r="G313" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H313" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I313" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J313" s="9">
+        <v>45691</v>
       </c>
       <c r="K313">
-        <v>137</v>
+        <v>330</v>
       </c>
       <c r="L313" s="3">
-        <v>0.316</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="314" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B314" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C314" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D314" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E314" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F314" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>148</v>
+      </c>
+      <c r="G314" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H314" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I314" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J314" s="9">
+        <v>45752</v>
       </c>
       <c r="K314">
-        <v>145</v>
+        <v>170</v>
       </c>
       <c r="L314" s="3">
-        <v>0.33400000000000002</v>
+        <v>0.13900000000000001</v>
       </c>
     </row>
     <row r="315" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B315" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C315" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D315" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E315" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F315" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>148</v>
+      </c>
+      <c r="G315" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H315" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I315" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J315" s="9">
+        <v>45818</v>
       </c>
       <c r="K315">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="L315" s="3">
-        <v>0.27900000000000003</v>
+        <v>0.13300000000000001</v>
       </c>
     </row>
     <row r="316" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B316" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C316" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D316" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E316" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F316" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>92</v>
+        <v>148</v>
+      </c>
+      <c r="G316" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H316" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I316" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J316" s="9">
+        <v>45981</v>
       </c>
       <c r="K316">
-        <v>8</v>
+        <v>123</v>
       </c>
       <c r="L316" s="3">
-        <v>1.7999999999999999E-2</v>
+        <v>0.10100000000000001</v>
       </c>
     </row>
     <row r="317" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B317" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C317" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D317" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E317" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F317" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.73</v>
+        <v>148</v>
+      </c>
+      <c r="G317" s="2">
+        <v>1223</v>
+      </c>
+      <c r="H317" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I317" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J317" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="K317">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="L317" s="3">
-        <v>0.10299999999999999</v>
+        <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="318" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B318" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C318" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D318" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E318" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F318" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>94</v>
+        <v>17</v>
+      </c>
+      <c r="G318" s="2">
+        <v>1217</v>
+      </c>
+      <c r="H318" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I318" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J318">
+        <v>1</v>
       </c>
       <c r="K318">
-        <v>187</v>
+        <v>590</v>
       </c>
       <c r="L318" s="3">
-        <v>0.43</v>
+        <v>0.48499999999999999</v>
       </c>
     </row>
     <row r="319" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B319" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C319" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D319" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E319" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F319" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>95</v>
+        <v>17</v>
+      </c>
+      <c r="G319" s="2">
+        <v>1217</v>
+      </c>
+      <c r="H319" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I319" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J319">
+        <v>2</v>
       </c>
       <c r="K319">
-        <v>195</v>
+        <v>271</v>
       </c>
       <c r="L319" s="3">
-        <v>0.44800000000000001</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="320" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B320" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C320" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D320" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E320" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="F320" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>17</v>
+      </c>
+      <c r="G320" s="2">
+        <v>1217</v>
       </c>
       <c r="H320" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I320" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J320">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K320">
-        <v>287</v>
+        <v>170</v>
       </c>
       <c r="L320" s="3">
-        <v>0.28799999999999998</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="321" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B321" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C321" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D321" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E321" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="F321" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>17</v>
+      </c>
+      <c r="G321" s="2">
+        <v>1217</v>
       </c>
       <c r="H321" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I321" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45325</v>
+        <v>161</v>
+      </c>
+      <c r="J321">
+        <v>4</v>
       </c>
       <c r="K321">
-        <v>228</v>
+        <v>67</v>
       </c>
       <c r="L321" s="3">
-        <v>0.22800000000000001</v>
+        <v>5.5E-2</v>
       </c>
     </row>
     <row r="322" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B322" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C322" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D322" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E322" t="s">
+        <v>118</v>
+      </c>
+      <c r="F322" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="2">
+        <v>1217</v>
+      </c>
+      <c r="H322" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I322" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J322" t="s">
         <v>19</v>
       </c>
-      <c r="F322" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K322">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="L322" s="3">
-        <v>0.14699999999999999</v>
+        <v>9.8000000000000004E-2</v>
       </c>
     </row>
     <row r="323" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B323" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C323" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D323" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E323" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F323" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>145</v>
+      </c>
+      <c r="G323" s="2">
+        <v>1195</v>
       </c>
       <c r="H323" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I323" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45453</v>
+        <v>161</v>
+      </c>
+      <c r="J323" t="s">
+        <v>149</v>
       </c>
       <c r="K323">
-        <v>153</v>
+        <v>214</v>
       </c>
       <c r="L323" s="3">
-        <v>0.153</v>
+        <v>0.17899999999999999</v>
       </c>
     </row>
     <row r="324" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B324" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C324" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D324" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E324" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F324" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>145</v>
+      </c>
+      <c r="G324" s="2">
+        <v>1195</v>
       </c>
       <c r="H324" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I324" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45616</v>
+        <v>161</v>
+      </c>
+      <c r="J324" t="s">
+        <v>150</v>
       </c>
       <c r="K324">
-        <v>135</v>
+        <v>88</v>
       </c>
       <c r="L324" s="3">
-        <v>0.13500000000000001</v>
+        <v>7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="325" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B325" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C325" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D325" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E325" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F325" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>145</v>
+      </c>
+      <c r="G325" s="2">
+        <v>1195</v>
       </c>
       <c r="H325" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I325" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J325" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K325">
-        <v>48</v>
+        <v>551</v>
       </c>
       <c r="L325" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>0.46100000000000002</v>
       </c>
     </row>
     <row r="326" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B326" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C326" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D326" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E326" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="F326" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>145</v>
+      </c>
+      <c r="G326" s="2">
+        <v>1195</v>
       </c>
       <c r="H326" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I326" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
+      </c>
+      <c r="J326" t="s">
+        <v>21</v>
       </c>
       <c r="K326">
-        <v>395</v>
+        <v>513</v>
       </c>
       <c r="L326" s="3">
-        <v>0.39800000000000002</v>
+        <v>0.42899999999999999</v>
       </c>
     </row>
     <row r="327" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B327" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C327" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D327" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E327" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="F327" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>145</v>
+      </c>
+      <c r="G327" s="2">
+        <v>1195</v>
       </c>
       <c r="H327" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I327" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>161</v>
+      </c>
+      <c r="J327" t="s">
+        <v>119</v>
       </c>
       <c r="K327">
         <v>205</v>
       </c>
       <c r="L327" s="3">
-        <v>0.20699999999999999</v>
+        <v>0.17199999999999999</v>
       </c>
     </row>
     <row r="328" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B328" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C328" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D328" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E328" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F328" t="s">
-        <v>18</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>146</v>
+      </c>
+      <c r="G328" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H328">
+        <v>3.09</v>
+      </c>
+      <c r="I328">
+        <v>0.8</v>
+      </c>
+      <c r="J328" t="s">
+        <v>120</v>
       </c>
       <c r="K328">
-        <v>142</v>
+        <v>30</v>
       </c>
       <c r="L328" s="3">
-        <v>0.14299999999999999</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="329" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B329" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C329" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D329" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E329" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F329" t="s">
-        <v>18</v>
-[...11 lines deleted...]
-        <v>4</v>
+        <v>146</v>
+      </c>
+      <c r="G329" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H329">
+        <v>3.09</v>
+      </c>
+      <c r="I329">
+        <v>0.8</v>
+      </c>
+      <c r="J329" t="s">
+        <v>25</v>
       </c>
       <c r="K329">
-        <v>76</v>
+        <v>240</v>
       </c>
       <c r="L329" s="3">
-        <v>7.6999999999999999E-2</v>
+        <v>0.20100000000000001</v>
       </c>
     </row>
     <row r="330" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B330" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C330" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D330" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E330" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F330" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G330" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H330">
+        <v>3.09</v>
+      </c>
+      <c r="I330">
+        <v>0.8</v>
       </c>
       <c r="J330" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K330">
-        <v>174</v>
+        <v>514</v>
       </c>
       <c r="L330" s="3">
-        <v>0.17499999999999999</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="331" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B331" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C331" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D331" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E331" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F331" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>146</v>
+      </c>
+      <c r="G331" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H331">
+        <v>3.09</v>
+      </c>
+      <c r="I331">
+        <v>0.8</v>
       </c>
       <c r="J331" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="K331">
-        <v>165</v>
+        <v>411</v>
       </c>
       <c r="L331" s="3">
-        <v>0.16800000000000001</v>
+        <v>0.34399999999999997</v>
       </c>
     </row>
     <row r="332" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B332" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C332" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D332" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E332" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F332" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>147</v>
+      </c>
+      <c r="G332" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H332">
+        <v>3.15</v>
+      </c>
+      <c r="I332">
+        <v>0.84</v>
       </c>
       <c r="J332" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="K332">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="L332" s="3">
-        <v>0.129</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="333" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B333" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C333" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D333" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E333" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F333" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>147</v>
+      </c>
+      <c r="G333" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H333">
+        <v>3.15</v>
+      </c>
+      <c r="I333">
+        <v>0.84</v>
       </c>
       <c r="J333" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="K333">
-        <v>490</v>
+        <v>200</v>
       </c>
       <c r="L333" s="3">
-        <v>0.499</v>
+        <v>0.16700000000000001</v>
       </c>
     </row>
     <row r="334" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B334" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C334" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D334" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E334" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F334" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>147</v>
+      </c>
+      <c r="G334" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H334">
+        <v>3.15</v>
+      </c>
+      <c r="I334">
+        <v>0.84</v>
       </c>
       <c r="J334" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K334">
-        <v>421</v>
+        <v>470</v>
       </c>
       <c r="L334" s="3">
-        <v>0.42899999999999999</v>
+        <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="335" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B335" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C335" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D335" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E335" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F335" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>147</v>
+      </c>
+      <c r="G335" s="2">
+        <v>1195</v>
+      </c>
+      <c r="H335">
+        <v>3.15</v>
+      </c>
+      <c r="I335">
+        <v>0.84</v>
       </c>
       <c r="J335" t="s">
-        <v>158</v>
+        <v>29</v>
       </c>
       <c r="K335">
-        <v>174</v>
+        <v>477</v>
       </c>
       <c r="L335" s="3">
-        <v>0.17699999999999999</v>
+        <v>0.39900000000000002</v>
       </c>
     </row>
     <row r="336" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B336" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C336" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D336" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E336" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F336" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>0.73</v>
+        <v>30</v>
+      </c>
+      <c r="G336" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H336" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I336" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J336" t="s">
-        <v>159</v>
+        <v>37</v>
       </c>
       <c r="K336">
-        <v>12</v>
+        <v>226</v>
       </c>
       <c r="L336" s="3">
-        <v>1.2E-2</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="337" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B337" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C337" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D337" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E337" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F337" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>0.73</v>
+        <v>30</v>
+      </c>
+      <c r="G337" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H337" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I337" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J337" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K337">
-        <v>125</v>
+        <v>517</v>
       </c>
       <c r="L337" s="3">
-        <v>0.128</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="338" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B338" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C338" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D338" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E338" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F338" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>0.73</v>
+        <v>30</v>
+      </c>
+      <c r="G338" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H338" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I338" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J338" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K338">
-        <v>406</v>
+        <v>335</v>
       </c>
       <c r="L338" s="3">
-        <v>0.41399999999999998</v>
+        <v>0.28199999999999997</v>
       </c>
     </row>
     <row r="339" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B339" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C339" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D339" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E339" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F339" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>0.73</v>
+        <v>30</v>
+      </c>
+      <c r="G339" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H339" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I339" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J339" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="K339">
-        <v>437</v>
+        <v>69</v>
       </c>
       <c r="L339" s="3">
-        <v>0.44600000000000001</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="340" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B340" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C340" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D340" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E340" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="F340" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.76</v>
+        <v>30</v>
+      </c>
+      <c r="G340" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H340" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I340" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J340" t="s">
+        <v>35</v>
+      </c>
+      <c r="K340">
         <v>25</v>
       </c>
-      <c r="K340">
-[...1 lines deleted...]
-      </c>
       <c r="L340" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="341" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B341" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C341" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D341" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E341" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="F341" t="s">
-        <v>188</v>
-[...8 lines deleted...]
-        <v>0.76</v>
+        <v>30</v>
+      </c>
+      <c r="G341" s="2">
+        <v>1186</v>
+      </c>
+      <c r="H341" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I341" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J341" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="K341">
-        <v>123</v>
+        <v>14</v>
       </c>
       <c r="L341" s="3">
-        <v>0.126</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="342" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B342" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C342" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D342" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E342" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F342" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>38</v>
+      </c>
+      <c r="G342" s="2">
+        <v>1190</v>
       </c>
       <c r="H342">
-        <v>3.34</v>
+        <v>2.66</v>
       </c>
       <c r="I342">
-        <v>0.76</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J342" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="K342">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="L342" s="3">
-        <v>0.35799999999999998</v>
+        <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="343" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B343" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C343" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D343" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E343" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F343" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>38</v>
+      </c>
+      <c r="G343" s="2">
+        <v>1190</v>
       </c>
       <c r="H343">
-        <v>3.34</v>
+        <v>2.66</v>
       </c>
       <c r="I343">
-        <v>0.76</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J343" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="K343">
-        <v>487</v>
+        <v>300</v>
       </c>
       <c r="L343" s="3">
-        <v>0.498</v>
+        <v>0.252</v>
       </c>
     </row>
     <row r="344" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B344" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C344" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D344" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E344" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="F344" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>38</v>
+      </c>
+      <c r="G344" s="2">
+        <v>1190</v>
+      </c>
+      <c r="H344">
+        <v>2.66</v>
+      </c>
+      <c r="I344">
+        <v>0.55000000000000004</v>
       </c>
       <c r="J344" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K344">
-        <v>104</v>
+        <v>840</v>
       </c>
       <c r="L344" s="3">
-        <v>0.106</v>
+        <v>0.70599999999999996</v>
       </c>
     </row>
     <row r="345" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B345" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C345" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D345" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E345" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F345" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>43</v>
+      </c>
+      <c r="G345" s="2">
+        <v>1621</v>
+      </c>
+      <c r="H345">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I345">
+        <v>0.87</v>
       </c>
       <c r="J345" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K345">
-        <v>396</v>
+        <v>10</v>
       </c>
       <c r="L345" s="3">
-        <v>0.40500000000000003</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="346" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B346" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C346" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D346" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E346" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F346" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>43</v>
+      </c>
+      <c r="G346" s="2">
+        <v>1621</v>
+      </c>
+      <c r="H346">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I346">
+        <v>0.87</v>
       </c>
       <c r="J346" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="K346">
-        <v>369</v>
+        <v>51</v>
       </c>
       <c r="L346" s="3">
-        <v>0.378</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="347" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B347" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C347" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D347" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E347" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F347" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>43</v>
+      </c>
+      <c r="G347" s="2">
+        <v>1621</v>
+      </c>
+      <c r="H347">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I347">
+        <v>0.87</v>
       </c>
       <c r="J347" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="K347">
-        <v>74</v>
+        <v>377</v>
       </c>
       <c r="L347" s="3">
-        <v>7.5999999999999998E-2</v>
+        <v>0.23300000000000001</v>
       </c>
     </row>
     <row r="348" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B348" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C348" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D348" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E348" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F348" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>43</v>
+      </c>
+      <c r="G348" s="2">
+        <v>1621</v>
+      </c>
+      <c r="H348">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I348">
+        <v>0.87</v>
       </c>
       <c r="J348" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K348">
-        <v>28</v>
+        <v>638</v>
       </c>
       <c r="L348" s="3">
-        <v>2.9000000000000001E-2</v>
+        <v>0.39400000000000002</v>
       </c>
     </row>
     <row r="349" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B349" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C349" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D349" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E349" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F349" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>43</v>
+      </c>
+      <c r="G349" s="2">
+        <v>1621</v>
+      </c>
+      <c r="H349">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I349">
+        <v>0.87</v>
       </c>
       <c r="J349" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="K349">
-        <v>6</v>
+        <v>545</v>
       </c>
       <c r="L349" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="350" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B350" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C350" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D350" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E350" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="F350" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>49</v>
+      </c>
+      <c r="G350" s="2">
+        <v>1625</v>
       </c>
       <c r="H350">
-        <v>2.72</v>
+        <v>3.93</v>
       </c>
       <c r="I350">
-        <v>0.53</v>
+        <v>0.91</v>
       </c>
       <c r="J350" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K350">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="L350" s="3">
-        <v>3.6999999999999998E-2</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="351" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B351" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C351" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D351" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E351" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="F351" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>49</v>
+      </c>
+      <c r="G351" s="2">
+        <v>1625</v>
       </c>
       <c r="H351">
-        <v>2.72</v>
+        <v>3.93</v>
       </c>
       <c r="I351">
-        <v>0.53</v>
+        <v>0.91</v>
       </c>
       <c r="J351" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K351">
-        <v>207</v>
+        <v>89</v>
       </c>
       <c r="L351" s="3">
-        <v>0.21099999999999999</v>
+        <v>5.5E-2</v>
       </c>
     </row>
     <row r="352" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B352" t="s">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="C352" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D352" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E352" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="F352" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>49</v>
+      </c>
+      <c r="G352" s="2">
+        <v>1625</v>
       </c>
       <c r="H352">
-        <v>2.72</v>
+        <v>3.93</v>
       </c>
       <c r="I352">
-        <v>0.53</v>
+        <v>0.91</v>
       </c>
       <c r="J352" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K352">
-        <v>737</v>
+        <v>406</v>
       </c>
       <c r="L352" s="3">
-        <v>0.752</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="353" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B353" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C353" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D353" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E353" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F353" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G353" s="2">
-        <v>1210</v>
+        <v>1625</v>
       </c>
       <c r="H353">
-        <v>4.08</v>
+        <v>3.93</v>
       </c>
       <c r="I353">
-        <v>0.86</v>
+        <v>0.91</v>
       </c>
       <c r="J353" t="s">
         <v>47</v>
       </c>
       <c r="K353">
-        <v>6</v>
+        <v>622</v>
       </c>
       <c r="L353" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="354" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B354" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C354" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D354" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E354" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="F354" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G354" s="2">
-        <v>1210</v>
+        <v>1625</v>
       </c>
       <c r="H354">
-        <v>4.08</v>
+        <v>3.93</v>
       </c>
       <c r="I354">
-        <v>0.86</v>
+        <v>0.91</v>
       </c>
       <c r="J354" t="s">
         <v>48</v>
       </c>
       <c r="K354">
-        <v>36</v>
+        <v>499</v>
       </c>
       <c r="L354" s="3">
-        <v>0.03</v>
+        <v>0.307</v>
       </c>
     </row>
     <row r="355" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B355" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C355" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D355" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E355" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F355" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G355" s="2">
-        <v>1210</v>
+        <v>1622</v>
       </c>
       <c r="H355">
-        <v>4.08</v>
+        <v>3.78</v>
       </c>
       <c r="I355">
-        <v>0.86</v>
+        <v>0.92</v>
       </c>
       <c r="J355" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K355">
-        <v>259</v>
+        <v>10</v>
       </c>
       <c r="L355" s="3">
-        <v>0.214</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="356" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B356" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C356" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D356" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E356" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F356" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G356" s="2">
-        <v>1210</v>
+        <v>1622</v>
       </c>
       <c r="H356">
-        <v>4.08</v>
+        <v>3.78</v>
       </c>
       <c r="I356">
-        <v>0.86</v>
+        <v>0.92</v>
       </c>
       <c r="J356" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K356">
-        <v>469</v>
+        <v>115</v>
       </c>
       <c r="L356" s="3">
-        <v>0.38800000000000001</v>
+        <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="357" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B357" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C357" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D357" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E357" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F357" t="s">
+        <v>50</v>
+      </c>
+      <c r="G357" s="2">
+        <v>1622</v>
+      </c>
+      <c r="H357">
+        <v>3.78</v>
+      </c>
+      <c r="I357">
+        <v>0.92</v>
+      </c>
+      <c r="J357" t="s">
         <v>46</v>
       </c>
-      <c r="G357" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K357">
-        <v>440</v>
+        <v>490</v>
       </c>
       <c r="L357" s="3">
-        <v>0.36399999999999999</v>
+        <v>0.30199999999999999</v>
       </c>
     </row>
     <row r="358" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B358" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C358" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D358" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E358" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F358" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G358" s="2">
-        <v>1212</v>
+        <v>1622</v>
       </c>
       <c r="H358">
-        <v>4</v>
+        <v>3.78</v>
       </c>
       <c r="I358">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J358" t="s">
         <v>47</v>
       </c>
       <c r="K358">
-        <v>6</v>
+        <v>608</v>
       </c>
       <c r="L358" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.375</v>
       </c>
     </row>
     <row r="359" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B359" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C359" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D359" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E359" t="s">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="F359" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G359" s="2">
-        <v>1212</v>
+        <v>1622</v>
       </c>
       <c r="H359">
-        <v>4</v>
+        <v>3.78</v>
       </c>
       <c r="I359">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J359" t="s">
         <v>48</v>
       </c>
       <c r="K359">
-        <v>63</v>
+        <v>399</v>
       </c>
       <c r="L359" s="3">
-        <v>5.1999999999999998E-2</v>
+        <v>0.246</v>
       </c>
     </row>
     <row r="360" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B360" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C360" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D360" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E360" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F360" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G360" s="2">
-        <v>1212</v>
+        <v>1624</v>
       </c>
       <c r="H360">
-        <v>4</v>
+        <v>3.79</v>
       </c>
       <c r="I360">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="J360" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K360">
-        <v>273</v>
+        <v>13</v>
       </c>
       <c r="L360" s="3">
-        <v>0.22500000000000001</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="361" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B361" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C361" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D361" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E361" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F361" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G361" s="2">
-        <v>1212</v>
+        <v>1624</v>
       </c>
       <c r="H361">
-        <v>4</v>
+        <v>3.79</v>
       </c>
       <c r="I361">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="J361" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K361">
-        <v>459</v>
+        <v>124</v>
       </c>
       <c r="L361" s="3">
-        <v>0.379</v>
+        <v>7.5999999999999998E-2</v>
       </c>
     </row>
     <row r="362" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B362" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C362" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D362" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E362" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F362" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G362" s="2">
-        <v>1212</v>
+        <v>1624</v>
       </c>
       <c r="H362">
-        <v>4</v>
+        <v>3.79</v>
       </c>
       <c r="I362">
-        <v>0.9</v>
+        <v>0.95</v>
       </c>
       <c r="J362" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K362">
-        <v>411</v>
+        <v>488</v>
       </c>
       <c r="L362" s="3">
-        <v>0.33900000000000002</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="363" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B363" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C363" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D363" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E363" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F363" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G363" s="2">
-        <v>1211</v>
+        <v>1624</v>
       </c>
       <c r="H363">
-        <v>3.85</v>
+        <v>3.79</v>
       </c>
       <c r="I363">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J363" t="s">
         <v>47</v>
       </c>
       <c r="K363">
-        <v>13</v>
+        <v>564</v>
       </c>
       <c r="L363" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.34699999999999998</v>
       </c>
     </row>
     <row r="364" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B364" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C364" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D364" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E364" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="F364" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G364" s="2">
-        <v>1211</v>
+        <v>1624</v>
       </c>
       <c r="H364">
-        <v>3.85</v>
+        <v>3.79</v>
       </c>
       <c r="I364">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J364" t="s">
         <v>48</v>
       </c>
       <c r="K364">
-        <v>70</v>
+        <v>435</v>
       </c>
       <c r="L364" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>0.26800000000000002</v>
       </c>
     </row>
     <row r="365" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B365" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C365" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D365" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E365" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F365" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G365" s="2">
-        <v>1211</v>
+        <v>1620</v>
       </c>
       <c r="H365">
-        <v>3.85</v>
+        <v>4.21</v>
       </c>
       <c r="I365">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J365" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K365">
-        <v>332</v>
+        <v>7</v>
       </c>
       <c r="L365" s="3">
-        <v>0.27400000000000002</v>
+        <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="366" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B366" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C366" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D366" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E366" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F366" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G366" s="2">
-        <v>1211</v>
+        <v>1620</v>
       </c>
       <c r="H366">
-        <v>3.85</v>
+        <v>4.21</v>
       </c>
       <c r="I366">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J366" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K366">
-        <v>464</v>
+        <v>67</v>
       </c>
       <c r="L366" s="3">
-        <v>0.38300000000000001</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="367" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B367" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C367" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D367" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E367" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F367" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G367" s="2">
-        <v>1211</v>
+        <v>1620</v>
       </c>
       <c r="H367">
-        <v>3.85</v>
+        <v>4.21</v>
       </c>
       <c r="I367">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J367" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K367">
-        <v>332</v>
+        <v>262</v>
       </c>
       <c r="L367" s="3">
-        <v>0.27400000000000002</v>
+        <v>0.16200000000000001</v>
       </c>
     </row>
     <row r="368" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B368" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C368" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D368" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E368" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F368" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G368" s="2">
-        <v>1209</v>
+        <v>1620</v>
       </c>
       <c r="H368">
-        <v>3.86</v>
+        <v>4.21</v>
       </c>
       <c r="I368">
-        <v>0.96</v>
+        <v>0.89</v>
       </c>
       <c r="J368" t="s">
         <v>47</v>
       </c>
       <c r="K368">
-        <v>15</v>
+        <v>534</v>
       </c>
       <c r="L368" s="3">
-        <v>1.2E-2</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="369" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B369" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C369" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D369" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E369" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="F369" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G369" s="2">
-        <v>1209</v>
+        <v>1620</v>
       </c>
       <c r="H369">
-        <v>3.86</v>
+        <v>4.21</v>
       </c>
       <c r="I369">
-        <v>0.96</v>
+        <v>0.89</v>
       </c>
       <c r="J369" t="s">
         <v>48</v>
       </c>
       <c r="K369">
-        <v>81</v>
+        <v>750</v>
       </c>
       <c r="L369" s="3">
-        <v>6.7000000000000004E-2</v>
+        <v>0.46300000000000002</v>
       </c>
     </row>
     <row r="370" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B370" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C370" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D370" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E370" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F370" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G370" s="2">
-        <v>1209</v>
+        <v>1620</v>
       </c>
       <c r="H370">
-        <v>3.86</v>
+        <v>4.04</v>
       </c>
       <c r="I370">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J370" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K370">
-        <v>325</v>
+        <v>11</v>
       </c>
       <c r="L370" s="3">
-        <v>0.26900000000000002</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="371" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B371" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C371" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D371" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E371" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F371" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G371" s="2">
-        <v>1209</v>
+        <v>1620</v>
       </c>
       <c r="H371">
-        <v>3.86</v>
+        <v>4.04</v>
       </c>
       <c r="I371">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J371" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K371">
-        <v>425</v>
+        <v>88</v>
       </c>
       <c r="L371" s="3">
-        <v>0.35199999999999998</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="372" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B372" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C372" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D372" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E372" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F372" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G372" s="2">
-        <v>1209</v>
+        <v>1620</v>
       </c>
       <c r="H372">
-        <v>3.86</v>
+        <v>4.04</v>
       </c>
       <c r="I372">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J372" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K372">
-        <v>363</v>
+        <v>340</v>
       </c>
       <c r="L372" s="3">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="373" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B373" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C373" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D373" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E373" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F373" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G373" s="2">
-        <v>1202</v>
+        <v>1620</v>
       </c>
       <c r="H373">
-        <v>4.3099999999999996</v>
+        <v>4.04</v>
       </c>
       <c r="I373">
-        <v>0.82</v>
+        <v>0.93</v>
       </c>
       <c r="J373" t="s">
         <v>47</v>
       </c>
       <c r="K373">
-        <v>2</v>
+        <v>570</v>
       </c>
       <c r="L373" s="3">
-        <v>2E-3</v>
+        <v>0.35199999999999998</v>
       </c>
     </row>
     <row r="374" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B374" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C374" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D374" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E374" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="F374" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G374" s="2">
-        <v>1202</v>
+        <v>1620</v>
       </c>
       <c r="H374">
-        <v>4.3099999999999996</v>
+        <v>4.04</v>
       </c>
       <c r="I374">
-        <v>0.82</v>
+        <v>0.93</v>
       </c>
       <c r="J374" t="s">
         <v>48</v>
       </c>
       <c r="K374">
-        <v>27</v>
+        <v>611</v>
       </c>
       <c r="L374" s="3">
-        <v>2.1999999999999999E-2</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="375" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B375" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C375" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D375" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E375" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F375" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G375" s="2">
-        <v>1202</v>
+        <v>1616</v>
       </c>
       <c r="H375">
-        <v>4.3099999999999996</v>
+        <v>3.99</v>
       </c>
       <c r="I375">
-        <v>0.82</v>
+        <v>0.9</v>
       </c>
       <c r="J375" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K375">
-        <v>179</v>
+        <v>9</v>
       </c>
       <c r="L375" s="3">
-        <v>0.14899999999999999</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="376" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B376" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C376" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D376" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E376" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F376" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G376" s="2">
-        <v>1202</v>
+        <v>1616</v>
       </c>
       <c r="H376">
-        <v>4.3099999999999996</v>
+        <v>3.99</v>
       </c>
       <c r="I376">
-        <v>0.82</v>
+        <v>0.9</v>
       </c>
       <c r="J376" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K376">
-        <v>386</v>
+        <v>77</v>
       </c>
       <c r="L376" s="3">
-        <v>0.32100000000000001</v>
+        <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="377" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B377" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C377" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D377" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E377" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F377" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G377" s="2">
-        <v>1202</v>
+        <v>1616</v>
       </c>
       <c r="H377">
-        <v>4.3099999999999996</v>
+        <v>3.99</v>
       </c>
       <c r="I377">
-        <v>0.82</v>
+        <v>0.9</v>
       </c>
       <c r="J377" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K377">
-        <v>608</v>
+        <v>371</v>
       </c>
       <c r="L377" s="3">
-        <v>0.50600000000000001</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="378" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B378" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C378" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D378" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E378" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F378" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="G378" s="2">
-        <v>1204</v>
+        <v>1616</v>
       </c>
       <c r="H378">
-        <v>4.16</v>
+        <v>3.99</v>
       </c>
       <c r="I378">
-        <v>0.89</v>
+        <v>0.9</v>
       </c>
       <c r="J378" t="s">
         <v>47</v>
       </c>
       <c r="K378">
-        <v>6</v>
+        <v>620</v>
       </c>
       <c r="L378" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.38400000000000001</v>
       </c>
     </row>
     <row r="379" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B379" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C379" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D379" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E379" t="s">
-        <v>148</v>
+        <v>110</v>
       </c>
       <c r="F379" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="G379" s="2">
-        <v>1204</v>
+        <v>1616</v>
       </c>
       <c r="H379">
-        <v>4.16</v>
+        <v>3.99</v>
       </c>
       <c r="I379">
-        <v>0.89</v>
+        <v>0.9</v>
       </c>
       <c r="J379" t="s">
         <v>48</v>
       </c>
       <c r="K379">
-        <v>48</v>
+        <v>539</v>
       </c>
       <c r="L379" s="3">
-        <v>0.04</v>
+        <v>0.33400000000000002</v>
       </c>
     </row>
     <row r="380" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B380" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C380" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D380" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E380" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F380" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G380" s="2">
-        <v>1204</v>
+        <v>1616</v>
       </c>
       <c r="H380">
-        <v>4.16</v>
+        <v>3.96</v>
       </c>
       <c r="I380">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J380" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K380">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="L380" s="3">
-        <v>0.17399999999999999</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="381" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B381" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C381" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D381" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E381" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F381" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G381" s="2">
-        <v>1204</v>
+        <v>1616</v>
       </c>
       <c r="H381">
-        <v>4.16</v>
+        <v>3.96</v>
       </c>
       <c r="I381">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J381" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K381">
-        <v>421</v>
+        <v>78</v>
       </c>
       <c r="L381" s="3">
-        <v>0.35</v>
+        <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="382" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B382" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C382" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D382" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E382" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F382" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G382" s="2">
-        <v>1204</v>
+        <v>1616</v>
       </c>
       <c r="H382">
-        <v>4.16</v>
+        <v>3.96</v>
       </c>
       <c r="I382">
-        <v>0.89</v>
+        <v>0.91</v>
       </c>
       <c r="J382" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K382">
-        <v>520</v>
+        <v>392</v>
       </c>
       <c r="L382" s="3">
-        <v>0.432</v>
+        <v>0.24299999999999999</v>
       </c>
     </row>
     <row r="383" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B383" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C383" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D383" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E383" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F383" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G383" s="2">
-        <v>1205</v>
+        <v>1616</v>
       </c>
       <c r="H383">
-        <v>4.04</v>
+        <v>3.96</v>
       </c>
       <c r="I383">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J383" t="s">
         <v>47</v>
       </c>
       <c r="K383">
-        <v>5</v>
+        <v>608</v>
       </c>
       <c r="L383" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="384" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B384" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C384" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D384" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="E384" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="F384" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G384" s="2">
-        <v>1205</v>
+        <v>1616</v>
       </c>
       <c r="H384">
-        <v>4.04</v>
+        <v>3.96</v>
       </c>
       <c r="I384">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J384" t="s">
         <v>48</v>
       </c>
       <c r="K384">
-        <v>62</v>
+        <v>525</v>
       </c>
       <c r="L384" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.32500000000000001</v>
       </c>
     </row>
     <row r="385" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B385" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C385" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D385" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E385" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F385" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G385" s="2">
-        <v>1205</v>
+        <v>1614</v>
       </c>
       <c r="H385">
-        <v>4.04</v>
+        <v>3.86</v>
       </c>
       <c r="I385">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J385" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K385">
-        <v>250</v>
+        <v>16</v>
       </c>
       <c r="L385" s="3">
-        <v>0.20699999999999999</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="386" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B386" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C386" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D386" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E386" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F386" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G386" s="2">
-        <v>1205</v>
+        <v>1614</v>
       </c>
       <c r="H386">
-        <v>4.04</v>
+        <v>3.86</v>
       </c>
       <c r="I386">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J386" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K386">
-        <v>454</v>
+        <v>93</v>
       </c>
       <c r="L386" s="3">
-        <v>0.377</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="387" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B387" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C387" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D387" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E387" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F387" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G387" s="2">
-        <v>1205</v>
+        <v>1614</v>
       </c>
       <c r="H387">
-        <v>4.04</v>
+        <v>3.86</v>
       </c>
       <c r="I387">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J387" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K387">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="L387" s="3">
-        <v>0.36</v>
+        <v>0.27300000000000002</v>
       </c>
     </row>
     <row r="388" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B388" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C388" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D388" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E388" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F388" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G388" s="2">
-        <v>1205</v>
+        <v>1614</v>
       </c>
       <c r="H388">
-        <v>4.0599999999999996</v>
+        <v>3.86</v>
       </c>
       <c r="I388">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J388" t="s">
         <v>47</v>
       </c>
       <c r="K388">
-        <v>5</v>
+        <v>616</v>
       </c>
       <c r="L388" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="389" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B389" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C389" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D389" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E389" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="F389" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G389" s="2">
-        <v>1205</v>
+        <v>1614</v>
       </c>
       <c r="H389">
-        <v>4.0599999999999996</v>
+        <v>3.86</v>
       </c>
       <c r="I389">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J389" t="s">
         <v>48</v>
       </c>
       <c r="K389">
-        <v>62</v>
+        <v>449</v>
       </c>
       <c r="L389" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.27800000000000002</v>
       </c>
     </row>
     <row r="390" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B390" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C390" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D390" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E390" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F390" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G390" s="2">
-        <v>1205</v>
+        <v>1615</v>
       </c>
       <c r="H390">
-        <v>4.0599999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="I390">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J390" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K390">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="L390" s="3">
-        <v>0.20699999999999999</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="391" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B391" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C391" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D391" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E391" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F391" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G391" s="2">
-        <v>1205</v>
+        <v>1615</v>
       </c>
       <c r="H391">
-        <v>4.0599999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="I391">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J391" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K391">
-        <v>426</v>
+        <v>96</v>
       </c>
       <c r="L391" s="3">
-        <v>0.35399999999999998</v>
+        <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="392" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B392" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C392" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D392" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E392" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F392" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G392" s="2">
-        <v>1205</v>
+        <v>1615</v>
       </c>
       <c r="H392">
-        <v>4.0599999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="I392">
-        <v>0.91</v>
+        <v>0.93</v>
       </c>
       <c r="J392" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K392">
-        <v>462</v>
+        <v>404</v>
       </c>
       <c r="L392" s="3">
-        <v>0.38300000000000001</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="393" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B393" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C393" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D393" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E393" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F393" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G393" s="2">
-        <v>1204</v>
+        <v>1615</v>
       </c>
       <c r="H393">
-        <v>3.93</v>
+        <v>3.9</v>
       </c>
       <c r="I393">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J393" t="s">
         <v>47</v>
       </c>
       <c r="K393">
-        <v>13</v>
+        <v>617</v>
       </c>
       <c r="L393" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="394" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B394" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C394" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D394" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="E394" t="s">
-        <v>151</v>
+        <v>113</v>
       </c>
       <c r="F394" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G394" s="2">
-        <v>1204</v>
+        <v>1615</v>
       </c>
       <c r="H394">
-        <v>3.93</v>
+        <v>3.9</v>
       </c>
       <c r="I394">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J394" t="s">
         <v>48</v>
       </c>
       <c r="K394">
-        <v>61</v>
+        <v>483</v>
       </c>
       <c r="L394" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.29899999999999999</v>
       </c>
     </row>
     <row r="395" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B395" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C395" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D395" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E395" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F395" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G395" s="2">
-        <v>1204</v>
+        <v>1610</v>
       </c>
       <c r="H395">
-        <v>3.93</v>
+        <v>3.63</v>
       </c>
       <c r="I395">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J395" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K395">
-        <v>297</v>
+        <v>26</v>
       </c>
       <c r="L395" s="3">
-        <v>0.247</v>
+        <v>1.6E-2</v>
       </c>
     </row>
     <row r="396" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B396" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C396" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D396" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E396" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F396" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G396" s="2">
-        <v>1204</v>
+        <v>1610</v>
       </c>
       <c r="H396">
-        <v>3.93</v>
+        <v>3.63</v>
       </c>
       <c r="I396">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J396" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K396">
-        <v>461</v>
+        <v>138</v>
       </c>
       <c r="L396" s="3">
-        <v>0.38300000000000001</v>
+        <v>8.5999999999999993E-2</v>
       </c>
     </row>
     <row r="397" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B397" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C397" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D397" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E397" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F397" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G397" s="2">
-        <v>1204</v>
+        <v>1610</v>
       </c>
       <c r="H397">
-        <v>3.93</v>
+        <v>3.63</v>
       </c>
       <c r="I397">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J397" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K397">
-        <v>372</v>
+        <v>574</v>
       </c>
       <c r="L397" s="3">
-        <v>0.309</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="398" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B398" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C398" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D398" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E398" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F398" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G398" s="2">
-        <v>1205</v>
+        <v>1610</v>
       </c>
       <c r="H398">
-        <v>3.97</v>
+        <v>3.63</v>
       </c>
       <c r="I398">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J398" t="s">
         <v>47</v>
       </c>
       <c r="K398">
-        <v>11</v>
+        <v>547</v>
       </c>
       <c r="L398" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="399" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B399" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C399" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D399" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E399" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="F399" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G399" s="2">
-        <v>1205</v>
+        <v>1610</v>
       </c>
       <c r="H399">
-        <v>3.97</v>
+        <v>3.63</v>
       </c>
       <c r="I399">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J399" t="s">
         <v>48</v>
       </c>
       <c r="K399">
-        <v>56</v>
+        <v>325</v>
       </c>
       <c r="L399" s="3">
-        <v>4.5999999999999999E-2</v>
+        <v>0.20200000000000001</v>
       </c>
     </row>
     <row r="400" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B400" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C400" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D400" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E400" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F400" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G400" s="2">
-        <v>1205</v>
+        <v>1606</v>
       </c>
       <c r="H400">
-        <v>3.97</v>
+        <v>3.89</v>
       </c>
       <c r="I400">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J400" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K400">
-        <v>290</v>
+        <v>14</v>
       </c>
       <c r="L400" s="3">
-        <v>0.24099999999999999</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="401" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B401" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C401" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D401" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E401" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F401" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G401" s="2">
-        <v>1205</v>
+        <v>1606</v>
       </c>
       <c r="H401">
-        <v>3.97</v>
+        <v>3.89</v>
       </c>
       <c r="I401">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J401" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K401">
-        <v>449</v>
+        <v>93</v>
       </c>
       <c r="L401" s="3">
-        <v>0.373</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="402" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B402" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C402" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D402" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E402" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F402" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G402" s="2">
-        <v>1205</v>
+        <v>1606</v>
       </c>
       <c r="H402">
-        <v>3.97</v>
+        <v>3.89</v>
       </c>
       <c r="I402">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J402" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K402">
-        <v>399</v>
+        <v>440</v>
       </c>
       <c r="L402" s="3">
-        <v>0.33100000000000002</v>
+        <v>0.27400000000000002</v>
       </c>
     </row>
     <row r="403" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B403" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C403" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D403" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E403" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F403" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="G403" s="2">
-        <v>1195</v>
+        <v>1606</v>
       </c>
       <c r="H403">
-        <v>3.7</v>
+        <v>3.89</v>
       </c>
       <c r="I403">
-        <v>0.97</v>
+        <v>0.93</v>
       </c>
       <c r="J403" t="s">
         <v>47</v>
       </c>
       <c r="K403">
-        <v>28</v>
+        <v>574</v>
       </c>
       <c r="L403" s="3">
-        <v>2.3E-2</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="404" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B404" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C404" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D404" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E404" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="F404" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="G404" s="2">
-        <v>1195</v>
+        <v>1606</v>
       </c>
       <c r="H404">
-        <v>3.7</v>
+        <v>3.89</v>
       </c>
       <c r="I404">
-        <v>0.97</v>
+        <v>0.93</v>
       </c>
       <c r="J404" t="s">
         <v>48</v>
       </c>
       <c r="K404">
-        <v>84</v>
+        <v>485</v>
       </c>
       <c r="L404" s="3">
-        <v>7.0000000000000007E-2</v>
+        <v>0.30199999999999999</v>
       </c>
     </row>
     <row r="405" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B405" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C405" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D405" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E405" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F405" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G405" s="2">
-        <v>1195</v>
+        <v>1608</v>
       </c>
       <c r="H405">
-        <v>3.7</v>
+        <v>3.85</v>
       </c>
       <c r="I405">
-        <v>0.97</v>
+        <v>0.92</v>
       </c>
       <c r="J405" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K405">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="L405" s="3">
-        <v>0.32100000000000001</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="406" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B406" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C406" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D406" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E406" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F406" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G406" s="2">
-        <v>1195</v>
+        <v>1608</v>
       </c>
       <c r="H406">
-        <v>3.7</v>
+        <v>3.85</v>
       </c>
       <c r="I406">
-        <v>0.97</v>
+        <v>0.92</v>
       </c>
       <c r="J406" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K406">
-        <v>427</v>
+        <v>99</v>
       </c>
       <c r="L406" s="3">
-        <v>0.35699999999999998</v>
+        <v>6.2E-2</v>
       </c>
     </row>
     <row r="407" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B407" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C407" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D407" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E407" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F407" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G407" s="2">
-        <v>1195</v>
+        <v>1608</v>
       </c>
       <c r="H407">
-        <v>3.7</v>
+        <v>3.85</v>
       </c>
       <c r="I407">
-        <v>0.97</v>
+        <v>0.92</v>
       </c>
       <c r="J407" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K407">
-        <v>273</v>
+        <v>438</v>
       </c>
       <c r="L407" s="3">
-        <v>0.22800000000000001</v>
+        <v>0.27200000000000002</v>
       </c>
     </row>
     <row r="408" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B408" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C408" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D408" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E408" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F408" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G408" s="2">
-        <v>1197</v>
+        <v>1608</v>
       </c>
       <c r="H408">
-        <v>3.94</v>
+        <v>3.85</v>
       </c>
       <c r="I408">
         <v>0.92</v>
       </c>
       <c r="J408" t="s">
         <v>47</v>
       </c>
       <c r="K408">
-        <v>9</v>
+        <v>618</v>
       </c>
       <c r="L408" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.38400000000000001</v>
       </c>
     </row>
     <row r="409" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B409" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C409" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D409" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E409" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="F409" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G409" s="2">
-        <v>1197</v>
+        <v>1608</v>
       </c>
       <c r="H409">
-        <v>3.94</v>
+        <v>3.85</v>
       </c>
       <c r="I409">
         <v>0.92</v>
       </c>
       <c r="J409" t="s">
         <v>48</v>
       </c>
       <c r="K409">
-        <v>63</v>
+        <v>439</v>
       </c>
       <c r="L409" s="3">
-        <v>5.2999999999999999E-2</v>
+        <v>0.27300000000000002</v>
       </c>
     </row>
     <row r="410" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B410" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C410" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D410" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E410" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F410" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G410" s="2">
-        <v>1197</v>
+        <v>1607</v>
       </c>
       <c r="H410">
-        <v>3.94</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I410">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J410" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K410">
-        <v>301</v>
+        <v>17</v>
       </c>
       <c r="L410" s="3">
-        <v>0.251</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="411" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B411" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C411" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D411" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E411" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F411" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G411" s="2">
-        <v>1197</v>
+        <v>1607</v>
       </c>
       <c r="H411">
-        <v>3.94</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I411">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J411" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K411">
-        <v>438</v>
+        <v>83</v>
       </c>
       <c r="L411" s="3">
-        <v>0.36599999999999999</v>
+        <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="412" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B412" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C412" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D412" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E412" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F412" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G412" s="2">
-        <v>1197</v>
+        <v>1607</v>
       </c>
       <c r="H412">
-        <v>3.94</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I412">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J412" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K412">
-        <v>386</v>
+        <v>295</v>
       </c>
       <c r="L412" s="3">
-        <v>0.32200000000000001</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="413" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B413" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C413" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D413" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E413" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F413" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="G413" s="2">
-        <v>1195</v>
+        <v>1607</v>
       </c>
       <c r="H413">
-        <v>3.91</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I413">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J413" t="s">
         <v>47</v>
       </c>
       <c r="K413">
-        <v>15</v>
+        <v>539</v>
       </c>
       <c r="L413" s="3">
-        <v>1.2999999999999999E-2</v>
+        <v>0.33500000000000002</v>
       </c>
     </row>
     <row r="414" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B414" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C414" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D414" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="E414" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="F414" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="G414" s="2">
-        <v>1195</v>
+        <v>1607</v>
       </c>
       <c r="H414">
-        <v>3.91</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="I414">
-        <v>0.92</v>
+        <v>0.95</v>
       </c>
       <c r="J414" t="s">
         <v>48</v>
       </c>
       <c r="K414">
-        <v>61</v>
+        <v>673</v>
       </c>
       <c r="L414" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.41899999999999998</v>
       </c>
     </row>
     <row r="415" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B415" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C415" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D415" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E415" t="s">
-        <v>155</v>
+        <v>71</v>
       </c>
       <c r="F415" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="G415" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1612</v>
+      </c>
+      <c r="H415" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I415" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J415" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="K415">
-        <v>288</v>
+        <v>752</v>
       </c>
       <c r="L415" s="3">
-        <v>0.24099999999999999</v>
+        <v>0.46700000000000003</v>
       </c>
     </row>
     <row r="416" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B416" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C416" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D416" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E416" t="s">
-        <v>155</v>
+        <v>71</v>
       </c>
       <c r="F416" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="G416" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1612</v>
+      </c>
+      <c r="H416" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I416" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J416" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="K416">
-        <v>478</v>
+        <v>860</v>
       </c>
       <c r="L416" s="3">
-        <v>0.4</v>
+        <v>0.53300000000000003</v>
       </c>
     </row>
     <row r="417" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B417" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C417" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D417" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E417" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F417" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="G417" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1606</v>
+      </c>
+      <c r="H417" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I417" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J417" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
       <c r="K417">
-        <v>353</v>
+        <v>737</v>
       </c>
       <c r="L417" s="3">
-        <v>0.29499999999999998</v>
+        <v>0.45900000000000002</v>
       </c>
     </row>
     <row r="418" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B418" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C418" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D418" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E418" t="s">
-        <v>156</v>
+        <v>23</v>
       </c>
       <c r="F418" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="G418" s="2">
-        <v>1194</v>
-[...5 lines deleted...]
-        <v>0.91</v>
+        <v>1606</v>
+      </c>
+      <c r="H418" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I418" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J418" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="K418">
-        <v>14</v>
+        <v>869</v>
       </c>
       <c r="L418" s="3">
-        <v>1.2E-2</v>
+        <v>0.54100000000000004</v>
       </c>
     </row>
     <row r="419" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B419" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C419" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D419" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E419" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="F419" t="s">
-        <v>81</v>
+        <v>155</v>
       </c>
       <c r="G419" s="2">
-        <v>1194</v>
-[...5 lines deleted...]
-        <v>0.91</v>
+        <v>1605</v>
+      </c>
+      <c r="H419" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I419" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J419" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="K419">
-        <v>35</v>
+        <v>233</v>
       </c>
       <c r="L419" s="3">
-        <v>2.9000000000000001E-2</v>
+        <v>0.14499999999999999</v>
       </c>
     </row>
     <row r="420" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B420" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C420" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D420" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E420" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="F420" t="s">
-        <v>81</v>
+        <v>155</v>
       </c>
       <c r="G420" s="2">
-        <v>1194</v>
-[...5 lines deleted...]
-        <v>0.91</v>
+        <v>1605</v>
+      </c>
+      <c r="H420" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I420" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J420" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>76</v>
+      </c>
+      <c r="K420" s="2">
+        <v>1372</v>
       </c>
       <c r="L420" s="3">
-        <v>0.183</v>
+        <v>0.85499999999999998</v>
       </c>
     </row>
     <row r="421" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B421" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C421" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D421" t="s">
+        <v>75</v>
+      </c>
+      <c r="E421" t="s">
+        <v>74</v>
+      </c>
+      <c r="F421" t="s">
+        <v>77</v>
+      </c>
+      <c r="G421">
+        <v>233</v>
+      </c>
+      <c r="H421">
+        <v>3.13</v>
+      </c>
+      <c r="I421">
+        <v>0.72</v>
+      </c>
+      <c r="J421" t="s">
         <v>78</v>
       </c>
-      <c r="E421" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K421">
-        <v>390</v>
+        <v>2</v>
       </c>
       <c r="L421" s="3">
-        <v>0.32700000000000001</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="422" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B422" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C422" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D422" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E422" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="F422" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1194</v>
+        <v>77</v>
+      </c>
+      <c r="G422">
+        <v>233</v>
       </c>
       <c r="H422">
-        <v>4.17</v>
+        <v>3.13</v>
       </c>
       <c r="I422">
-        <v>0.91</v>
+        <v>0.72</v>
       </c>
       <c r="J422" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="K422">
-        <v>537</v>
+        <v>41</v>
       </c>
       <c r="L422" s="3">
-        <v>0.45</v>
+        <v>0.17599999999999999</v>
       </c>
     </row>
     <row r="423" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B423" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C423" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D423" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E423" t="s">
+        <v>74</v>
+      </c>
+      <c r="F423" t="s">
+        <v>77</v>
+      </c>
+      <c r="G423">
+        <v>233</v>
+      </c>
+      <c r="H423">
+        <v>3.13</v>
+      </c>
+      <c r="I423">
+        <v>0.72</v>
+      </c>
+      <c r="J423" t="s">
         <v>80</v>
       </c>
-      <c r="F423" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K423">
-        <v>560</v>
+        <v>114</v>
       </c>
       <c r="L423" s="3">
-        <v>0.47</v>
+        <v>0.48899999999999999</v>
       </c>
     </row>
     <row r="424" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B424" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C424" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D424" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="E424" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F424" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>77</v>
+      </c>
+      <c r="G424">
+        <v>233</v>
+      </c>
+      <c r="H424">
+        <v>3.13</v>
+      </c>
+      <c r="I424">
+        <v>0.72</v>
       </c>
       <c r="J424" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="K424">
-        <v>632</v>
+        <v>76</v>
       </c>
       <c r="L424" s="3">
-        <v>0.53</v>
+        <v>0.32600000000000001</v>
       </c>
     </row>
     <row r="425" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B425" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C425" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D425" t="s">
+        <v>82</v>
+      </c>
+      <c r="E425" t="s">
+        <v>126</v>
+      </c>
+      <c r="F425" t="s">
         <v>83</v>
       </c>
-      <c r="E425" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G425">
-        <v>560</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>739</v>
+      </c>
+      <c r="H425">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I425">
+        <v>0.88</v>
       </c>
       <c r="J425" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="K425">
-        <v>560</v>
+        <v>3</v>
       </c>
       <c r="L425" s="3">
-        <v>1</v>
+        <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="426" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B426" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C426" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D426" t="s">
+        <v>82</v>
+      </c>
+      <c r="E426" t="s">
+        <v>126</v>
+      </c>
+      <c r="F426" t="s">
         <v>83</v>
       </c>
-      <c r="E426" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G426">
+        <v>739</v>
+      </c>
+      <c r="H426">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I426">
+        <v>0.88</v>
       </c>
       <c r="J426" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="K426">
-        <v>523</v>
+        <v>26</v>
       </c>
       <c r="L426" s="3">
-        <v>0.439</v>
+        <v>3.5000000000000003E-2</v>
       </c>
     </row>
     <row r="427" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B427" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C427" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D427" t="s">
+        <v>82</v>
+      </c>
+      <c r="E427" t="s">
+        <v>126</v>
+      </c>
+      <c r="F427" t="s">
         <v>83</v>
       </c>
-      <c r="E427" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G427">
+        <v>739</v>
+      </c>
+      <c r="H427">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I427">
+        <v>0.88</v>
       </c>
       <c r="J427" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="K427">
-        <v>668</v>
+        <v>167</v>
       </c>
       <c r="L427" s="3">
-        <v>0.56100000000000005</v>
+        <v>0.22600000000000001</v>
       </c>
     </row>
     <row r="428" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B428" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C428" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D428" t="s">
+        <v>82</v>
+      </c>
+      <c r="E428" t="s">
+        <v>126</v>
+      </c>
+      <c r="F428" t="s">
         <v>83</v>
       </c>
-      <c r="E428" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G428">
-        <v>523</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>739</v>
+      </c>
+      <c r="H428">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I428">
+        <v>0.88</v>
       </c>
       <c r="J428" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="K428">
-        <v>523</v>
+        <v>270</v>
       </c>
       <c r="L428" s="3">
-        <v>1</v>
+        <v>0.36499999999999999</v>
       </c>
     </row>
     <row r="429" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B429" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C429" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D429" t="s">
+        <v>82</v>
+      </c>
+      <c r="E429" t="s">
+        <v>126</v>
+      </c>
+      <c r="F429" t="s">
         <v>83</v>
       </c>
-      <c r="E429" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G429">
+        <v>739</v>
+      </c>
+      <c r="H429">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="I429">
+        <v>0.88</v>
       </c>
       <c r="J429" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="K429">
-        <v>192</v>
+        <v>273</v>
       </c>
       <c r="L429" s="3">
-        <v>0.161</v>
+        <v>0.36899999999999999</v>
       </c>
     </row>
     <row r="430" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B430" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C430" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D430" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E430" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="F430" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G430">
+        <v>736</v>
+      </c>
+      <c r="H430">
+        <v>4.03</v>
+      </c>
+      <c r="I430">
+        <v>0.92</v>
       </c>
       <c r="J430" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="K430">
-        <v>999</v>
+        <v>7</v>
       </c>
       <c r="L430" s="3">
-        <v>0.83899999999999997</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="431" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B431" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C431" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D431" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E431" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="F431" t="s">
-        <v>196</v>
+        <v>84</v>
       </c>
       <c r="G431">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>736</v>
+      </c>
+      <c r="H431">
+        <v>4.03</v>
+      </c>
+      <c r="I431">
+        <v>0.92</v>
       </c>
       <c r="J431" t="s">
-        <v>4</v>
+        <v>45</v>
       </c>
       <c r="K431">
-        <v>192</v>
+        <v>30</v>
       </c>
       <c r="L431" s="3">
-        <v>1</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="432" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B432" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C432" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D432" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E432" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F432" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G432">
-        <v>189</v>
+        <v>736</v>
       </c>
       <c r="H432">
-        <v>3.12</v>
+        <v>4.03</v>
       </c>
       <c r="I432">
-        <v>0.73</v>
+        <v>0.92</v>
       </c>
       <c r="J432" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="K432">
-        <v>4</v>
+        <v>168</v>
       </c>
       <c r="L432" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.22800000000000001</v>
       </c>
     </row>
     <row r="433" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B433" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C433" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D433" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E433" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F433" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G433">
-        <v>189</v>
+        <v>736</v>
       </c>
       <c r="H433">
-        <v>3.12</v>
+        <v>4.03</v>
       </c>
       <c r="I433">
-        <v>0.73</v>
+        <v>0.92</v>
       </c>
       <c r="J433" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="K433">
-        <v>28</v>
+        <v>257</v>
       </c>
       <c r="L433" s="3">
-        <v>0.14799999999999999</v>
+        <v>0.34899999999999998</v>
       </c>
     </row>
     <row r="434" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B434" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C434" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D434" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E434" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="F434" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G434">
-        <v>189</v>
+        <v>736</v>
       </c>
       <c r="H434">
-        <v>3.12</v>
+        <v>4.03</v>
       </c>
       <c r="I434">
-        <v>0.73</v>
+        <v>0.92</v>
       </c>
       <c r="J434" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="K434">
-        <v>99</v>
+        <v>274</v>
       </c>
       <c r="L434" s="3">
-        <v>0.52400000000000002</v>
+        <v>0.372</v>
       </c>
     </row>
     <row r="435" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B435" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C435" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D435" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E435" t="s">
+        <v>128</v>
+      </c>
+      <c r="F435" t="s">
         <v>85</v>
       </c>
-      <c r="F435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G435">
-        <v>189</v>
+        <v>734</v>
       </c>
       <c r="H435">
-        <v>3.12</v>
+        <v>3.76</v>
       </c>
       <c r="I435">
-        <v>0.73</v>
+        <v>0.93</v>
       </c>
       <c r="J435" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="K435">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="L435" s="3">
-        <v>0.307</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="436" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B436" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C436" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D436" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E436" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F436" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G436">
-        <v>553</v>
+        <v>734</v>
       </c>
       <c r="H436">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I436">
-        <v>0.89</v>
+        <v>0.93</v>
       </c>
       <c r="J436" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K436">
-        <v>5</v>
+        <v>43</v>
       </c>
       <c r="L436" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="437" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B437" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C437" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D437" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E437" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F437" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G437">
-        <v>553</v>
+        <v>734</v>
       </c>
       <c r="H437">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I437">
-        <v>0.89</v>
+        <v>0.93</v>
       </c>
       <c r="J437" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K437">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="L437" s="3">
-        <v>4.2999999999999997E-2</v>
+        <v>0.33400000000000002</v>
       </c>
     </row>
     <row r="438" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B438" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C438" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D438" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E438" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F438" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G438">
-        <v>553</v>
+        <v>734</v>
       </c>
       <c r="H438">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I438">
-        <v>0.89</v>
+        <v>0.93</v>
       </c>
       <c r="J438" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K438">
-        <v>103</v>
+        <v>257</v>
       </c>
       <c r="L438" s="3">
-        <v>0.186</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="439" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
+        <v>141</v>
+      </c>
+      <c r="B439" t="s">
+        <v>157</v>
+      </c>
+      <c r="C439" t="s">
+        <v>100</v>
+      </c>
+      <c r="D439" t="s">
+        <v>82</v>
+      </c>
+      <c r="E439" t="s">
+        <v>128</v>
+      </c>
+      <c r="F439" t="s">
+        <v>85</v>
+      </c>
+      <c r="G439">
+        <v>734</v>
+      </c>
+      <c r="H439">
+        <v>3.76</v>
+      </c>
+      <c r="I439">
+        <v>0.93</v>
+      </c>
+      <c r="J439" t="s">
+        <v>48</v>
+      </c>
+      <c r="K439">
         <v>180</v>
       </c>
-      <c r="B439" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="L439" s="3">
-        <v>0.40500000000000003</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="440" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B440" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C440" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D440" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E440" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F440" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G440">
-        <v>553</v>
+        <v>735</v>
       </c>
       <c r="H440">
-        <v>4.0599999999999996</v>
+        <v>3.78</v>
       </c>
       <c r="I440">
-        <v>0.89</v>
+        <v>0.94</v>
       </c>
       <c r="J440" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K440">
-        <v>197</v>
+        <v>10</v>
       </c>
       <c r="L440" s="3">
-        <v>0.35599999999999998</v>
+        <v>1.4E-2</v>
       </c>
     </row>
     <row r="441" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B441" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C441" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D441" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E441" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F441" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G441">
-        <v>553</v>
+        <v>735</v>
       </c>
       <c r="H441">
-        <v>4.0599999999999996</v>
+        <v>3.78</v>
       </c>
       <c r="I441">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J441" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K441">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="L441" s="3">
-        <v>1.4E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="442" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B442" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C442" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D442" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E442" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F442" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G442">
-        <v>553</v>
+        <v>735</v>
       </c>
       <c r="H442">
-        <v>4.0599999999999996</v>
+        <v>3.78</v>
       </c>
       <c r="I442">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J442" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K442">
-        <v>19</v>
+        <v>244</v>
       </c>
       <c r="L442" s="3">
-        <v>3.4000000000000002E-2</v>
+        <v>0.33200000000000002</v>
       </c>
     </row>
     <row r="443" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B443" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C443" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D443" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E443" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F443" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G443">
-        <v>553</v>
+        <v>735</v>
       </c>
       <c r="H443">
-        <v>4.0599999999999996</v>
+        <v>3.78</v>
       </c>
       <c r="I443">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J443" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K443">
-        <v>105</v>
+        <v>249</v>
       </c>
       <c r="L443" s="3">
-        <v>0.19</v>
+        <v>0.33900000000000002</v>
       </c>
     </row>
     <row r="444" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B444" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C444" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D444" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E444" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F444" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G444">
-        <v>553</v>
+        <v>735</v>
       </c>
       <c r="H444">
-        <v>4.0599999999999996</v>
+        <v>3.78</v>
       </c>
       <c r="I444">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="J444" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K444">
-        <v>221</v>
+        <v>193</v>
       </c>
       <c r="L444" s="3">
-        <v>0.4</v>
+        <v>0.26300000000000001</v>
       </c>
     </row>
     <row r="445" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B445" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C445" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D445" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E445" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F445" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G445">
-        <v>553</v>
+        <v>736</v>
       </c>
       <c r="H445">
-        <v>4.0599999999999996</v>
+        <v>3.67</v>
       </c>
       <c r="I445">
-        <v>0.9</v>
+        <v>1.01</v>
       </c>
       <c r="J445" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K445">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="L445" s="3">
-        <v>0.36199999999999999</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="446" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B446" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C446" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D446" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E446" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F446" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G446">
-        <v>548</v>
+        <v>736</v>
       </c>
       <c r="H446">
-        <v>3.79</v>
+        <v>3.67</v>
       </c>
       <c r="I446">
-        <v>1</v>
+        <v>1.01</v>
       </c>
       <c r="J446" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K446">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="L446" s="3">
-        <v>3.1E-2</v>
+        <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="447" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B447" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C447" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D447" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E447" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F447" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G447">
-        <v>548</v>
+        <v>736</v>
       </c>
       <c r="H447">
-        <v>3.79</v>
+        <v>3.67</v>
       </c>
       <c r="I447">
-        <v>1</v>
+        <v>1.01</v>
       </c>
       <c r="J447" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K447">
-        <v>31</v>
+        <v>243</v>
       </c>
       <c r="L447" s="3">
-        <v>5.7000000000000002E-2</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="448" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B448" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C448" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D448" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E448" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F448" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G448">
-        <v>548</v>
+        <v>736</v>
       </c>
       <c r="H448">
-        <v>3.79</v>
+        <v>3.67</v>
       </c>
       <c r="I448">
-        <v>1</v>
+        <v>1.01</v>
       </c>
       <c r="J448" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K448">
-        <v>148</v>
+        <v>245</v>
       </c>
       <c r="L448" s="3">
-        <v>0.27</v>
+        <v>0.33300000000000002</v>
       </c>
     </row>
     <row r="449" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B449" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C449" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D449" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E449" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F449" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G449">
-        <v>548</v>
+        <v>736</v>
       </c>
       <c r="H449">
-        <v>3.79</v>
+        <v>3.67</v>
       </c>
       <c r="I449">
-        <v>1</v>
+        <v>1.01</v>
       </c>
       <c r="J449" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K449">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="L449" s="3">
-        <v>0.376</v>
+        <v>0.23499999999999999</v>
       </c>
     </row>
     <row r="450" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B450" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C450" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D450" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E450" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F450" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G450">
-        <v>548</v>
+        <v>732</v>
       </c>
       <c r="H450">
-        <v>3.79</v>
+        <v>3.57</v>
       </c>
       <c r="I450">
-        <v>1</v>
+        <v>1.03</v>
       </c>
       <c r="J450" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K450">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="L450" s="3">
-        <v>0.26600000000000001</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="451" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B451" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C451" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D451" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E451" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F451" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G451">
-        <v>551</v>
+        <v>732</v>
       </c>
       <c r="H451">
-        <v>3.81</v>
+        <v>3.57</v>
       </c>
       <c r="I451">
-        <v>0.97</v>
+        <v>1.03</v>
       </c>
       <c r="J451" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K451">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="L451" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="452" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B452" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C452" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D452" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E452" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F452" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G452">
-        <v>551</v>
+        <v>732</v>
       </c>
       <c r="H452">
-        <v>3.81</v>
+        <v>3.57</v>
       </c>
       <c r="I452">
-        <v>0.97</v>
+        <v>1.03</v>
       </c>
       <c r="J452" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K452">
-        <v>31</v>
+        <v>263</v>
       </c>
       <c r="L452" s="3">
-        <v>5.6000000000000001E-2</v>
+        <v>0.35899999999999999</v>
       </c>
     </row>
     <row r="453" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B453" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C453" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D453" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E453" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F453" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G453">
-        <v>551</v>
+        <v>732</v>
       </c>
       <c r="H453">
-        <v>3.81</v>
+        <v>3.57</v>
       </c>
       <c r="I453">
-        <v>0.97</v>
+        <v>1.03</v>
       </c>
       <c r="J453" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K453">
-        <v>146</v>
+        <v>239</v>
       </c>
       <c r="L453" s="3">
-        <v>0.26500000000000001</v>
+        <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="454" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B454" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C454" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D454" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E454" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F454" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G454">
-        <v>551</v>
+        <v>732</v>
       </c>
       <c r="H454">
-        <v>3.81</v>
+        <v>3.57</v>
       </c>
       <c r="I454">
-        <v>0.97</v>
+        <v>1.03</v>
       </c>
       <c r="J454" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K454">
-        <v>216</v>
+        <v>147</v>
       </c>
       <c r="L454" s="3">
-        <v>0.39200000000000002</v>
+        <v>0.20100000000000001</v>
       </c>
     </row>
     <row r="455" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B455" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C455" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D455" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E455" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F455" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G455">
-        <v>551</v>
+        <v>745</v>
       </c>
       <c r="H455">
-        <v>3.81</v>
+        <v>3.16</v>
       </c>
       <c r="I455">
-        <v>0.97</v>
+        <v>0.75</v>
       </c>
       <c r="J455" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="K455">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="L455" s="3">
-        <v>0.26100000000000001</v>
+        <v>1.9E-2</v>
       </c>
     </row>
     <row r="456" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B456" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C456" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D456" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E456" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F456" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G456">
-        <v>550</v>
+        <v>745</v>
       </c>
       <c r="H456">
-        <v>3.69</v>
+        <v>3.16</v>
       </c>
       <c r="I456">
-        <v>1.03</v>
+        <v>0.75</v>
       </c>
       <c r="J456" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="K456">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="L456" s="3">
-        <v>0.04</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="457" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B457" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C457" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D457" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E457" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F457" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G457">
-        <v>550</v>
+        <v>745</v>
       </c>
       <c r="H457">
-        <v>3.69</v>
+        <v>3.16</v>
       </c>
       <c r="I457">
-        <v>1.03</v>
+        <v>0.75</v>
       </c>
       <c r="J457" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="K457">
-        <v>39</v>
+        <v>350</v>
       </c>
       <c r="L457" s="3">
-        <v>7.0999999999999994E-2</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="458" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B458" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C458" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D458" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E458" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F458" t="s">
-        <v>171</v>
+        <v>77</v>
       </c>
       <c r="G458">
-        <v>550</v>
+        <v>745</v>
       </c>
       <c r="H458">
-        <v>3.69</v>
+        <v>3.16</v>
       </c>
       <c r="I458">
-        <v>1.03</v>
+        <v>0.75</v>
       </c>
       <c r="J458" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="K458">
-        <v>156</v>
+        <v>264</v>
       </c>
       <c r="L458" s="3">
-        <v>0.28399999999999997</v>
+        <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="459" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B459" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C459" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D459" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E459" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F459" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G459">
-        <v>550</v>
+        <v>732</v>
       </c>
       <c r="H459">
-        <v>3.69</v>
+        <v>4.2</v>
       </c>
       <c r="I459">
-        <v>1.03</v>
+        <v>0.89</v>
       </c>
       <c r="J459" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K459">
-        <v>204</v>
+        <v>5</v>
       </c>
       <c r="L459" s="3">
-        <v>0.371</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="460" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B460" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C460" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D460" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E460" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F460" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G460">
-        <v>550</v>
+        <v>732</v>
       </c>
       <c r="H460">
-        <v>3.69</v>
+        <v>4.2</v>
       </c>
       <c r="I460">
-        <v>1.03</v>
+        <v>0.89</v>
       </c>
       <c r="J460" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K460">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="L460" s="3">
-        <v>0.23499999999999999</v>
+        <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="461" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B461" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C461" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D461" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E461" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F461" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G461">
-        <v>548</v>
+        <v>732</v>
       </c>
       <c r="H461">
-        <v>3.57</v>
+        <v>4.2</v>
       </c>
       <c r="I461">
-        <v>1.1100000000000001</v>
+        <v>0.89</v>
       </c>
       <c r="J461" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K461">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="L461" s="3">
-        <v>6.6000000000000003E-2</v>
+        <v>0.16400000000000001</v>
       </c>
     </row>
     <row r="462" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B462" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C462" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D462" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E462" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F462" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G462">
-        <v>548</v>
+        <v>732</v>
       </c>
       <c r="H462">
-        <v>3.57</v>
+        <v>4.2</v>
       </c>
       <c r="I462">
-        <v>1.1100000000000001</v>
+        <v>0.89</v>
       </c>
       <c r="J462" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K462">
-        <v>37</v>
+        <v>248</v>
       </c>
       <c r="L462" s="3">
-        <v>6.8000000000000005E-2</v>
+        <v>0.33900000000000002</v>
       </c>
     </row>
     <row r="463" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B463" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C463" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D463" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E463" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="F463" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G463">
-        <v>548</v>
+        <v>732</v>
       </c>
       <c r="H463">
-        <v>3.57</v>
+        <v>4.2</v>
       </c>
       <c r="I463">
-        <v>1.1100000000000001</v>
+        <v>0.89</v>
       </c>
       <c r="J463" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K463">
-        <v>175</v>
+        <v>332</v>
       </c>
       <c r="L463" s="3">
-        <v>0.31900000000000001</v>
+        <v>0.45400000000000001</v>
       </c>
     </row>
     <row r="464" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B464" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C464" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D464" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E464" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F464" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G464">
-        <v>548</v>
+        <v>727</v>
       </c>
       <c r="H464">
-        <v>3.57</v>
+        <v>3.84</v>
       </c>
       <c r="I464">
-        <v>1.1100000000000001</v>
+        <v>0.92</v>
       </c>
       <c r="J464" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K464">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="L464" s="3">
-        <v>0.32500000000000001</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="465" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B465" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C465" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D465" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E465" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F465" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G465">
-        <v>548</v>
+        <v>727</v>
       </c>
       <c r="H465">
-        <v>3.57</v>
+        <v>3.84</v>
       </c>
       <c r="I465">
-        <v>1.1100000000000001</v>
+        <v>0.92</v>
       </c>
       <c r="J465" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K465">
-        <v>122</v>
+        <v>37</v>
       </c>
       <c r="L465" s="3">
-        <v>0.223</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="466" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B466" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C466" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D466" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E466" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F466" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G466">
-        <v>556</v>
+        <v>727</v>
       </c>
       <c r="H466">
-        <v>3.1</v>
+        <v>3.84</v>
       </c>
       <c r="I466">
-        <v>0.78</v>
+        <v>0.92</v>
       </c>
       <c r="J466" t="s">
-        <v>92</v>
+        <v>46</v>
       </c>
       <c r="K466">
-        <v>15</v>
+        <v>209</v>
       </c>
       <c r="L466" s="3">
-        <v>2.7E-2</v>
+        <v>0.28699999999999998</v>
       </c>
     </row>
     <row r="467" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B467" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C467" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D467" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E467" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F467" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G467">
-        <v>556</v>
+        <v>727</v>
       </c>
       <c r="H467">
-        <v>3.1</v>
+        <v>3.84</v>
       </c>
       <c r="I467">
-        <v>0.78</v>
+        <v>0.92</v>
       </c>
       <c r="J467" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="K467">
-        <v>98</v>
+        <v>278</v>
       </c>
       <c r="L467" s="3">
-        <v>0.17599999999999999</v>
+        <v>0.38200000000000001</v>
       </c>
     </row>
     <row r="468" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B468" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C468" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D468" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E468" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="F468" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G468">
-        <v>556</v>
+        <v>727</v>
       </c>
       <c r="H468">
-        <v>3.1</v>
+        <v>3.84</v>
       </c>
       <c r="I468">
-        <v>0.78</v>
+        <v>0.92</v>
       </c>
       <c r="J468" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="K468">
-        <v>259</v>
+        <v>194</v>
       </c>
       <c r="L468" s="3">
-        <v>0.46600000000000003</v>
+        <v>0.26700000000000002</v>
       </c>
     </row>
     <row r="469" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B469" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C469" t="s">
+        <v>100</v>
+      </c>
+      <c r="D469" t="s">
+        <v>86</v>
+      </c>
+      <c r="E469" t="s">
         <v>137</v>
       </c>
-      <c r="D469" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F469" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G469">
-        <v>556</v>
+        <v>729</v>
       </c>
       <c r="H469">
-        <v>3.1</v>
+        <v>4.01</v>
       </c>
       <c r="I469">
-        <v>0.78</v>
+        <v>0.89</v>
       </c>
       <c r="J469" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="K469">
-        <v>184</v>
+        <v>6</v>
       </c>
       <c r="L469" s="3">
-        <v>0.33100000000000002</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="470" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B470" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C470" t="s">
+        <v>100</v>
+      </c>
+      <c r="D470" t="s">
+        <v>86</v>
+      </c>
+      <c r="E470" t="s">
         <v>137</v>
       </c>
-      <c r="D470" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F470" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="G470">
-        <v>521</v>
+        <v>729</v>
       </c>
       <c r="H470">
-        <v>4.25</v>
+        <v>4.01</v>
       </c>
       <c r="I470">
-        <v>0.86</v>
+        <v>0.89</v>
       </c>
       <c r="J470" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K470">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="L470" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="471" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B471" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C471" t="s">
+        <v>100</v>
+      </c>
+      <c r="D471" t="s">
+        <v>86</v>
+      </c>
+      <c r="E471" t="s">
         <v>137</v>
       </c>
-      <c r="D471" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F471" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="G471">
-        <v>521</v>
+        <v>729</v>
       </c>
       <c r="H471">
-        <v>4.25</v>
+        <v>4.01</v>
       </c>
       <c r="I471">
-        <v>0.86</v>
+        <v>0.89</v>
       </c>
       <c r="J471" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K471">
-        <v>14</v>
+        <v>167</v>
       </c>
       <c r="L471" s="3">
-        <v>2.7E-2</v>
+        <v>0.22900000000000001</v>
       </c>
     </row>
     <row r="472" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B472" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C472" t="s">
+        <v>100</v>
+      </c>
+      <c r="D472" t="s">
+        <v>86</v>
+      </c>
+      <c r="E472" t="s">
         <v>137</v>
       </c>
-      <c r="D472" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F472" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="G472">
-        <v>521</v>
+        <v>729</v>
       </c>
       <c r="H472">
-        <v>4.25</v>
+        <v>4.01</v>
       </c>
       <c r="I472">
-        <v>0.86</v>
+        <v>0.89</v>
       </c>
       <c r="J472" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K472">
-        <v>82</v>
+        <v>281</v>
       </c>
       <c r="L472" s="3">
-        <v>0.157</v>
+        <v>0.38500000000000001</v>
       </c>
     </row>
     <row r="473" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B473" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C473" t="s">
+        <v>100</v>
+      </c>
+      <c r="D473" t="s">
+        <v>86</v>
+      </c>
+      <c r="E473" t="s">
         <v>137</v>
       </c>
-      <c r="D473" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F473" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="G473">
-        <v>521</v>
+        <v>729</v>
       </c>
       <c r="H473">
-        <v>4.25</v>
+        <v>4.01</v>
       </c>
       <c r="I473">
-        <v>0.86</v>
+        <v>0.89</v>
       </c>
       <c r="J473" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K473">
-        <v>172</v>
+        <v>248</v>
       </c>
       <c r="L473" s="3">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="474" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B474" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C474" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D474" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E474" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F474" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G474">
-        <v>521</v>
+        <v>728</v>
       </c>
       <c r="H474">
-        <v>4.25</v>
+        <v>3.62</v>
       </c>
       <c r="I474">
-        <v>0.86</v>
+        <v>1.02</v>
       </c>
       <c r="J474" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K474">
-        <v>250</v>
+        <v>18</v>
       </c>
       <c r="L474" s="3">
-        <v>0.48</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="475" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B475" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C475" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D475" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E475" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F475" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G475">
-        <v>520</v>
+        <v>728</v>
       </c>
       <c r="H475">
-        <v>3.92</v>
+        <v>3.62</v>
       </c>
       <c r="I475">
-        <v>0.96</v>
+        <v>1.02</v>
       </c>
       <c r="J475" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K475">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="L475" s="3">
-        <v>1.2999999999999999E-2</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="476" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B476" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C476" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D476" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E476" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F476" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G476">
-        <v>520</v>
+        <v>728</v>
       </c>
       <c r="H476">
-        <v>3.92</v>
+        <v>3.62</v>
       </c>
       <c r="I476">
-        <v>0.96</v>
+        <v>1.02</v>
       </c>
       <c r="J476" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K476">
-        <v>27</v>
+        <v>222</v>
       </c>
       <c r="L476" s="3">
-        <v>5.1999999999999998E-2</v>
+        <v>0.30499999999999999</v>
       </c>
     </row>
     <row r="477" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B477" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C477" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D477" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E477" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F477" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G477">
-        <v>520</v>
+        <v>728</v>
       </c>
       <c r="H477">
-        <v>3.92</v>
+        <v>3.62</v>
       </c>
       <c r="I477">
-        <v>0.96</v>
+        <v>1.02</v>
       </c>
       <c r="J477" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K477">
-        <v>138</v>
+        <v>251</v>
       </c>
       <c r="L477" s="3">
-        <v>0.26500000000000001</v>
+        <v>0.34499999999999997</v>
       </c>
     </row>
     <row r="478" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B478" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C478" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D478" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E478" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F478" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G478">
-        <v>520</v>
+        <v>728</v>
       </c>
       <c r="H478">
-        <v>3.92</v>
+        <v>3.62</v>
       </c>
       <c r="I478">
-        <v>0.96</v>
+        <v>1.02</v>
       </c>
       <c r="J478" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K478">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="L478" s="3">
-        <v>0.33700000000000002</v>
+        <v>0.217</v>
       </c>
     </row>
     <row r="479" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B479" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C479" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D479" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E479" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F479" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G479">
-        <v>520</v>
+        <v>731</v>
       </c>
       <c r="H479">
-        <v>3.92</v>
+        <v>3.06</v>
       </c>
       <c r="I479">
-        <v>0.96</v>
+        <v>0.81</v>
       </c>
       <c r="J479" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="K479">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="L479" s="3">
-        <v>0.33300000000000002</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="480" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B480" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C480" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D480" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E480" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F480" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G480">
-        <v>520</v>
+        <v>731</v>
       </c>
       <c r="H480">
-        <v>4.09</v>
+        <v>3.06</v>
       </c>
       <c r="I480">
-        <v>0.89</v>
+        <v>0.81</v>
       </c>
       <c r="J480" t="s">
-        <v>47</v>
+        <v>79</v>
       </c>
       <c r="K480">
-        <v>3</v>
+        <v>147</v>
       </c>
       <c r="L480" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.20100000000000001</v>
       </c>
     </row>
     <row r="481" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B481" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C481" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D481" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E481" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F481" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G481">
-        <v>520</v>
+        <v>731</v>
       </c>
       <c r="H481">
-        <v>4.09</v>
+        <v>3.06</v>
       </c>
       <c r="I481">
-        <v>0.89</v>
+        <v>0.81</v>
       </c>
       <c r="J481" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="K481">
-        <v>17</v>
+        <v>321</v>
       </c>
       <c r="L481" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>0.439</v>
       </c>
     </row>
     <row r="482" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B482" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C482" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D482" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E482" t="s">
-        <v>176</v>
+        <v>31</v>
       </c>
       <c r="F482" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="G482">
-        <v>520</v>
+        <v>731</v>
       </c>
       <c r="H482">
-        <v>4.09</v>
+        <v>3.06</v>
       </c>
       <c r="I482">
-        <v>0.89</v>
+        <v>0.81</v>
       </c>
       <c r="J482" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="K482">
-        <v>115</v>
+        <v>239</v>
       </c>
       <c r="L482" s="3">
-        <v>0.221</v>
+        <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="483" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B483" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C483" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D483" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E483" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F483" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>148</v>
+      </c>
+      <c r="G483" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H483" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I483" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J483">
+        <v>1</v>
       </c>
       <c r="K483">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="L483" s="3">
-        <v>0.34599999999999997</v>
+        <v>0.29099999999999998</v>
       </c>
     </row>
     <row r="484" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B484" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C484" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D484" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E484" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F484" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>148</v>
+      </c>
+      <c r="G484" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H484" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I484" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J484" s="9">
+        <v>45691</v>
       </c>
       <c r="K484">
-        <v>205</v>
+        <v>400</v>
       </c>
       <c r="L484" s="3">
-        <v>0.39400000000000002</v>
+        <v>0.24299999999999999</v>
       </c>
     </row>
     <row r="485" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B485" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C485" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D485" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E485" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F485" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>47</v>
+        <v>148</v>
+      </c>
+      <c r="G485" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H485" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I485" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J485" s="9">
+        <v>45752</v>
       </c>
       <c r="K485">
-        <v>11</v>
+        <v>231</v>
       </c>
       <c r="L485" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="486" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B486" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C486" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D486" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E486" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F486" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>148</v>
+      </c>
+      <c r="G486" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H486" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I486" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J486" s="9">
+        <v>45818</v>
       </c>
       <c r="K486">
-        <v>40</v>
+        <v>230</v>
       </c>
       <c r="L486" s="3">
-        <v>7.6999999999999999E-2</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="487" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B487" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C487" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D487" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E487" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F487" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>49</v>
+        <v>148</v>
+      </c>
+      <c r="G487" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H487" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I487" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J487" s="9">
+        <v>45981</v>
       </c>
       <c r="K487">
-        <v>163</v>
+        <v>222</v>
       </c>
       <c r="L487" s="3">
-        <v>0.314</v>
+        <v>0.13500000000000001</v>
       </c>
     </row>
     <row r="488" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B488" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C488" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D488" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E488" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F488" t="s">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>1.03</v>
+        <v>148</v>
+      </c>
+      <c r="G488" s="2">
+        <v>1647</v>
+      </c>
+      <c r="H488" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I488" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J488" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="K488">
-        <v>153</v>
+        <v>84</v>
       </c>
       <c r="L488" s="3">
-        <v>0.29499999999999998</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="489" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B489" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C489" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D489" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E489" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F489" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="G489" s="2">
+        <v>1643</v>
+      </c>
+      <c r="H489" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I489" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J489">
+        <v>1</v>
       </c>
       <c r="K489">
-        <v>152</v>
+        <v>717</v>
       </c>
       <c r="L489" s="3">
-        <v>0.29299999999999998</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="490" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B490" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C490" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D490" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E490" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F490" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>92</v>
+        <v>17</v>
+      </c>
+      <c r="G490" s="2">
+        <v>1643</v>
+      </c>
+      <c r="H490" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I490" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J490">
+        <v>2</v>
       </c>
       <c r="K490">
-        <v>10</v>
+        <v>344</v>
       </c>
       <c r="L490" s="3">
-        <v>1.9E-2</v>
+        <v>0.20899999999999999</v>
       </c>
     </row>
     <row r="491" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B491" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C491" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D491" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E491" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F491" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>93</v>
+        <v>17</v>
+      </c>
+      <c r="G491" s="2">
+        <v>1643</v>
+      </c>
+      <c r="H491" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I491" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J491">
+        <v>3</v>
       </c>
       <c r="K491">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="L491" s="3">
-        <v>0.16500000000000001</v>
+        <v>0.13600000000000001</v>
       </c>
     </row>
     <row r="492" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B492" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C492" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D492" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E492" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F492" t="s">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>94</v>
+        <v>17</v>
+      </c>
+      <c r="G492" s="2">
+        <v>1643</v>
+      </c>
+      <c r="H492" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I492" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J492">
+        <v>4</v>
       </c>
       <c r="K492">
-        <v>214</v>
+        <v>124</v>
       </c>
       <c r="L492" s="3">
-        <v>0.41199999999999998</v>
+        <v>7.4999999999999997E-2</v>
       </c>
     </row>
     <row r="493" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B493" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C493" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D493" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E493" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F493" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.78</v>
+        <v>17</v>
+      </c>
+      <c r="G493" s="2">
+        <v>1643</v>
+      </c>
+      <c r="H493" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I493" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J493" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="K493">
-        <v>210</v>
+        <v>235</v>
       </c>
       <c r="L493" s="3">
-        <v>0.40400000000000003</v>
+        <v>0.14299999999999999</v>
       </c>
     </row>
     <row r="494" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B494" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C494" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D494" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E494" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F494" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G494" s="2">
-        <v>1223</v>
+        <v>1607</v>
       </c>
       <c r="H494" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I494" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
+      </c>
+      <c r="J494" t="s">
+        <v>149</v>
       </c>
       <c r="K494">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="L494" s="3">
-        <v>0.316</v>
+        <v>0.23499999999999999</v>
       </c>
     </row>
     <row r="495" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B495" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C495" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D495" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E495" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F495" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G495" s="2">
-        <v>1223</v>
+        <v>1607</v>
       </c>
       <c r="H495" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I495" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45325</v>
+        <v>161</v>
+      </c>
+      <c r="J495" t="s">
+        <v>150</v>
       </c>
       <c r="K495">
-        <v>330</v>
+        <v>142</v>
       </c>
       <c r="L495" s="3">
-        <v>0.27</v>
+        <v>8.7999999999999995E-2</v>
       </c>
     </row>
     <row r="496" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B496" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C496" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D496" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E496" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F496" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G496" s="2">
-        <v>1223</v>
+        <v>1607</v>
       </c>
       <c r="H496" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I496" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45387</v>
+        <v>161</v>
+      </c>
+      <c r="J496" t="s">
+        <v>22</v>
       </c>
       <c r="K496">
-        <v>170</v>
+        <v>745</v>
       </c>
       <c r="L496" s="3">
-        <v>0.13900000000000001</v>
+        <v>0.46400000000000002</v>
       </c>
     </row>
     <row r="497" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B497" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C497" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D497" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E497" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F497" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G497" s="2">
-        <v>1223</v>
+        <v>1607</v>
       </c>
       <c r="H497" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I497" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45453</v>
+        <v>161</v>
+      </c>
+      <c r="J497" t="s">
+        <v>21</v>
       </c>
       <c r="K497">
-        <v>163</v>
+        <v>653</v>
       </c>
       <c r="L497" s="3">
-        <v>0.13300000000000001</v>
+        <v>0.40600000000000003</v>
       </c>
     </row>
     <row r="498" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B498" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C498" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D498" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E498" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F498" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G498" s="2">
-        <v>1223</v>
+        <v>1607</v>
       </c>
       <c r="H498" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I498" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45616</v>
+        <v>161</v>
+      </c>
+      <c r="J498" t="s">
+        <v>119</v>
       </c>
       <c r="K498">
-        <v>123</v>
+        <v>258</v>
       </c>
       <c r="L498" s="3">
-        <v>0.10100000000000001</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="499" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B499" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C499" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D499" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E499" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F499" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G499" s="2">
-        <v>1223</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1605</v>
+      </c>
+      <c r="H499">
+        <v>3.14</v>
+      </c>
+      <c r="I499">
+        <v>0.79</v>
       </c>
       <c r="J499" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="K499">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="L499" s="3">
-        <v>4.2000000000000003E-2</v>
+        <v>2.3E-2</v>
       </c>
     </row>
     <row r="500" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B500" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C500" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D500" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E500" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F500" t="s">
-        <v>18</v>
+        <v>146</v>
       </c>
       <c r="G500" s="2">
-        <v>1217</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>1605</v>
+      </c>
+      <c r="H500">
+        <v>3.14</v>
+      </c>
+      <c r="I500">
+        <v>0.79</v>
+      </c>
+      <c r="J500" t="s">
+        <v>25</v>
       </c>
       <c r="K500">
-        <v>590</v>
+        <v>290</v>
       </c>
       <c r="L500" s="3">
-        <v>0.48499999999999999</v>
+        <v>0.18099999999999999</v>
       </c>
     </row>
     <row r="501" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B501" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C501" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D501" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E501" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F501" t="s">
-        <v>18</v>
+        <v>146</v>
       </c>
       <c r="G501" s="2">
-        <v>1217</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>1605</v>
+      </c>
+      <c r="H501">
+        <v>3.14</v>
+      </c>
+      <c r="I501">
+        <v>0.79</v>
+      </c>
+      <c r="J501" t="s">
+        <v>26</v>
       </c>
       <c r="K501">
-        <v>271</v>
+        <v>687</v>
       </c>
       <c r="L501" s="3">
-        <v>0.223</v>
+        <v>0.42799999999999999</v>
       </c>
     </row>
     <row r="502" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B502" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C502" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D502" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E502" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="F502" t="s">
-        <v>18</v>
+        <v>146</v>
       </c>
       <c r="G502" s="2">
-        <v>1217</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1605</v>
+      </c>
+      <c r="H502">
+        <v>3.14</v>
+      </c>
+      <c r="I502">
+        <v>0.79</v>
+      </c>
+      <c r="J502" t="s">
+        <v>121</v>
       </c>
       <c r="K502">
-        <v>170</v>
+        <v>591</v>
       </c>
       <c r="L502" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.36799999999999999</v>
       </c>
     </row>
     <row r="503" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B503" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C503" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D503" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E503" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F503" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G503" s="2">
-        <v>1217</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>1607</v>
+      </c>
+      <c r="H503">
+        <v>3.13</v>
+      </c>
+      <c r="I503">
+        <v>0.85</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
       </c>
       <c r="K503">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="L503" s="3">
-        <v>5.5E-2</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="504" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B504" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C504" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D504" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E504" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F504" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G504" s="2">
-        <v>1217</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1607</v>
+      </c>
+      <c r="H504">
+        <v>3.13</v>
+      </c>
+      <c r="I504">
+        <v>0.85</v>
       </c>
       <c r="J504" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="K504">
-        <v>119</v>
+        <v>299</v>
       </c>
       <c r="L504" s="3">
-        <v>9.8000000000000004E-2</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="505" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B505" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C505" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D505" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E505" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F505" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="G505" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1607</v>
+      </c>
+      <c r="H505">
+        <v>3.13</v>
+      </c>
+      <c r="I505">
+        <v>0.85</v>
       </c>
       <c r="J505" t="s">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="K505">
-        <v>214</v>
+        <v>612</v>
       </c>
       <c r="L505" s="3">
-        <v>0.17899999999999999</v>
+        <v>0.38100000000000001</v>
       </c>
     </row>
     <row r="506" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B506" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C506" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D506" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E506" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F506" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="G506" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1607</v>
+      </c>
+      <c r="H506">
+        <v>3.13</v>
+      </c>
+      <c r="I506">
+        <v>0.85</v>
       </c>
       <c r="J506" t="s">
-        <v>191</v>
+        <v>29</v>
       </c>
       <c r="K506">
-        <v>88</v>
+        <v>632</v>
       </c>
       <c r="L506" s="3">
-        <v>7.3999999999999996E-2</v>
+        <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="507" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B507" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C507" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D507" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E507" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F507" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G507" s="2">
-        <v>1195</v>
+        <v>1594</v>
       </c>
       <c r="H507" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I507" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J507" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K507">
-        <v>551</v>
+        <v>271</v>
       </c>
       <c r="L507" s="3">
-        <v>0.46100000000000002</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="508" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B508" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C508" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D508" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E508" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F508" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G508" s="2">
-        <v>1195</v>
+        <v>1594</v>
       </c>
       <c r="H508" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I508" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J508" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="K508">
-        <v>513</v>
+        <v>742</v>
       </c>
       <c r="L508" s="3">
-        <v>0.42899999999999999</v>
+        <v>0.46500000000000002</v>
       </c>
     </row>
     <row r="509" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B509" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C509" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D509" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E509" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F509" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G509" s="2">
-        <v>1195</v>
+        <v>1594</v>
       </c>
       <c r="H509" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I509" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J509" t="s">
-        <v>158</v>
+        <v>33</v>
       </c>
       <c r="K509">
-        <v>205</v>
+        <v>448</v>
       </c>
       <c r="L509" s="3">
-        <v>0.17199999999999999</v>
+        <v>0.28100000000000003</v>
       </c>
     </row>
     <row r="510" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B510" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C510" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D510" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E510" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F510" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="G510" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.8</v>
+        <v>1594</v>
+      </c>
+      <c r="H510" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I510" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J510" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="K510">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="L510" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
     </row>
     <row r="511" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B511" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C511" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D511" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E511" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F511" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="G511" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.8</v>
+        <v>1594</v>
+      </c>
+      <c r="H511" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I511" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J511" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="K511">
-        <v>240</v>
+        <v>33</v>
       </c>
       <c r="L511" s="3">
-        <v>0.20100000000000001</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="512" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B512" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C512" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D512" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E512" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F512" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="G512" s="2">
-        <v>1195</v>
-[...5 lines deleted...]
-        <v>0.8</v>
+        <v>1594</v>
+      </c>
+      <c r="H512" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I512" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J512" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="K512">
-        <v>514</v>
+        <v>10</v>
       </c>
       <c r="L512" s="3">
-        <v>0.43</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="513" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B513" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C513" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D513" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E513" t="s">
+        <v>68</v>
+      </c>
+      <c r="F513" t="s">
+        <v>38</v>
+      </c>
+      <c r="G513" s="2">
+        <v>1601</v>
+      </c>
+      <c r="H513">
+        <v>2.69</v>
+      </c>
+      <c r="I513">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="J513" t="s">
+        <v>40</v>
+      </c>
+      <c r="K513">
         <v>70</v>
       </c>
-      <c r="F513" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L513" s="3">
-        <v>0.34399999999999997</v>
+        <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="514" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B514" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C514" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D514" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E514" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F514" t="s">
-        <v>188</v>
+        <v>38</v>
       </c>
       <c r="G514" s="2">
-        <v>1195</v>
+        <v>1601</v>
       </c>
       <c r="H514">
-        <v>3.15</v>
+        <v>2.69</v>
       </c>
       <c r="I514">
-        <v>0.84</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J514" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="K514">
-        <v>48</v>
+        <v>364</v>
       </c>
       <c r="L514" s="3">
-        <v>0.04</v>
+        <v>0.22700000000000001</v>
       </c>
     </row>
     <row r="515" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B515" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C515" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D515" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E515" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F515" t="s">
-        <v>188</v>
+        <v>38</v>
       </c>
       <c r="G515" s="2">
-        <v>1195</v>
+        <v>1601</v>
       </c>
       <c r="H515">
-        <v>3.15</v>
+        <v>2.69</v>
       </c>
       <c r="I515">
-        <v>0.84</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="J515" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>42</v>
+      </c>
+      <c r="K515" s="2">
+        <v>1167</v>
       </c>
       <c r="L515" s="3">
-        <v>0.16700000000000001</v>
+        <v>0.72899999999999998</v>
       </c>
     </row>
     <row r="516" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B516" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C516" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D516" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E516" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F516" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G516" s="2">
-        <v>1195</v>
+        <v>1580</v>
       </c>
       <c r="H516">
-        <v>3.15</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I516">
-        <v>0.84</v>
+        <v>0.88</v>
       </c>
       <c r="J516" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="K516">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="L516" s="3">
-        <v>0.39300000000000002</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="517" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B517" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C517" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D517" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E517" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F517" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G517" s="2">
-        <v>1195</v>
+        <v>1580</v>
       </c>
       <c r="H517">
-        <v>3.15</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I517">
-        <v>0.84</v>
+        <v>0.88</v>
       </c>
       <c r="J517" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="K517">
-        <v>477</v>
+        <v>57</v>
       </c>
       <c r="L517" s="3">
-        <v>0.39900000000000002</v>
+        <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="518" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B518" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C518" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D518" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E518" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F518" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G518" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1580</v>
+      </c>
+      <c r="H518">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I518">
+        <v>0.88</v>
       </c>
       <c r="J518" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="K518">
-        <v>226</v>
+        <v>369</v>
       </c>
       <c r="L518" s="3">
-        <v>0.191</v>
+        <v>0.23400000000000001</v>
       </c>
     </row>
     <row r="519" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B519" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C519" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D519" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E519" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F519" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G519" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1580</v>
+      </c>
+      <c r="H519">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I519">
+        <v>0.88</v>
       </c>
       <c r="J519" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="K519">
-        <v>517</v>
+        <v>605</v>
       </c>
       <c r="L519" s="3">
-        <v>0.436</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="520" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B520" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C520" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D520" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E520" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="F520" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G520" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1580</v>
+      </c>
+      <c r="H520">
+        <v>4.0199999999999996</v>
+      </c>
+      <c r="I520">
+        <v>0.88</v>
       </c>
       <c r="J520" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="K520">
-        <v>335</v>
+        <v>540</v>
       </c>
       <c r="L520" s="3">
-        <v>0.28199999999999997</v>
+        <v>0.34200000000000003</v>
       </c>
     </row>
     <row r="521" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B521" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C521" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D521" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E521" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F521" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G521" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1578</v>
+      </c>
+      <c r="H521">
+        <v>3.92</v>
+      </c>
+      <c r="I521">
+        <v>0.93</v>
       </c>
       <c r="J521" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="K521">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="L521" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="522" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B522" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C522" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D522" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E522" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F522" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G522" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1578</v>
+      </c>
+      <c r="H522">
+        <v>3.92</v>
+      </c>
+      <c r="I522">
+        <v>0.93</v>
       </c>
       <c r="J522" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="K522">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="L522" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="523" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B523" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C523" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D523" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E523" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F523" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G523" s="2">
-        <v>1186</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1578</v>
+      </c>
+      <c r="H523">
+        <v>3.92</v>
+      </c>
+      <c r="I523">
+        <v>0.93</v>
       </c>
       <c r="J523" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="K523">
-        <v>14</v>
+        <v>392</v>
       </c>
       <c r="L523" s="3">
-        <v>1.2E-2</v>
+        <v>0.248</v>
       </c>
     </row>
     <row r="524" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B524" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C524" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D524" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E524" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="F524" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G524" s="2">
-        <v>1190</v>
+        <v>1578</v>
       </c>
       <c r="H524">
-        <v>2.66</v>
+        <v>3.92</v>
       </c>
       <c r="I524">
-        <v>0.55000000000000004</v>
+        <v>0.93</v>
       </c>
       <c r="J524" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="K524">
-        <v>50</v>
+        <v>584</v>
       </c>
       <c r="L524" s="3">
-        <v>4.2000000000000003E-2</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="525" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B525" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C525" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D525" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E525" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="F525" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G525" s="2">
-        <v>1190</v>
+        <v>1578</v>
       </c>
       <c r="H525">
-        <v>2.66</v>
+        <v>3.92</v>
       </c>
       <c r="I525">
-        <v>0.55000000000000004</v>
+        <v>0.93</v>
       </c>
       <c r="J525" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="K525">
-        <v>300</v>
+        <v>494</v>
       </c>
       <c r="L525" s="3">
-        <v>0.252</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="526" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B526" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C526" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D526" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E526" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="F526" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G526" s="2">
-        <v>1190</v>
+        <v>1581</v>
       </c>
       <c r="H526">
-        <v>2.66</v>
+        <v>3.82</v>
       </c>
       <c r="I526">
-        <v>0.55000000000000004</v>
+        <v>0.94</v>
       </c>
       <c r="J526" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="K526">
-        <v>840</v>
+        <v>15</v>
       </c>
       <c r="L526" s="3">
-        <v>0.70599999999999996</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="527" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B527" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C527" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D527" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E527" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F527" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G527" s="2">
-        <v>1621</v>
+        <v>1581</v>
       </c>
       <c r="H527">
-        <v>4.0199999999999996</v>
+        <v>3.82</v>
       </c>
       <c r="I527">
-        <v>0.87</v>
+        <v>0.94</v>
       </c>
       <c r="J527" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K527">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="L527" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="528" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B528" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C528" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D528" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E528" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F528" t="s">
+        <v>50</v>
+      </c>
+      <c r="G528" s="2">
+        <v>1581</v>
+      </c>
+      <c r="H528">
+        <v>3.82</v>
+      </c>
+      <c r="I528">
+        <v>0.94</v>
+      </c>
+      <c r="J528" t="s">
         <v>46</v>
       </c>
-      <c r="G528" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K528">
-        <v>51</v>
+        <v>463</v>
       </c>
       <c r="L528" s="3">
-        <v>3.1E-2</v>
+        <v>0.29299999999999998</v>
       </c>
     </row>
     <row r="529" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B529" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C529" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D529" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E529" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F529" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G529" s="2">
-        <v>1621</v>
+        <v>1581</v>
       </c>
       <c r="H529">
-        <v>4.0199999999999996</v>
+        <v>3.82</v>
       </c>
       <c r="I529">
-        <v>0.87</v>
+        <v>0.94</v>
       </c>
       <c r="J529" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K529">
-        <v>377</v>
+        <v>567</v>
       </c>
       <c r="L529" s="3">
-        <v>0.23300000000000001</v>
+        <v>0.35899999999999999</v>
       </c>
     </row>
     <row r="530" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B530" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C530" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D530" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E530" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F530" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G530" s="2">
-        <v>1621</v>
+        <v>1581</v>
       </c>
       <c r="H530">
-        <v>4.0199999999999996</v>
+        <v>3.82</v>
       </c>
       <c r="I530">
-        <v>0.87</v>
+        <v>0.94</v>
       </c>
       <c r="J530" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K530">
-        <v>638</v>
+        <v>431</v>
       </c>
       <c r="L530" s="3">
-        <v>0.39400000000000002</v>
+        <v>0.27300000000000002</v>
       </c>
     </row>
     <row r="531" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B531" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C531" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D531" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E531" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="F531" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G531" s="2">
-        <v>1621</v>
+        <v>1579</v>
       </c>
       <c r="H531">
-        <v>4.0199999999999996</v>
+        <v>3.79</v>
       </c>
       <c r="I531">
-        <v>0.87</v>
+        <v>0.98</v>
       </c>
       <c r="J531" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K531">
-        <v>545</v>
+        <v>23</v>
       </c>
       <c r="L531" s="3">
-        <v>0.33600000000000002</v>
+        <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="532" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B532" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C532" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D532" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E532" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F532" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G532" s="2">
-        <v>1625</v>
+        <v>1579</v>
       </c>
       <c r="H532">
-        <v>3.93</v>
+        <v>3.79</v>
       </c>
       <c r="I532">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
       <c r="J532" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K532">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="L532" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="533" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B533" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C533" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D533" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E533" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F533" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G533" s="2">
-        <v>1625</v>
+        <v>1579</v>
       </c>
       <c r="H533">
-        <v>3.93</v>
+        <v>3.79</v>
       </c>
       <c r="I533">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
       <c r="J533" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K533">
-        <v>89</v>
+        <v>472</v>
       </c>
       <c r="L533" s="3">
-        <v>5.5E-2</v>
+        <v>0.29899999999999999</v>
       </c>
     </row>
     <row r="534" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B534" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C534" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D534" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E534" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F534" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G534" s="2">
-        <v>1625</v>
+        <v>1579</v>
       </c>
       <c r="H534">
-        <v>3.93</v>
+        <v>3.79</v>
       </c>
       <c r="I534">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
       <c r="J534" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K534">
-        <v>406</v>
+        <v>518</v>
       </c>
       <c r="L534" s="3">
-        <v>0.25</v>
+        <v>0.32800000000000001</v>
       </c>
     </row>
     <row r="535" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B535" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C535" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D535" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E535" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F535" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G535" s="2">
-        <v>1625</v>
+        <v>1579</v>
       </c>
       <c r="H535">
-        <v>3.93</v>
+        <v>3.79</v>
       </c>
       <c r="I535">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
       <c r="J535" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K535">
-        <v>622</v>
+        <v>449</v>
       </c>
       <c r="L535" s="3">
-        <v>0.38300000000000001</v>
+        <v>0.28399999999999997</v>
       </c>
     </row>
     <row r="536" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B536" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C536" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D536" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E536" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="F536" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G536" s="2">
-        <v>1625</v>
+        <v>1576</v>
       </c>
       <c r="H536">
-        <v>3.93</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I536">
-        <v>0.91</v>
+        <v>0.88</v>
       </c>
       <c r="J536" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K536">
-        <v>499</v>
+        <v>8</v>
       </c>
       <c r="L536" s="3">
-        <v>0.307</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="537" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B537" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C537" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D537" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E537" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F537" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G537" s="2">
-        <v>1622</v>
+        <v>1576</v>
       </c>
       <c r="H537">
-        <v>3.78</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I537">
-        <v>0.92</v>
+        <v>0.88</v>
       </c>
       <c r="J537" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K537">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="L537" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="538" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B538" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C538" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D538" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E538" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F538" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G538" s="2">
-        <v>1622</v>
+        <v>1576</v>
       </c>
       <c r="H538">
-        <v>3.78</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I538">
-        <v>0.92</v>
+        <v>0.88</v>
       </c>
       <c r="J538" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K538">
-        <v>115</v>
+        <v>285</v>
       </c>
       <c r="L538" s="3">
-        <v>7.0999999999999994E-2</v>
+        <v>0.18099999999999999</v>
       </c>
     </row>
     <row r="539" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B539" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C539" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D539" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E539" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F539" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G539" s="2">
-        <v>1622</v>
+        <v>1576</v>
       </c>
       <c r="H539">
-        <v>3.78</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I539">
-        <v>0.92</v>
+        <v>0.88</v>
       </c>
       <c r="J539" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K539">
-        <v>490</v>
+        <v>521</v>
       </c>
       <c r="L539" s="3">
-        <v>0.30199999999999999</v>
+        <v>0.33100000000000002</v>
       </c>
     </row>
     <row r="540" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B540" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C540" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D540" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E540" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F540" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G540" s="2">
-        <v>1622</v>
+        <v>1576</v>
       </c>
       <c r="H540">
-        <v>3.78</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I540">
-        <v>0.92</v>
+        <v>0.88</v>
       </c>
       <c r="J540" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K540">
-        <v>608</v>
+        <v>710</v>
       </c>
       <c r="L540" s="3">
-        <v>0.375</v>
+        <v>0.45100000000000001</v>
       </c>
     </row>
     <row r="541" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B541" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C541" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D541" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E541" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="F541" t="s">
         <v>54</v>
       </c>
       <c r="G541" s="2">
-        <v>1622</v>
+        <v>1579</v>
       </c>
       <c r="H541">
-        <v>3.78</v>
+        <v>4.05</v>
       </c>
       <c r="I541">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J541" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K541">
-        <v>399</v>
+        <v>9</v>
       </c>
       <c r="L541" s="3">
-        <v>0.246</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="542" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B542" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C542" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D542" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E542" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F542" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G542" s="2">
-        <v>1624</v>
+        <v>1579</v>
       </c>
       <c r="H542">
-        <v>3.79</v>
+        <v>4.05</v>
       </c>
       <c r="I542">
-        <v>0.95</v>
+        <v>0.91</v>
       </c>
       <c r="J542" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K542">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="L542" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="543" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B543" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C543" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D543" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E543" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F543" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G543" s="2">
-        <v>1624</v>
+        <v>1579</v>
       </c>
       <c r="H543">
-        <v>3.79</v>
+        <v>4.05</v>
       </c>
       <c r="I543">
-        <v>0.95</v>
+        <v>0.91</v>
       </c>
       <c r="J543" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K543">
-        <v>124</v>
+        <v>329</v>
       </c>
       <c r="L543" s="3">
-        <v>7.5999999999999998E-2</v>
+        <v>0.20799999999999999</v>
       </c>
     </row>
     <row r="544" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B544" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C544" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D544" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E544" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F544" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G544" s="2">
-        <v>1624</v>
+        <v>1579</v>
       </c>
       <c r="H544">
-        <v>3.79</v>
+        <v>4.05</v>
       </c>
       <c r="I544">
-        <v>0.95</v>
+        <v>0.91</v>
       </c>
       <c r="J544" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K544">
-        <v>488</v>
+        <v>572</v>
       </c>
       <c r="L544" s="3">
-        <v>0.3</v>
+        <v>0.36199999999999999</v>
       </c>
     </row>
     <row r="545" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B545" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C545" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D545" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E545" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F545" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G545" s="2">
-        <v>1624</v>
+        <v>1579</v>
       </c>
       <c r="H545">
-        <v>3.79</v>
+        <v>4.05</v>
       </c>
       <c r="I545">
-        <v>0.95</v>
+        <v>0.91</v>
       </c>
       <c r="J545" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K545">
-        <v>564</v>
+        <v>592</v>
       </c>
       <c r="L545" s="3">
-        <v>0.34699999999999998</v>
+        <v>0.375</v>
       </c>
     </row>
     <row r="546" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B546" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C546" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D546" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="E546" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F546" t="s">
         <v>56</v>
       </c>
       <c r="G546" s="2">
-        <v>1624</v>
+        <v>1580</v>
       </c>
       <c r="H546">
-        <v>3.79</v>
+        <v>3.97</v>
       </c>
       <c r="I546">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J546" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K546">
-        <v>435</v>
+        <v>12</v>
       </c>
       <c r="L546" s="3">
-        <v>0.26800000000000002</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="547" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B547" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C547" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D547" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E547" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F547" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G547" s="2">
-        <v>1620</v>
+        <v>1580</v>
       </c>
       <c r="H547">
-        <v>4.21</v>
+        <v>3.97</v>
       </c>
       <c r="I547">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
       <c r="J547" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K547">
-        <v>7</v>
+        <v>88</v>
       </c>
       <c r="L547" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>5.6000000000000001E-2</v>
       </c>
     </row>
     <row r="548" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B548" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C548" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D548" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E548" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F548" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G548" s="2">
-        <v>1620</v>
+        <v>1580</v>
       </c>
       <c r="H548">
-        <v>4.21</v>
+        <v>3.97</v>
       </c>
       <c r="I548">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
       <c r="J548" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K548">
-        <v>67</v>
+        <v>361</v>
       </c>
       <c r="L548" s="3">
-        <v>4.1000000000000002E-2</v>
+        <v>0.22800000000000001</v>
       </c>
     </row>
     <row r="549" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B549" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C549" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D549" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E549" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F549" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G549" s="2">
-        <v>1620</v>
+        <v>1580</v>
       </c>
       <c r="H549">
-        <v>4.21</v>
+        <v>3.97</v>
       </c>
       <c r="I549">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
       <c r="J549" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K549">
-        <v>262</v>
+        <v>599</v>
       </c>
       <c r="L549" s="3">
-        <v>0.16200000000000001</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="550" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B550" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C550" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D550" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E550" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F550" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G550" s="2">
-        <v>1620</v>
+        <v>1580</v>
       </c>
       <c r="H550">
-        <v>4.21</v>
+        <v>3.97</v>
       </c>
       <c r="I550">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
       <c r="J550" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K550">
-        <v>534</v>
+        <v>520</v>
       </c>
       <c r="L550" s="3">
-        <v>0.33</v>
+        <v>0.32900000000000001</v>
       </c>
     </row>
     <row r="551" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B551" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C551" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D551" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E551" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F551" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G551" s="2">
-        <v>1620</v>
+        <v>1578</v>
       </c>
       <c r="H551">
-        <v>4.21</v>
+        <v>3.94</v>
       </c>
       <c r="I551">
-        <v>0.89</v>
+        <v>0.94</v>
       </c>
       <c r="J551" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K551">
-        <v>750</v>
+        <v>12</v>
       </c>
       <c r="L551" s="3">
-        <v>0.46300000000000002</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="552" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B552" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C552" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D552" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E552" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F552" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G552" s="2">
-        <v>1620</v>
+        <v>1578</v>
       </c>
       <c r="H552">
-        <v>4.04</v>
+        <v>3.94</v>
       </c>
       <c r="I552">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J552" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K552">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="L552" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
     </row>
     <row r="553" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B553" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C553" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D553" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E553" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F553" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G553" s="2">
-        <v>1620</v>
+        <v>1578</v>
       </c>
       <c r="H553">
-        <v>4.04</v>
+        <v>3.94</v>
       </c>
       <c r="I553">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J553" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K553">
-        <v>88</v>
+        <v>387</v>
       </c>
       <c r="L553" s="3">
-        <v>5.3999999999999999E-2</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="554" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B554" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C554" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D554" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E554" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F554" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G554" s="2">
-        <v>1620</v>
+        <v>1578</v>
       </c>
       <c r="H554">
-        <v>4.04</v>
+        <v>3.94</v>
       </c>
       <c r="I554">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J554" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K554">
-        <v>340</v>
+        <v>559</v>
       </c>
       <c r="L554" s="3">
-        <v>0.21</v>
+        <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="555" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B555" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C555" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D555" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E555" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F555" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G555" s="2">
-        <v>1620</v>
+        <v>1578</v>
       </c>
       <c r="H555">
-        <v>4.04</v>
+        <v>3.94</v>
       </c>
       <c r="I555">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J555" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K555">
-        <v>570</v>
+        <v>524</v>
       </c>
       <c r="L555" s="3">
-        <v>0.35199999999999998</v>
+        <v>0.33200000000000002</v>
       </c>
     </row>
     <row r="556" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B556" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C556" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D556" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E556" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="F556" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G556" s="2">
-        <v>1620</v>
+        <v>1576</v>
       </c>
       <c r="H556">
-        <v>4.04</v>
+        <v>3.87</v>
       </c>
       <c r="I556">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="J556" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K556">
-        <v>611</v>
+        <v>12</v>
       </c>
       <c r="L556" s="3">
-        <v>0.377</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="557" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B557" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C557" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D557" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E557" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F557" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G557" s="2">
-        <v>1616</v>
+        <v>1576</v>
       </c>
       <c r="H557">
-        <v>3.99</v>
+        <v>3.87</v>
       </c>
       <c r="I557">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J557" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K557">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="L557" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="558" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B558" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C558" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D558" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E558" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F558" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G558" s="2">
-        <v>1616</v>
+        <v>1576</v>
       </c>
       <c r="H558">
-        <v>3.99</v>
+        <v>3.87</v>
       </c>
       <c r="I558">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J558" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K558">
-        <v>77</v>
+        <v>431</v>
       </c>
       <c r="L558" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>0.27300000000000002</v>
       </c>
     </row>
     <row r="559" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B559" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C559" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D559" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E559" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F559" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G559" s="2">
-        <v>1616</v>
+        <v>1576</v>
       </c>
       <c r="H559">
-        <v>3.99</v>
+        <v>3.87</v>
       </c>
       <c r="I559">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J559" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K559">
-        <v>371</v>
+        <v>592</v>
       </c>
       <c r="L559" s="3">
-        <v>0.23</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="560" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B560" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C560" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D560" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E560" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F560" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G560" s="2">
-        <v>1616</v>
+        <v>1576</v>
       </c>
       <c r="H560">
-        <v>3.99</v>
+        <v>3.87</v>
       </c>
       <c r="I560">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J560" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K560">
-        <v>620</v>
+        <v>446</v>
       </c>
       <c r="L560" s="3">
-        <v>0.38400000000000001</v>
+        <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="561" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B561" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C561" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D561" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E561" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="F561" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G561" s="2">
-        <v>1616</v>
+        <v>1578</v>
       </c>
       <c r="H561">
-        <v>3.99</v>
+        <v>3.87</v>
       </c>
       <c r="I561">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J561" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K561">
-        <v>539</v>
+        <v>13</v>
       </c>
       <c r="L561" s="3">
-        <v>0.33400000000000002</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="562" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B562" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C562" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D562" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E562" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F562" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G562" s="2">
-        <v>1616</v>
+        <v>1578</v>
       </c>
       <c r="H562">
-        <v>3.96</v>
+        <v>3.87</v>
       </c>
       <c r="I562">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J562" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K562">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="L562" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="563" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B563" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C563" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D563" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E563" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F563" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G563" s="2">
-        <v>1616</v>
+        <v>1578</v>
       </c>
       <c r="H563">
-        <v>3.96</v>
+        <v>3.87</v>
       </c>
       <c r="I563">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J563" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K563">
-        <v>78</v>
+        <v>428</v>
       </c>
       <c r="L563" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>0.27100000000000002</v>
       </c>
     </row>
     <row r="564" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B564" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C564" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D564" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E564" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F564" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G564" s="2">
-        <v>1616</v>
+        <v>1578</v>
       </c>
       <c r="H564">
-        <v>3.96</v>
+        <v>3.87</v>
       </c>
       <c r="I564">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J564" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K564">
-        <v>392</v>
+        <v>594</v>
       </c>
       <c r="L564" s="3">
-        <v>0.24299999999999999</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="565" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B565" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C565" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D565" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E565" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F565" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G565" s="2">
-        <v>1616</v>
+        <v>1578</v>
       </c>
       <c r="H565">
-        <v>3.96</v>
+        <v>3.87</v>
       </c>
       <c r="I565">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J565" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K565">
-        <v>608</v>
+        <v>448</v>
       </c>
       <c r="L565" s="3">
-        <v>0.376</v>
+        <v>0.28399999999999997</v>
       </c>
     </row>
     <row r="566" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B566" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C566" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D566" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E566" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="F566" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G566" s="2">
-        <v>1616</v>
+        <v>1571</v>
       </c>
       <c r="H566">
-        <v>3.96</v>
+        <v>3.64</v>
       </c>
       <c r="I566">
-        <v>0.91</v>
+        <v>0.98</v>
       </c>
       <c r="J566" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K566">
-        <v>525</v>
+        <v>33</v>
       </c>
       <c r="L566" s="3">
-        <v>0.32500000000000001</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="567" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B567" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C567" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D567" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E567" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F567" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G567" s="2">
-        <v>1614</v>
+        <v>1571</v>
       </c>
       <c r="H567">
-        <v>3.86</v>
+        <v>3.64</v>
       </c>
       <c r="I567">
-        <v>0.92</v>
+        <v>0.98</v>
       </c>
       <c r="J567" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K567">
-        <v>16</v>
+        <v>139</v>
       </c>
       <c r="L567" s="3">
-        <v>0.01</v>
+        <v>8.7999999999999995E-2</v>
       </c>
     </row>
     <row r="568" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B568" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C568" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D568" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E568" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F568" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G568" s="2">
-        <v>1614</v>
+        <v>1571</v>
       </c>
       <c r="H568">
-        <v>3.86</v>
+        <v>3.64</v>
       </c>
       <c r="I568">
-        <v>0.92</v>
+        <v>0.98</v>
       </c>
       <c r="J568" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K568">
-        <v>93</v>
+        <v>533</v>
       </c>
       <c r="L568" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>0.33900000000000002</v>
       </c>
     </row>
     <row r="569" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B569" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C569" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D569" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E569" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F569" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G569" s="2">
-        <v>1614</v>
+        <v>1571</v>
       </c>
       <c r="H569">
-        <v>3.86</v>
+        <v>3.64</v>
       </c>
       <c r="I569">
-        <v>0.92</v>
+        <v>0.98</v>
       </c>
       <c r="J569" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K569">
-        <v>440</v>
+        <v>528</v>
       </c>
       <c r="L569" s="3">
-        <v>0.27300000000000002</v>
+        <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="570" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B570" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C570" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D570" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E570" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F570" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G570" s="2">
-        <v>1614</v>
+        <v>1571</v>
       </c>
       <c r="H570">
-        <v>3.86</v>
+        <v>3.64</v>
       </c>
       <c r="I570">
-        <v>0.92</v>
+        <v>0.98</v>
       </c>
       <c r="J570" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K570">
-        <v>616</v>
+        <v>338</v>
       </c>
       <c r="L570" s="3">
-        <v>0.38200000000000001</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="571" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A571" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B571" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C571" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D571" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E571" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="F571" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G571" s="2">
-        <v>1614</v>
+        <v>1572</v>
       </c>
       <c r="H571">
-        <v>3.86</v>
+        <v>3.87</v>
       </c>
       <c r="I571">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
       <c r="J571" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K571">
-        <v>449</v>
+        <v>17</v>
       </c>
       <c r="L571" s="3">
-        <v>0.27800000000000002</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="572" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A572" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B572" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C572" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D572" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E572" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F572" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G572" s="2">
-        <v>1615</v>
+        <v>1572</v>
       </c>
       <c r="H572">
-        <v>3.9</v>
+        <v>3.87</v>
       </c>
       <c r="I572">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J572" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K572">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="L572" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0999999999999999E-2</v>
       </c>
     </row>
     <row r="573" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B573" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C573" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D573" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E573" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F573" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G573" s="2">
-        <v>1615</v>
+        <v>1572</v>
       </c>
       <c r="H573">
-        <v>3.9</v>
+        <v>3.87</v>
       </c>
       <c r="I573">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J573" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K573">
-        <v>96</v>
+        <v>424</v>
       </c>
       <c r="L573" s="3">
-        <v>5.8999999999999997E-2</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="574" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B574" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C574" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D574" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E574" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F574" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G574" s="2">
-        <v>1615</v>
+        <v>1572</v>
       </c>
       <c r="H574">
-        <v>3.9</v>
+        <v>3.87</v>
       </c>
       <c r="I574">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J574" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K574">
-        <v>404</v>
+        <v>577</v>
       </c>
       <c r="L574" s="3">
-        <v>0.25</v>
+        <v>0.36699999999999999</v>
       </c>
     </row>
     <row r="575" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B575" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C575" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D575" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E575" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F575" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G575" s="2">
-        <v>1615</v>
+        <v>1572</v>
       </c>
       <c r="H575">
-        <v>3.9</v>
+        <v>3.87</v>
       </c>
       <c r="I575">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J575" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K575">
-        <v>617</v>
+        <v>458</v>
       </c>
       <c r="L575" s="3">
-        <v>0.38200000000000001</v>
+        <v>0.29099999999999998</v>
       </c>
     </row>
     <row r="576" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B576" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C576" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D576" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E576" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="F576" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G576" s="2">
-        <v>1615</v>
+        <v>1572</v>
       </c>
       <c r="H576">
-        <v>3.9</v>
+        <v>3.82</v>
       </c>
       <c r="I576">
-        <v>0.93</v>
+        <v>0.94</v>
       </c>
       <c r="J576" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K576">
-        <v>483</v>
+        <v>26</v>
       </c>
       <c r="L576" s="3">
-        <v>0.29899999999999999</v>
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="577" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B577" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C577" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D577" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E577" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F577" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G577" s="2">
-        <v>1610</v>
+        <v>1572</v>
       </c>
       <c r="H577">
-        <v>3.63</v>
+        <v>3.82</v>
       </c>
       <c r="I577">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
       <c r="J577" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K577">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="L577" s="3">
-        <v>1.6E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="578" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B578" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C578" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D578" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E578" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F578" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G578" s="2">
-        <v>1610</v>
+        <v>1572</v>
       </c>
       <c r="H578">
-        <v>3.63</v>
+        <v>3.82</v>
       </c>
       <c r="I578">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
       <c r="J578" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K578">
-        <v>138</v>
+        <v>448</v>
       </c>
       <c r="L578" s="3">
-        <v>8.5999999999999993E-2</v>
+        <v>0.28499999999999998</v>
       </c>
     </row>
     <row r="579" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B579" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C579" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D579" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E579" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F579" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G579" s="2">
-        <v>1610</v>
+        <v>1572</v>
       </c>
       <c r="H579">
-        <v>3.63</v>
+        <v>3.82</v>
       </c>
       <c r="I579">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
       <c r="J579" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K579">
-        <v>574</v>
+        <v>593</v>
       </c>
       <c r="L579" s="3">
-        <v>0.35699999999999998</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="580" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B580" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C580" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D580" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E580" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F580" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G580" s="2">
-        <v>1610</v>
+        <v>1572</v>
       </c>
       <c r="H580">
-        <v>3.63</v>
+        <v>3.82</v>
       </c>
       <c r="I580">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
       <c r="J580" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K580">
-        <v>547</v>
+        <v>420</v>
       </c>
       <c r="L580" s="3">
-        <v>0.34</v>
+        <v>0.26700000000000002</v>
       </c>
     </row>
     <row r="581" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B581" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C581" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D581" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E581" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F581" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G581" s="2">
-        <v>1610</v>
+        <v>1571</v>
       </c>
       <c r="H581">
-        <v>3.63</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="I581">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J581" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K581">
-        <v>325</v>
+        <v>14</v>
       </c>
       <c r="L581" s="3">
-        <v>0.20200000000000001</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="582" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B582" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C582" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D582" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E582" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F582" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G582" s="2">
-        <v>1606</v>
+        <v>1571</v>
       </c>
       <c r="H582">
-        <v>3.89</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="I582">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="J582" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="K582">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="L582" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="583" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B583" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C583" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D583" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E583" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F583" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G583" s="2">
-        <v>1606</v>
+        <v>1571</v>
       </c>
       <c r="H583">
-        <v>3.89</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="I583">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="J583" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K583">
-        <v>93</v>
+        <v>301</v>
       </c>
       <c r="L583" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="584" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B584" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C584" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D584" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E584" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F584" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G584" s="2">
-        <v>1606</v>
+        <v>1571</v>
       </c>
       <c r="H584">
-        <v>3.89</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="I584">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="J584" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="K584">
-        <v>440</v>
+        <v>531</v>
       </c>
       <c r="L584" s="3">
-        <v>0.27400000000000002</v>
+        <v>0.33800000000000002</v>
       </c>
     </row>
     <row r="585" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B585" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C585" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D585" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E585" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F585" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G585" s="2">
-        <v>1606</v>
+        <v>1571</v>
       </c>
       <c r="H585">
-        <v>3.89</v>
+        <v>4.1100000000000003</v>
       </c>
       <c r="I585">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
       <c r="J585" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K585">
-        <v>574</v>
+        <v>656</v>
       </c>
       <c r="L585" s="3">
-        <v>0.35699999999999998</v>
+        <v>0.41799999999999998</v>
       </c>
     </row>
     <row r="586" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B586" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C586" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D586" t="s">
         <v>73</v>
       </c>
       <c r="E586" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="F586" t="s">
-        <v>76</v>
+        <v>153</v>
       </c>
       <c r="G586" s="2">
-        <v>1606</v>
-[...5 lines deleted...]
-        <v>0.93</v>
+        <v>1574</v>
+      </c>
+      <c r="H586" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I586" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J586" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
       <c r="K586">
-        <v>485</v>
+        <v>855</v>
       </c>
       <c r="L586" s="3">
-        <v>0.30199999999999999</v>
+        <v>0.54300000000000004</v>
       </c>
     </row>
     <row r="587" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B587" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C587" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D587" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E587" t="s">
-        <v>155</v>
+        <v>71</v>
       </c>
       <c r="F587" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="G587" s="2">
-        <v>1608</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1574</v>
+      </c>
+      <c r="H587" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I587" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J587" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="K587">
-        <v>14</v>
+        <v>719</v>
       </c>
       <c r="L587" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.45700000000000002</v>
       </c>
     </row>
     <row r="588" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B588" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C588" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D588" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E588" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F588" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="G588" s="2">
-        <v>1608</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1570</v>
+      </c>
+      <c r="H588" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I588" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J588" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="K588">
-        <v>99</v>
+        <v>616</v>
       </c>
       <c r="L588" s="3">
-        <v>6.2E-2</v>
+        <v>0.39200000000000002</v>
       </c>
     </row>
     <row r="589" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A589" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B589" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C589" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D589" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E589" t="s">
-        <v>155</v>
+        <v>23</v>
       </c>
       <c r="F589" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="G589" s="2">
-        <v>1608</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1570</v>
+      </c>
+      <c r="H589" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I589" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J589" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="K589">
-        <v>438</v>
+        <v>954</v>
       </c>
       <c r="L589" s="3">
-        <v>0.27200000000000002</v>
+        <v>0.60799999999999998</v>
       </c>
     </row>
     <row r="590" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B590" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C590" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D590" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E590" t="s">
+        <v>39</v>
+      </c>
+      <c r="F590" t="s">
         <v>155</v>
       </c>
-      <c r="F590" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G590" s="2">
-        <v>1608</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1568</v>
+      </c>
+      <c r="H590" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I590" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J590" t="s">
-        <v>50</v>
+        <v>123</v>
       </c>
       <c r="K590">
-        <v>618</v>
+        <v>194</v>
       </c>
       <c r="L590" s="3">
-        <v>0.38400000000000001</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="591" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A591" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B591" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C591" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D591" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E591" t="s">
+        <v>39</v>
+      </c>
+      <c r="F591" t="s">
         <v>155</v>
       </c>
-      <c r="F591" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G591" s="2">
-        <v>1608</v>
-[...5 lines deleted...]
-        <v>0.92</v>
+        <v>1568</v>
+      </c>
+      <c r="H591" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I591" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J591" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>76</v>
+      </c>
+      <c r="K591" s="2">
+        <v>1374</v>
       </c>
       <c r="L591" s="3">
-        <v>0.27300000000000002</v>
+        <v>0.876</v>
       </c>
     </row>
     <row r="592" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B592" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C592" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D592" t="s">
+        <v>75</v>
+      </c>
+      <c r="E592" t="s">
+        <v>74</v>
+      </c>
+      <c r="F592" t="s">
+        <v>77</v>
+      </c>
+      <c r="G592">
+        <v>194</v>
+      </c>
+      <c r="H592">
+        <v>3.12</v>
+      </c>
+      <c r="I592">
+        <v>0.79</v>
+      </c>
+      <c r="J592" t="s">
         <v>78</v>
       </c>
-      <c r="E592" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K592">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="L592" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="593" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B593" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C593" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D593" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E593" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="F593" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1607</v>
+        <v>77</v>
+      </c>
+      <c r="G593">
+        <v>194</v>
       </c>
       <c r="H593">
-        <v>4.0999999999999996</v>
+        <v>3.12</v>
       </c>
       <c r="I593">
-        <v>0.95</v>
+        <v>0.79</v>
       </c>
       <c r="J593" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="K593">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="L593" s="3">
-        <v>5.1999999999999998E-2</v>
+        <v>0.19600000000000001</v>
       </c>
     </row>
     <row r="594" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B594" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C594" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D594" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E594" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="F594" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1607</v>
+        <v>77</v>
+      </c>
+      <c r="G594">
+        <v>194</v>
       </c>
       <c r="H594">
-        <v>4.0999999999999996</v>
+        <v>3.12</v>
       </c>
       <c r="I594">
-        <v>0.95</v>
+        <v>0.79</v>
       </c>
       <c r="J594" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="K594">
-        <v>295</v>
+        <v>83</v>
       </c>
       <c r="L594" s="3">
-        <v>0.184</v>
+        <v>0.42799999999999999</v>
       </c>
     </row>
     <row r="595" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B595" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C595" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D595" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E595" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="F595" t="s">
+        <v>77</v>
+      </c>
+      <c r="G595">
+        <v>194</v>
+      </c>
+      <c r="H595">
+        <v>3.12</v>
+      </c>
+      <c r="I595">
+        <v>0.79</v>
+      </c>
+      <c r="J595" t="s">
         <v>81</v>
       </c>
-      <c r="G595" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K595">
-        <v>539</v>
+        <v>69</v>
       </c>
       <c r="L595" s="3">
-        <v>0.33500000000000002</v>
+        <v>0.35599999999999998</v>
       </c>
     </row>
     <row r="596" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B596" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C596" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D596" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E596" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F596" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1607</v>
+        <v>83</v>
+      </c>
+      <c r="G596">
+        <v>849</v>
       </c>
       <c r="H596">
-        <v>4.0999999999999996</v>
+        <v>4.07</v>
       </c>
       <c r="I596">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="J596" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K596">
-        <v>673</v>
+        <v>5</v>
       </c>
       <c r="L596" s="3">
-        <v>0.41899999999999998</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="597" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B597" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C597" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D597" t="s">
+        <v>82</v>
+      </c>
+      <c r="E597" t="s">
+        <v>126</v>
+      </c>
+      <c r="F597" t="s">
         <v>83</v>
       </c>
-      <c r="E597" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G597">
+        <v>849</v>
+      </c>
+      <c r="H597">
+        <v>4.07</v>
+      </c>
+      <c r="I597">
+        <v>0.9</v>
       </c>
       <c r="J597" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="K597">
-        <v>752</v>
+        <v>41</v>
       </c>
       <c r="L597" s="3">
-        <v>0.46700000000000003</v>
+        <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="598" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B598" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C598" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D598" t="s">
+        <v>82</v>
+      </c>
+      <c r="E598" t="s">
+        <v>126</v>
+      </c>
+      <c r="F598" t="s">
         <v>83</v>
       </c>
-      <c r="E598" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G598">
+        <v>849</v>
+      </c>
+      <c r="H598">
+        <v>4.07</v>
+      </c>
+      <c r="I598">
+        <v>0.9</v>
       </c>
       <c r="J598" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="K598">
-        <v>860</v>
+        <v>165</v>
       </c>
       <c r="L598" s="3">
-        <v>0.53300000000000003</v>
+        <v>0.19400000000000001</v>
       </c>
     </row>
     <row r="599" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B599" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C599" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D599" t="s">
+        <v>82</v>
+      </c>
+      <c r="E599" t="s">
+        <v>126</v>
+      </c>
+      <c r="F599" t="s">
         <v>83</v>
       </c>
-      <c r="E599" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G599">
-        <v>752</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>849</v>
+      </c>
+      <c r="H599">
+        <v>4.07</v>
+      </c>
+      <c r="I599">
+        <v>0.9</v>
       </c>
       <c r="J599" t="s">
-        <v>5</v>
+        <v>47</v>
       </c>
       <c r="K599">
-        <v>752</v>
+        <v>319</v>
       </c>
       <c r="L599" s="3">
-        <v>1</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="600" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B600" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C600" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D600" t="s">
+        <v>82</v>
+      </c>
+      <c r="E600" t="s">
+        <v>126</v>
+      </c>
+      <c r="F600" t="s">
         <v>83</v>
       </c>
-      <c r="E600" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G600">
+        <v>849</v>
+      </c>
+      <c r="H600">
+        <v>4.07</v>
+      </c>
+      <c r="I600">
+        <v>0.9</v>
       </c>
       <c r="J600" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="K600">
-        <v>737</v>
+        <v>319</v>
       </c>
       <c r="L600" s="3">
-        <v>0.45900000000000002</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="601" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B601" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C601" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D601" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E601" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="F601" t="s">
-        <v>195</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G601">
+        <v>848</v>
+      </c>
+      <c r="H601">
+        <v>4.12</v>
+      </c>
+      <c r="I601">
+        <v>0.88</v>
       </c>
       <c r="J601" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="K601">
-        <v>869</v>
+        <v>6</v>
       </c>
       <c r="L601" s="3">
-        <v>0.54100000000000004</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="602" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B602" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C602" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D602" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E602" t="s">
-        <v>203</v>
+        <v>127</v>
       </c>
       <c r="F602" t="s">
-        <v>195</v>
+        <v>84</v>
       </c>
       <c r="G602">
-        <v>737</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>848</v>
+      </c>
+      <c r="H602">
+        <v>4.12</v>
+      </c>
+      <c r="I602">
+        <v>0.88</v>
       </c>
       <c r="J602" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="K602">
-        <v>737</v>
+        <v>23</v>
       </c>
       <c r="L602" s="3">
-        <v>1</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="603" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B603" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C603" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D603" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E603" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="F603" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G603">
+        <v>848</v>
+      </c>
+      <c r="H603">
+        <v>4.12</v>
+      </c>
+      <c r="I603">
+        <v>0.88</v>
       </c>
       <c r="J603" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="K603">
-        <v>233</v>
+        <v>182</v>
       </c>
       <c r="L603" s="3">
-        <v>0.14499999999999999</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="604" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B604" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C604" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D604" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E604" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="F604" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G604">
+        <v>848</v>
+      </c>
+      <c r="H604">
+        <v>4.12</v>
+      </c>
+      <c r="I604">
+        <v>0.88</v>
       </c>
       <c r="J604" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1372</v>
+        <v>47</v>
+      </c>
+      <c r="K604">
+        <v>291</v>
       </c>
       <c r="L604" s="3">
-        <v>0.85499999999999998</v>
+        <v>0.34300000000000003</v>
       </c>
     </row>
     <row r="605" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B605" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C605" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D605" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E605" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="F605" t="s">
-        <v>196</v>
+        <v>84</v>
       </c>
       <c r="G605">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>848</v>
+      </c>
+      <c r="H605">
+        <v>4.12</v>
+      </c>
+      <c r="I605">
+        <v>0.88</v>
       </c>
       <c r="J605" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="K605">
-        <v>233</v>
+        <v>346</v>
       </c>
       <c r="L605" s="3">
-        <v>1</v>
+        <v>0.40799999999999997</v>
       </c>
     </row>
     <row r="606" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B606" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C606" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D606" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E606" t="s">
+        <v>128</v>
+      </c>
+      <c r="F606" t="s">
         <v>85</v>
       </c>
-      <c r="F606" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G606">
-        <v>233</v>
+        <v>848</v>
       </c>
       <c r="H606">
-        <v>3.13</v>
+        <v>3.79</v>
       </c>
       <c r="I606">
-        <v>0.72</v>
+        <v>0.92</v>
       </c>
       <c r="J606" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="K606">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="L606" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="607" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B607" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C607" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D607" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E607" t="s">
+        <v>128</v>
+      </c>
+      <c r="F607" t="s">
         <v>85</v>
       </c>
-      <c r="F607" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G607">
-        <v>233</v>
+        <v>848</v>
       </c>
       <c r="H607">
-        <v>3.13</v>
+        <v>3.79</v>
       </c>
       <c r="I607">
-        <v>0.72</v>
+        <v>0.92</v>
       </c>
       <c r="J607" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="K607">
         <v>41</v>
       </c>
       <c r="L607" s="3">
-        <v>0.17599999999999999</v>
+        <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="608" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B608" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C608" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D608" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E608" t="s">
+        <v>128</v>
+      </c>
+      <c r="F608" t="s">
         <v>85</v>
       </c>
-      <c r="F608" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G608">
-        <v>233</v>
+        <v>848</v>
       </c>
       <c r="H608">
-        <v>3.13</v>
+        <v>3.79</v>
       </c>
       <c r="I608">
-        <v>0.72</v>
+        <v>0.92</v>
       </c>
       <c r="J608" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="K608">
-        <v>114</v>
+        <v>263</v>
       </c>
       <c r="L608" s="3">
-        <v>0.48899999999999999</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="609" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B609" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C609" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D609" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E609" t="s">
+        <v>128</v>
+      </c>
+      <c r="F609" t="s">
         <v>85</v>
       </c>
-      <c r="F609" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G609">
-        <v>233</v>
+        <v>848</v>
       </c>
       <c r="H609">
-        <v>3.13</v>
+        <v>3.79</v>
       </c>
       <c r="I609">
-        <v>0.72</v>
+        <v>0.92</v>
       </c>
       <c r="J609" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="K609">
-        <v>76</v>
+        <v>321</v>
       </c>
       <c r="L609" s="3">
-        <v>0.32600000000000001</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="610" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B610" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C610" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D610" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E610" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F610" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="G610">
-        <v>739</v>
+        <v>848</v>
       </c>
       <c r="H610">
-        <v>4.0599999999999996</v>
+        <v>3.79</v>
       </c>
       <c r="I610">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J610" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K610">
-        <v>3</v>
+        <v>209</v>
       </c>
       <c r="L610" s="3">
-        <v>4.0000000000000001E-3</v>
+        <v>0.246</v>
       </c>
     </row>
     <row r="611" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B611" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C611" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D611" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E611" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F611" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G611">
-        <v>739</v>
+        <v>848</v>
       </c>
       <c r="H611">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I611">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J611" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K611">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="L611" s="3">
-        <v>3.5000000000000003E-2</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="612" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B612" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C612" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D612" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E612" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F612" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G612">
-        <v>739</v>
+        <v>848</v>
       </c>
       <c r="H612">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I612">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J612" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K612">
-        <v>167</v>
+        <v>43</v>
       </c>
       <c r="L612" s="3">
-        <v>0.22600000000000001</v>
+        <v>5.0999999999999997E-2</v>
       </c>
     </row>
     <row r="613" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B613" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C613" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D613" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E613" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F613" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G613">
-        <v>739</v>
+        <v>848</v>
       </c>
       <c r="H613">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I613">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J613" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K613">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="L613" s="3">
-        <v>0.36499999999999999</v>
+        <v>0.32300000000000001</v>
       </c>
     </row>
     <row r="614" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B614" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C614" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D614" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E614" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F614" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G614">
-        <v>739</v>
+        <v>848</v>
       </c>
       <c r="H614">
-        <v>4.0599999999999996</v>
+        <v>3.76</v>
       </c>
       <c r="I614">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J614" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K614">
-        <v>273</v>
+        <v>333</v>
       </c>
       <c r="L614" s="3">
-        <v>0.36899999999999999</v>
+        <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="615" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B615" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C615" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D615" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E615" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="F615" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="G615">
-        <v>736</v>
+        <v>848</v>
       </c>
       <c r="H615">
-        <v>4.03</v>
+        <v>3.76</v>
       </c>
       <c r="I615">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J615" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K615">
-        <v>7</v>
+        <v>188</v>
       </c>
       <c r="L615" s="3">
-        <v>0.01</v>
+        <v>0.222</v>
       </c>
     </row>
     <row r="616" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B616" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C616" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D616" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E616" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F616" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G616">
-        <v>736</v>
+        <v>847</v>
       </c>
       <c r="H616">
-        <v>4.03</v>
+        <v>3.7</v>
       </c>
       <c r="I616">
-        <v>0.92</v>
+        <v>1</v>
       </c>
       <c r="J616" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K616">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="L616" s="3">
-        <v>4.1000000000000002E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="617" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B617" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C617" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D617" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E617" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F617" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G617">
-        <v>736</v>
+        <v>847</v>
       </c>
       <c r="H617">
-        <v>4.03</v>
+        <v>3.7</v>
       </c>
       <c r="I617">
-        <v>0.92</v>
+        <v>1</v>
       </c>
       <c r="J617" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K617">
-        <v>168</v>
+        <v>36</v>
       </c>
       <c r="L617" s="3">
-        <v>0.22800000000000001</v>
+        <v>4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="618" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B618" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C618" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D618" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E618" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F618" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G618">
-        <v>736</v>
+        <v>847</v>
       </c>
       <c r="H618">
-        <v>4.03</v>
+        <v>3.7</v>
       </c>
       <c r="I618">
-        <v>0.92</v>
+        <v>1</v>
       </c>
       <c r="J618" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K618">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="L618" s="3">
-        <v>0.34899999999999998</v>
+        <v>0.311</v>
       </c>
     </row>
     <row r="619" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B619" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C619" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D619" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E619" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F619" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G619">
-        <v>736</v>
+        <v>847</v>
       </c>
       <c r="H619">
-        <v>4.03</v>
+        <v>3.7</v>
       </c>
       <c r="I619">
-        <v>0.92</v>
+        <v>1</v>
       </c>
       <c r="J619" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K619">
-        <v>274</v>
+        <v>323</v>
       </c>
       <c r="L619" s="3">
-        <v>0.372</v>
+        <v>0.38100000000000001</v>
       </c>
     </row>
     <row r="620" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B620" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C620" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D620" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E620" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="F620" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G620">
-        <v>734</v>
+        <v>847</v>
       </c>
       <c r="H620">
-        <v>3.76</v>
+        <v>3.7</v>
       </c>
       <c r="I620">
-        <v>0.93</v>
+        <v>1</v>
       </c>
       <c r="J620" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K620">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="L620" s="3">
-        <v>1.2E-2</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="621" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B621" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C621" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D621" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E621" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F621" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G621">
-        <v>734</v>
+        <v>845</v>
       </c>
       <c r="H621">
-        <v>3.76</v>
+        <v>3.6</v>
       </c>
       <c r="I621">
-        <v>0.93</v>
+        <v>1.06</v>
       </c>
       <c r="J621" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K621">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L621" s="3">
-        <v>5.8999999999999997E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="622" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B622" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C622" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D622" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E622" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F622" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G622">
-        <v>734</v>
+        <v>845</v>
       </c>
       <c r="H622">
-        <v>3.76</v>
+        <v>3.6</v>
       </c>
       <c r="I622">
-        <v>0.93</v>
+        <v>1.06</v>
       </c>
       <c r="J622" t="s">
+        <v>45</v>
+      </c>
+      <c r="K622">
         <v>49</v>
       </c>
-      <c r="K622">
-[...1 lines deleted...]
-      </c>
       <c r="L622" s="3">
-        <v>0.33400000000000002</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="623" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B623" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C623" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D623" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E623" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F623" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G623">
-        <v>734</v>
+        <v>845</v>
       </c>
       <c r="H623">
-        <v>3.76</v>
+        <v>3.6</v>
       </c>
       <c r="I623">
-        <v>0.93</v>
+        <v>1.06</v>
       </c>
       <c r="J623" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K623">
-        <v>257</v>
+        <v>295</v>
       </c>
       <c r="L623" s="3">
-        <v>0.35</v>
+        <v>0.34899999999999998</v>
       </c>
     </row>
     <row r="624" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B624" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C624" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D624" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E624" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F624" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G624">
-        <v>734</v>
+        <v>845</v>
       </c>
       <c r="H624">
-        <v>3.76</v>
+        <v>3.6</v>
       </c>
       <c r="I624">
-        <v>0.93</v>
+        <v>1.06</v>
       </c>
       <c r="J624" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K624">
-        <v>180</v>
+        <v>270</v>
       </c>
       <c r="L624" s="3">
-        <v>0.245</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="625" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B625" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C625" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D625" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E625" t="s">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="F625" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="G625">
-        <v>735</v>
+        <v>845</v>
       </c>
       <c r="H625">
-        <v>3.78</v>
+        <v>3.6</v>
       </c>
       <c r="I625">
-        <v>0.94</v>
+        <v>1.06</v>
       </c>
       <c r="J625" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K625">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="L625" s="3">
-        <v>1.4E-2</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="626" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B626" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C626" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D626" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E626" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F626" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G626">
-        <v>735</v>
+        <v>851</v>
       </c>
       <c r="H626">
-        <v>3.78</v>
+        <v>3.18</v>
       </c>
       <c r="I626">
-        <v>0.94</v>
+        <v>0.73</v>
       </c>
       <c r="J626" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="K626">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="L626" s="3">
-        <v>5.2999999999999999E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="627" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B627" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C627" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D627" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E627" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F627" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G627">
-        <v>735</v>
+        <v>851</v>
       </c>
       <c r="H627">
-        <v>3.78</v>
+        <v>3.18</v>
       </c>
       <c r="I627">
-        <v>0.94</v>
+        <v>0.73</v>
       </c>
       <c r="J627" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="K627">
-        <v>244</v>
+        <v>122</v>
       </c>
       <c r="L627" s="3">
-        <v>0.33200000000000002</v>
+        <v>0.14299999999999999</v>
       </c>
     </row>
     <row r="628" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B628" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C628" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D628" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E628" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F628" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G628">
-        <v>735</v>
+        <v>851</v>
       </c>
       <c r="H628">
-        <v>3.78</v>
+        <v>3.18</v>
       </c>
       <c r="I628">
-        <v>0.94</v>
+        <v>0.73</v>
       </c>
       <c r="J628" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="K628">
-        <v>249</v>
+        <v>410</v>
       </c>
       <c r="L628" s="3">
-        <v>0.33900000000000002</v>
+        <v>0.48199999999999998</v>
       </c>
     </row>
     <row r="629" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B629" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C629" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D629" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E629" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F629" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G629">
-        <v>735</v>
+        <v>851</v>
       </c>
       <c r="H629">
-        <v>3.78</v>
+        <v>3.18</v>
       </c>
       <c r="I629">
-        <v>0.94</v>
+        <v>0.73</v>
       </c>
       <c r="J629" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="K629">
-        <v>193</v>
+        <v>304</v>
       </c>
       <c r="L629" s="3">
-        <v>0.26300000000000001</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="630" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B630" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C630" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D630" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E630" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F630" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G630">
-        <v>736</v>
+        <v>612</v>
       </c>
       <c r="H630">
-        <v>3.67</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I630">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
       <c r="J630" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K630">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="L630" s="3">
-        <v>3.1E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="631" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B631" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C631" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D631" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E631" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F631" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G631">
-        <v>736</v>
+        <v>612</v>
       </c>
       <c r="H631">
-        <v>3.67</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I631">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
       <c r="J631" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K631">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L631" s="3">
-        <v>7.0999999999999994E-2</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="632" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B632" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C632" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D632" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E632" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F632" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G632">
-        <v>736</v>
+        <v>612</v>
       </c>
       <c r="H632">
-        <v>3.67</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I632">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
       <c r="J632" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K632">
-        <v>243</v>
+        <v>105</v>
       </c>
       <c r="L632" s="3">
-        <v>0.33</v>
+        <v>0.17199999999999999</v>
       </c>
     </row>
     <row r="633" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B633" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C633" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D633" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E633" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F633" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G633">
-        <v>736</v>
+        <v>612</v>
       </c>
       <c r="H633">
-        <v>3.67</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I633">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
       <c r="J633" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K633">
-        <v>245</v>
+        <v>223</v>
       </c>
       <c r="L633" s="3">
-        <v>0.33300000000000002</v>
+        <v>0.36399999999999999</v>
       </c>
     </row>
     <row r="634" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B634" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C634" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D634" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E634" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F634" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G634">
-        <v>736</v>
+        <v>612</v>
       </c>
       <c r="H634">
-        <v>3.67</v>
+        <v>4.1500000000000004</v>
       </c>
       <c r="I634">
-        <v>1.01</v>
+        <v>0.89</v>
       </c>
       <c r="J634" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K634">
-        <v>173</v>
+        <v>258</v>
       </c>
       <c r="L634" s="3">
-        <v>0.23499999999999999</v>
+        <v>0.42199999999999999</v>
       </c>
     </row>
     <row r="635" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B635" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C635" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D635" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E635" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F635" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G635">
-        <v>732</v>
+        <v>611</v>
       </c>
       <c r="H635">
-        <v>3.57</v>
+        <v>3.8</v>
       </c>
       <c r="I635">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="J635" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K635">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="L635" s="3">
-        <v>4.5999999999999999E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="636" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B636" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C636" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D636" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E636" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F636" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G636">
-        <v>732</v>
+        <v>611</v>
       </c>
       <c r="H636">
-        <v>3.57</v>
+        <v>3.8</v>
       </c>
       <c r="I636">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="J636" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="K636">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="L636" s="3">
-        <v>6.7000000000000004E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="637" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B637" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C637" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D637" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E637" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F637" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G637">
-        <v>732</v>
+        <v>611</v>
       </c>
       <c r="H637">
-        <v>3.57</v>
+        <v>3.8</v>
       </c>
       <c r="I637">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="J637" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="K637">
-        <v>263</v>
+        <v>168</v>
       </c>
       <c r="L637" s="3">
-        <v>0.35899999999999999</v>
+        <v>0.27500000000000002</v>
       </c>
     </row>
     <row r="638" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B638" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C638" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D638" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E638" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F638" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G638">
-        <v>732</v>
+        <v>611</v>
       </c>
       <c r="H638">
-        <v>3.57</v>
+        <v>3.8</v>
       </c>
       <c r="I638">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="J638" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K638">
         <v>239</v>
       </c>
       <c r="L638" s="3">
-        <v>0.32700000000000001</v>
+        <v>0.39100000000000001</v>
       </c>
     </row>
     <row r="639" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B639" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C639" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D639" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E639" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F639" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G639">
-        <v>732</v>
+        <v>611</v>
       </c>
       <c r="H639">
-        <v>3.57</v>
+        <v>3.8</v>
       </c>
       <c r="I639">
-        <v>1.03</v>
+        <v>0.96</v>
       </c>
       <c r="J639" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K639">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="L639" s="3">
-        <v>0.20100000000000001</v>
+        <v>0.255</v>
       </c>
     </row>
     <row r="640" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B640" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C640" t="s">
+        <v>100</v>
+      </c>
+      <c r="D640" t="s">
+        <v>86</v>
+      </c>
+      <c r="E640" t="s">
         <v>137</v>
       </c>
-      <c r="D640" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F640" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G640">
-        <v>745</v>
+        <v>609</v>
       </c>
       <c r="H640">
-        <v>3.16</v>
+        <v>3.98</v>
       </c>
       <c r="I640">
-        <v>0.75</v>
+        <v>0.92</v>
       </c>
       <c r="J640" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="K640">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="L640" s="3">
-        <v>1.9E-2</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="641" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B641" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C641" t="s">
+        <v>100</v>
+      </c>
+      <c r="D641" t="s">
+        <v>86</v>
+      </c>
+      <c r="E641" t="s">
         <v>137</v>
       </c>
-      <c r="D641" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F641" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G641">
-        <v>745</v>
+        <v>609</v>
       </c>
       <c r="H641">
-        <v>3.16</v>
+        <v>3.98</v>
       </c>
       <c r="I641">
-        <v>0.75</v>
+        <v>0.92</v>
       </c>
       <c r="J641" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="K641">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L641" s="3">
-        <v>0.157</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="642" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B642" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C642" t="s">
+        <v>100</v>
+      </c>
+      <c r="D642" t="s">
+        <v>86</v>
+      </c>
+      <c r="E642" t="s">
         <v>137</v>
       </c>
-      <c r="D642" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F642" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G642">
-        <v>745</v>
+        <v>609</v>
       </c>
       <c r="H642">
-        <v>3.16</v>
+        <v>3.98</v>
       </c>
       <c r="I642">
-        <v>0.75</v>
+        <v>0.92</v>
       </c>
       <c r="J642" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="K642">
-        <v>350</v>
+        <v>132</v>
       </c>
       <c r="L642" s="3">
-        <v>0.47</v>
+        <v>0.217</v>
       </c>
     </row>
     <row r="643" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B643" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C643" t="s">
+        <v>100</v>
+      </c>
+      <c r="D643" t="s">
+        <v>86</v>
+      </c>
+      <c r="E643" t="s">
         <v>137</v>
       </c>
-      <c r="D643" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F643" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G643">
-        <v>745</v>
+        <v>609</v>
       </c>
       <c r="H643">
-        <v>3.16</v>
+        <v>3.98</v>
       </c>
       <c r="I643">
-        <v>0.75</v>
+        <v>0.92</v>
       </c>
       <c r="J643" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="K643">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="L643" s="3">
-        <v>0.35399999999999998</v>
+        <v>0.41199999999999998</v>
       </c>
     </row>
     <row r="644" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B644" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C644" t="s">
+        <v>100</v>
+      </c>
+      <c r="D644" t="s">
+        <v>86</v>
+      </c>
+      <c r="E644" t="s">
         <v>137</v>
       </c>
-      <c r="D644" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F644" t="s">
-        <v>197</v>
+        <v>89</v>
       </c>
       <c r="G644">
-        <v>732</v>
+        <v>609</v>
       </c>
       <c r="H644">
-        <v>4.2</v>
+        <v>3.98</v>
       </c>
       <c r="I644">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
       <c r="J644" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K644">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="L644" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="645" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B645" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C645" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D645" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E645" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F645" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G645">
-        <v>732</v>
+        <v>610</v>
       </c>
       <c r="H645">
-        <v>4.2</v>
+        <v>3.62</v>
       </c>
       <c r="I645">
-        <v>0.89</v>
+        <v>1.06</v>
       </c>
       <c r="J645" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K645">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="L645" s="3">
-        <v>3.6999999999999998E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="646" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B646" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C646" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D646" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E646" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F646" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G646">
-        <v>732</v>
+        <v>610</v>
       </c>
       <c r="H646">
-        <v>4.2</v>
+        <v>3.62</v>
       </c>
       <c r="I646">
-        <v>0.89</v>
+        <v>1.06</v>
       </c>
       <c r="J646" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K646">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="L646" s="3">
-        <v>0.16400000000000001</v>
+        <v>8.5000000000000006E-2</v>
       </c>
     </row>
     <row r="647" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B647" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C647" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D647" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E647" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F647" t="s">
+        <v>90</v>
+      </c>
+      <c r="G647">
+        <v>610</v>
+      </c>
+      <c r="H647">
+        <v>3.62</v>
+      </c>
+      <c r="I647">
+        <v>1.06</v>
+      </c>
+      <c r="J647" t="s">
+        <v>46</v>
+      </c>
+      <c r="K647">
         <v>197</v>
       </c>
-      <c r="G647">
-[...13 lines deleted...]
-      </c>
       <c r="L647" s="3">
-        <v>0.33900000000000002</v>
+        <v>0.32300000000000001</v>
       </c>
     </row>
     <row r="648" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B648" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C648" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D648" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E648" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F648" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G648">
-        <v>732</v>
+        <v>610</v>
       </c>
       <c r="H648">
-        <v>4.2</v>
+        <v>3.62</v>
       </c>
       <c r="I648">
-        <v>0.89</v>
+        <v>1.06</v>
       </c>
       <c r="J648" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K648">
-        <v>332</v>
+        <v>194</v>
       </c>
       <c r="L648" s="3">
-        <v>0.45400000000000001</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="649" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B649" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C649" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D649" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E649" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="F649" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="G649">
-        <v>727</v>
+        <v>610</v>
       </c>
       <c r="H649">
-        <v>3.84</v>
+        <v>3.62</v>
       </c>
       <c r="I649">
-        <v>0.92</v>
+        <v>1.06</v>
       </c>
       <c r="J649" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K649">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="L649" s="3">
-        <v>1.2E-2</v>
+        <v>0.23300000000000001</v>
       </c>
     </row>
     <row r="650" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B650" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C650" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D650" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E650" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F650" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G650">
-        <v>727</v>
+        <v>613</v>
       </c>
       <c r="H650">
-        <v>3.84</v>
+        <v>3.09</v>
       </c>
       <c r="I650">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J650" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="K650">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="L650" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="651" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B651" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C651" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D651" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E651" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F651" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G651">
-        <v>727</v>
+        <v>613</v>
       </c>
       <c r="H651">
-        <v>3.84</v>
+        <v>3.09</v>
       </c>
       <c r="I651">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J651" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="K651">
-        <v>209</v>
+        <v>103</v>
       </c>
       <c r="L651" s="3">
-        <v>0.28699999999999998</v>
+        <v>0.16800000000000001</v>
       </c>
     </row>
     <row r="652" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B652" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C652" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D652" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E652" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F652" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G652">
-        <v>727</v>
+        <v>613</v>
       </c>
       <c r="H652">
-        <v>3.84</v>
+        <v>3.09</v>
       </c>
       <c r="I652">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J652" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="K652">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="L652" s="3">
-        <v>0.38200000000000001</v>
+        <v>0.47299999999999998</v>
       </c>
     </row>
     <row r="653" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B653" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C653" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D653" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E653" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F653" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G653">
-        <v>727</v>
+        <v>613</v>
       </c>
       <c r="H653">
-        <v>3.84</v>
+        <v>3.09</v>
       </c>
       <c r="I653">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J653" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="K653">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="L653" s="3">
-        <v>0.26700000000000002</v>
+        <v>0.32600000000000001</v>
       </c>
     </row>
     <row r="654" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B654" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C654" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D654" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E654" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F654" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>47</v>
+        <v>148</v>
+      </c>
+      <c r="G654" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H654" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I654" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J654">
+        <v>1</v>
       </c>
       <c r="K654">
-        <v>6</v>
+        <v>432</v>
       </c>
       <c r="L654" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.27100000000000002</v>
       </c>
     </row>
     <row r="655" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B655" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C655" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D655" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E655" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F655" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>148</v>
+      </c>
+      <c r="G655" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H655" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I655" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J655" s="9">
+        <v>45691</v>
       </c>
       <c r="K655">
-        <v>27</v>
+        <v>414</v>
       </c>
       <c r="L655" s="3">
-        <v>3.6999999999999998E-2</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="656" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B656" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C656" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D656" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E656" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F656" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>49</v>
+        <v>148</v>
+      </c>
+      <c r="G656" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H656" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I656" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J656" s="9">
+        <v>45752</v>
       </c>
       <c r="K656">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="L656" s="3">
-        <v>0.22900000000000001</v>
+        <v>0.14199999999999999</v>
       </c>
     </row>
     <row r="657" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B657" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C657" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D657" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E657" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F657" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>148</v>
+      </c>
+      <c r="G657" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H657" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I657" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J657" s="9">
+        <v>45818</v>
       </c>
       <c r="K657">
-        <v>281</v>
+        <v>231</v>
       </c>
       <c r="L657" s="3">
-        <v>0.38500000000000001</v>
+        <v>0.14499999999999999</v>
       </c>
     </row>
     <row r="658" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B658" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C658" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D658" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E658" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F658" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>148</v>
+      </c>
+      <c r="G658" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H658" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I658" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J658" s="9">
+        <v>45981</v>
       </c>
       <c r="K658">
-        <v>248</v>
+        <v>199</v>
       </c>
       <c r="L658" s="3">
-        <v>0.34</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="659" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B659" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C659" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D659" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E659" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="F659" t="s">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>1.02</v>
+        <v>148</v>
+      </c>
+      <c r="G659" s="2">
+        <v>1595</v>
+      </c>
+      <c r="H659" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I659" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J659" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="K659">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="L659" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="660" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B660" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C660" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D660" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E660" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F660" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>17</v>
+      </c>
+      <c r="G660" s="2">
+        <v>1594</v>
+      </c>
+      <c r="H660" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I660" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J660">
+        <v>1</v>
       </c>
       <c r="K660">
-        <v>79</v>
+        <v>688</v>
       </c>
       <c r="L660" s="3">
-        <v>0.109</v>
+        <v>0.432</v>
       </c>
     </row>
     <row r="661" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B661" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C661" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D661" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E661" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F661" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>49</v>
+        <v>17</v>
+      </c>
+      <c r="G661" s="2">
+        <v>1594</v>
+      </c>
+      <c r="H661" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I661" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J661">
+        <v>2</v>
       </c>
       <c r="K661">
-        <v>222</v>
+        <v>339</v>
       </c>
       <c r="L661" s="3">
-        <v>0.30499999999999999</v>
+        <v>0.21299999999999999</v>
       </c>
     </row>
     <row r="662" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B662" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C662" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D662" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E662" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F662" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>17</v>
+      </c>
+      <c r="G662" s="2">
+        <v>1594</v>
+      </c>
+      <c r="H662" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I662" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J662">
+        <v>3</v>
       </c>
       <c r="K662">
-        <v>251</v>
+        <v>208</v>
       </c>
       <c r="L662" s="3">
-        <v>0.34499999999999997</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="663" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B663" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C663" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D663" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E663" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F663" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="G663" s="2">
+        <v>1594</v>
+      </c>
+      <c r="H663" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I663" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J663">
+        <v>4</v>
       </c>
       <c r="K663">
-        <v>158</v>
+        <v>119</v>
       </c>
       <c r="L663" s="3">
-        <v>0.217</v>
+        <v>7.4999999999999997E-2</v>
       </c>
     </row>
     <row r="664" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B664" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C664" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D664" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E664" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="F664" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.81</v>
+        <v>17</v>
+      </c>
+      <c r="G664" s="2">
+        <v>1594</v>
+      </c>
+      <c r="H664" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I664" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J664" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="K664">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="L664" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="665" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B665" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C665" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D665" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E665" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F665" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.81</v>
+        <v>145</v>
+      </c>
+      <c r="G665" s="2">
+        <v>1574</v>
+      </c>
+      <c r="H665" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I665" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J665" t="s">
-        <v>93</v>
+        <v>149</v>
       </c>
       <c r="K665">
-        <v>147</v>
+        <v>367</v>
       </c>
       <c r="L665" s="3">
-        <v>0.20100000000000001</v>
+        <v>0.23300000000000001</v>
       </c>
     </row>
     <row r="666" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B666" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C666" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D666" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E666" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F666" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.81</v>
+        <v>145</v>
+      </c>
+      <c r="G666" s="2">
+        <v>1574</v>
+      </c>
+      <c r="H666" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I666" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J666" t="s">
-        <v>94</v>
+        <v>150</v>
       </c>
       <c r="K666">
-        <v>321</v>
+        <v>123</v>
       </c>
       <c r="L666" s="3">
-        <v>0.439</v>
+        <v>7.8E-2</v>
       </c>
     </row>
     <row r="667" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B667" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C667" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D667" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E667" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F667" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.81</v>
+        <v>145</v>
+      </c>
+      <c r="G667" s="2">
+        <v>1574</v>
+      </c>
+      <c r="H667" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I667" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J667" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="K667">
-        <v>239</v>
+        <v>743</v>
       </c>
       <c r="L667" s="3">
-        <v>0.32700000000000001</v>
+        <v>0.47199999999999998</v>
       </c>
     </row>
     <row r="668" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B668" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C668" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D668" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E668" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F668" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G668" s="2">
-        <v>1647</v>
+        <v>1574</v>
       </c>
       <c r="H668" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I668" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>161</v>
+      </c>
+      <c r="J668" t="s">
+        <v>21</v>
       </c>
       <c r="K668">
-        <v>480</v>
+        <v>678</v>
       </c>
       <c r="L668" s="3">
-        <v>0.29099999999999998</v>
+        <v>0.43099999999999999</v>
       </c>
     </row>
     <row r="669" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B669" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C669" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D669" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E669" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F669" t="s">
-        <v>189</v>
+        <v>145</v>
       </c>
       <c r="G669" s="2">
-        <v>1647</v>
+        <v>1574</v>
       </c>
       <c r="H669" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I669" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>45325</v>
+        <v>161</v>
+      </c>
+      <c r="J669" t="s">
+        <v>119</v>
       </c>
       <c r="K669">
-        <v>400</v>
+        <v>247</v>
       </c>
       <c r="L669" s="3">
-        <v>0.24299999999999999</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="670" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B670" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C670" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D670" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E670" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F670" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G670" s="2">
-        <v>1647</v>
-[...8 lines deleted...]
-        <v>45387</v>
+        <v>1574</v>
+      </c>
+      <c r="H670">
+        <v>3.19</v>
+      </c>
+      <c r="I670">
+        <v>0.77</v>
+      </c>
+      <c r="J670" t="s">
+        <v>120</v>
       </c>
       <c r="K670">
-        <v>231</v>
+        <v>32</v>
       </c>
       <c r="L670" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="671" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B671" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C671" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D671" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E671" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F671" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G671" s="2">
-        <v>1647</v>
-[...8 lines deleted...]
-        <v>45453</v>
+        <v>1574</v>
+      </c>
+      <c r="H671">
+        <v>3.19</v>
+      </c>
+      <c r="I671">
+        <v>0.77</v>
+      </c>
+      <c r="J671" t="s">
+        <v>25</v>
       </c>
       <c r="K671">
-        <v>230</v>
+        <v>252</v>
       </c>
       <c r="L671" s="3">
-        <v>0.14000000000000001</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="672" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B672" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C672" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D672" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E672" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F672" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G672" s="2">
-        <v>1647</v>
-[...8 lines deleted...]
-        <v>45616</v>
+        <v>1574</v>
+      </c>
+      <c r="H672">
+        <v>3.19</v>
+      </c>
+      <c r="I672">
+        <v>0.77</v>
+      </c>
+      <c r="J672" t="s">
+        <v>26</v>
       </c>
       <c r="K672">
-        <v>222</v>
+        <v>682</v>
       </c>
       <c r="L672" s="3">
-        <v>0.13500000000000001</v>
+        <v>0.433</v>
       </c>
     </row>
     <row r="673" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B673" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C673" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D673" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E673" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F673" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G673" s="2">
-        <v>1647</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1574</v>
+      </c>
+      <c r="H673">
+        <v>3.19</v>
+      </c>
+      <c r="I673">
+        <v>0.77</v>
       </c>
       <c r="J673" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="K673">
-        <v>84</v>
+        <v>608</v>
       </c>
       <c r="L673" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.38600000000000001</v>
       </c>
     </row>
     <row r="674" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B674" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C674" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D674" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E674" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F674" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G674" s="2">
-        <v>1643</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>1574</v>
+      </c>
+      <c r="H674">
+        <v>3.19</v>
+      </c>
+      <c r="I674">
+        <v>0.85</v>
+      </c>
+      <c r="J674" t="s">
+        <v>24</v>
       </c>
       <c r="K674">
-        <v>717</v>
+        <v>70</v>
       </c>
       <c r="L674" s="3">
-        <v>0.436</v>
+        <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="675" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B675" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C675" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D675" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E675" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F675" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G675" s="2">
-        <v>1643</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>1574</v>
+      </c>
+      <c r="H675">
+        <v>3.19</v>
+      </c>
+      <c r="I675">
+        <v>0.85</v>
+      </c>
+      <c r="J675" t="s">
+        <v>27</v>
       </c>
       <c r="K675">
-        <v>344</v>
+        <v>239</v>
       </c>
       <c r="L675" s="3">
-        <v>0.20899999999999999</v>
+        <v>0.152</v>
       </c>
     </row>
     <row r="676" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B676" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C676" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D676" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E676" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F676" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G676" s="2">
-        <v>1643</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1574</v>
+      </c>
+      <c r="H676">
+        <v>3.19</v>
+      </c>
+      <c r="I676">
+        <v>0.85</v>
+      </c>
+      <c r="J676" t="s">
+        <v>28</v>
       </c>
       <c r="K676">
-        <v>223</v>
+        <v>583</v>
       </c>
       <c r="L676" s="3">
-        <v>0.13600000000000001</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="677" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B677" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C677" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D677" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E677" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F677" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G677" s="2">
-        <v>1643</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>1574</v>
+      </c>
+      <c r="H677">
+        <v>3.19</v>
+      </c>
+      <c r="I677">
+        <v>0.85</v>
+      </c>
+      <c r="J677" t="s">
+        <v>29</v>
       </c>
       <c r="K677">
-        <v>124</v>
+        <v>682</v>
       </c>
       <c r="L677" s="3">
-        <v>7.4999999999999997E-2</v>
+        <v>0.433</v>
       </c>
     </row>
     <row r="678" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B678" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C678" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D678" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E678" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="F678" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G678" s="2">
-        <v>1643</v>
+        <v>1559</v>
       </c>
       <c r="H678" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I678" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J678" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="K678">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="L678" s="3">
-        <v>0.14299999999999999</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="679" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B679" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C679" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D679" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E679" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F679" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G679" s="2">
-        <v>1607</v>
+        <v>1559</v>
       </c>
       <c r="H679" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I679" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J679" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="K679">
-        <v>378</v>
+        <v>701</v>
       </c>
       <c r="L679" s="3">
-        <v>0.23499999999999999</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="680" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B680" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C680" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D680" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E680" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F680" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G680" s="2">
-        <v>1607</v>
+        <v>1559</v>
       </c>
       <c r="H680" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I680" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J680" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="K680">
-        <v>142</v>
+        <v>461</v>
       </c>
       <c r="L680" s="3">
-        <v>8.7999999999999995E-2</v>
+        <v>0.29599999999999999</v>
       </c>
     </row>
     <row r="681" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B681" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C681" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D681" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E681" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F681" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G681" s="2">
-        <v>1607</v>
+        <v>1559</v>
       </c>
       <c r="H681" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I681" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J681" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K681">
-        <v>745</v>
+        <v>103</v>
       </c>
       <c r="L681" s="3">
-        <v>0.46400000000000002</v>
+        <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="682" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B682" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C682" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D682" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E682" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F682" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G682" s="2">
-        <v>1607</v>
+        <v>1559</v>
       </c>
       <c r="H682" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I682" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J682" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="K682">
-        <v>653</v>
+        <v>33</v>
       </c>
       <c r="L682" s="3">
-        <v>0.40600000000000003</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="683" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B683" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C683" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D683" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E683" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F683" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G683" s="2">
-        <v>1607</v>
+        <v>1559</v>
       </c>
       <c r="H683" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I683" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J683" t="s">
-        <v>158</v>
+        <v>36</v>
       </c>
       <c r="K683">
-        <v>258</v>
+        <v>27</v>
       </c>
       <c r="L683" s="3">
-        <v>0.161</v>
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="684" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B684" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C684" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D684" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E684" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F684" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="G684" s="2">
-        <v>1605</v>
+        <v>1568</v>
       </c>
       <c r="H684">
-        <v>3.14</v>
+        <v>2.68</v>
       </c>
       <c r="I684">
-        <v>0.79</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="J684" t="s">
-        <v>159</v>
+        <v>40</v>
       </c>
       <c r="K684">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="L684" s="3">
-        <v>2.3E-2</v>
+        <v>4.7E-2</v>
       </c>
     </row>
     <row r="685" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B685" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C685" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D685" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E685" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F685" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="G685" s="2">
-        <v>1605</v>
+        <v>1568</v>
       </c>
       <c r="H685">
-        <v>3.14</v>
+        <v>2.68</v>
       </c>
       <c r="I685">
-        <v>0.79</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="J685" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="K685">
-        <v>290</v>
+        <v>359</v>
       </c>
       <c r="L685" s="3">
-        <v>0.18099999999999999</v>
+        <v>0.22900000000000001</v>
       </c>
     </row>
     <row r="686" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B686" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="C686" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D686" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E686" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F686" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="G686" s="2">
-        <v>1605</v>
+        <v>1568</v>
       </c>
       <c r="H686">
-        <v>3.14</v>
+        <v>2.68</v>
       </c>
       <c r="I686">
-        <v>0.79</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="J686" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>42</v>
+      </c>
+      <c r="K686" s="2">
+        <v>1136</v>
       </c>
       <c r="L686" s="3">
-        <v>0.42799999999999999</v>
+        <v>0.72399999999999998</v>
       </c>
     </row>
     <row r="687" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B687" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C687" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D687" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E687" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="F687" t="s">
-        <v>187</v>
+        <v>43</v>
       </c>
       <c r="G687" s="2">
-        <v>1605</v>
+        <v>1382</v>
       </c>
       <c r="H687">
-        <v>3.14</v>
+        <v>4.07</v>
       </c>
       <c r="I687">
-        <v>0.79</v>
+        <v>0.86</v>
       </c>
       <c r="J687" t="s">
-        <v>160</v>
+        <v>44</v>
       </c>
       <c r="K687">
-        <v>591</v>
+        <v>7</v>
       </c>
       <c r="L687" s="3">
-        <v>0.36799999999999999</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="688" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B688" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C688" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D688" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E688" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F688" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G688" s="2">
-        <v>1607</v>
+        <v>1382</v>
       </c>
       <c r="H688">
-        <v>3.13</v>
+        <v>4.07</v>
       </c>
       <c r="I688">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J688" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="K688">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="L688" s="3">
-        <v>0.04</v>
+        <v>3.1E-2</v>
       </c>
     </row>
     <row r="689" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B689" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C689" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D689" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E689" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F689" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G689" s="2">
-        <v>1607</v>
+        <v>1382</v>
       </c>
       <c r="H689">
-        <v>3.13</v>
+        <v>4.07</v>
       </c>
       <c r="I689">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J689" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="K689">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="L689" s="3">
-        <v>0.186</v>
+        <v>0.21099999999999999</v>
       </c>
     </row>
     <row r="690" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B690" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C690" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D690" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E690" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F690" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G690" s="2">
-        <v>1607</v>
+        <v>1382</v>
       </c>
       <c r="H690">
-        <v>3.13</v>
+        <v>4.07</v>
       </c>
       <c r="I690">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J690" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="K690">
-        <v>612</v>
+        <v>547</v>
       </c>
       <c r="L690" s="3">
-        <v>0.38100000000000001</v>
+        <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="691" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B691" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C691" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D691" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E691" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="F691" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G691" s="2">
-        <v>1607</v>
+        <v>1382</v>
       </c>
       <c r="H691">
-        <v>3.13</v>
+        <v>4.07</v>
       </c>
       <c r="I691">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J691" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="K691">
-        <v>632</v>
+        <v>493</v>
       </c>
       <c r="L691" s="3">
-        <v>0.39300000000000002</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="692" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B692" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C692" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D692" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E692" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F692" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G692" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1380</v>
+      </c>
+      <c r="H692">
+        <v>3.96</v>
+      </c>
+      <c r="I692">
+        <v>0.91</v>
       </c>
       <c r="J692" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="K692">
-        <v>271</v>
+        <v>11</v>
       </c>
       <c r="L692" s="3">
-        <v>0.17</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="693" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B693" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C693" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D693" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E693" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F693" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G693" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1380</v>
+      </c>
+      <c r="H693">
+        <v>3.96</v>
+      </c>
+      <c r="I693">
+        <v>0.91</v>
       </c>
       <c r="J693" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="K693">
-        <v>742</v>
+        <v>69</v>
       </c>
       <c r="L693" s="3">
-        <v>0.46500000000000002</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="694" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B694" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C694" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D694" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E694" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F694" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G694" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1380</v>
+      </c>
+      <c r="H694">
+        <v>3.96</v>
+      </c>
+      <c r="I694">
+        <v>0.91</v>
       </c>
       <c r="J694" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="K694">
-        <v>448</v>
+        <v>320</v>
       </c>
       <c r="L694" s="3">
-        <v>0.28100000000000003</v>
+        <v>0.23200000000000001</v>
       </c>
     </row>
     <row r="695" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B695" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C695" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D695" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E695" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F695" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G695" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1380</v>
+      </c>
+      <c r="H695">
+        <v>3.96</v>
+      </c>
+      <c r="I695">
+        <v>0.91</v>
       </c>
       <c r="J695" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="K695">
-        <v>90</v>
+        <v>541</v>
       </c>
       <c r="L695" s="3">
-        <v>5.6000000000000001E-2</v>
+        <v>0.39200000000000002</v>
       </c>
     </row>
     <row r="696" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B696" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C696" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D696" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E696" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="F696" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G696" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1380</v>
+      </c>
+      <c r="H696">
+        <v>3.96</v>
+      </c>
+      <c r="I696">
+        <v>0.91</v>
       </c>
       <c r="J696" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="K696">
-        <v>33</v>
+        <v>439</v>
       </c>
       <c r="L696" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="697" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B697" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C697" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D697" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E697" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="F697" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G697" s="2">
-        <v>1594</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1381</v>
+      </c>
+      <c r="H697">
+        <v>3.86</v>
+      </c>
+      <c r="I697">
+        <v>0.95</v>
       </c>
       <c r="J697" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K697">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L697" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="698" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B698" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C698" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D698" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E698" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="F698" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G698" s="2">
-        <v>1601</v>
+        <v>1381</v>
       </c>
       <c r="H698">
-        <v>2.69</v>
+        <v>3.86</v>
       </c>
       <c r="I698">
-        <v>0.55000000000000004</v>
+        <v>0.95</v>
       </c>
       <c r="J698" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K698">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="L698" s="3">
-        <v>4.3999999999999997E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="699" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B699" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C699" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D699" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E699" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="F699" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G699" s="2">
-        <v>1601</v>
+        <v>1381</v>
       </c>
       <c r="H699">
-        <v>2.69</v>
+        <v>3.86</v>
       </c>
       <c r="I699">
-        <v>0.55000000000000004</v>
+        <v>0.95</v>
       </c>
       <c r="J699" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K699">
-        <v>364</v>
+        <v>391</v>
       </c>
       <c r="L699" s="3">
-        <v>0.22700000000000001</v>
+        <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="700" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B700" t="s">
-        <v>198</v>
+        <v>160</v>
       </c>
       <c r="C700" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D700" t="s">
-        <v>183</v>
+        <v>98</v>
       </c>
       <c r="E700" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="F700" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G700" s="2">
-        <v>1601</v>
+        <v>1381</v>
       </c>
       <c r="H700">
-        <v>2.69</v>
+        <v>3.86</v>
       </c>
       <c r="I700">
-        <v>0.55000000000000004</v>
+        <v>0.95</v>
       </c>
       <c r="J700" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>47</v>
+      </c>
+      <c r="K700">
+        <v>479</v>
       </c>
       <c r="L700" s="3">
-        <v>0.72899999999999998</v>
+        <v>0.34699999999999998</v>
       </c>
     </row>
     <row r="701" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B701" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C701" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D701" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E701" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="F701" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G701" s="2">
-        <v>1580</v>
+        <v>1381</v>
       </c>
       <c r="H701">
-        <v>4.0199999999999996</v>
+        <v>3.86</v>
       </c>
       <c r="I701">
-        <v>0.88</v>
+        <v>0.95</v>
       </c>
       <c r="J701" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K701">
-        <v>9</v>
+        <v>414</v>
       </c>
       <c r="L701" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="702" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B702" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C702" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D702" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E702" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="F702" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G702" s="2">
-        <v>1580</v>
+        <v>1380</v>
       </c>
       <c r="H702">
-        <v>4.0199999999999996</v>
+        <v>3.87</v>
       </c>
       <c r="I702">
-        <v>0.88</v>
+        <v>0.96</v>
       </c>
       <c r="J702" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K702">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="L702" s="3">
-        <v>3.5999999999999997E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
     </row>
     <row r="703" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B703" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C703" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D703" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E703" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="F703" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G703" s="2">
-        <v>1580</v>
+        <v>1380</v>
       </c>
       <c r="H703">
-        <v>4.0199999999999996</v>
+        <v>3.87</v>
       </c>
       <c r="I703">
-        <v>0.88</v>
+        <v>0.96</v>
       </c>
       <c r="J703" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K703">
-        <v>369</v>
+        <v>87</v>
       </c>
       <c r="L703" s="3">
-        <v>0.23400000000000001</v>
+        <v>6.3E-2</v>
       </c>
     </row>
     <row r="704" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B704" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C704" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D704" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E704" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="F704" t="s">
+        <v>51</v>
+      </c>
+      <c r="G704" s="2">
+        <v>1380</v>
+      </c>
+      <c r="H704">
+        <v>3.87</v>
+      </c>
+      <c r="I704">
+        <v>0.96</v>
+      </c>
+      <c r="J704" t="s">
         <v>46</v>
       </c>
-      <c r="G704" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K704">
-        <v>605</v>
+        <v>368</v>
       </c>
       <c r="L704" s="3">
-        <v>0.38300000000000001</v>
+        <v>0.26700000000000002</v>
       </c>
     </row>
     <row r="705" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B705" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C705" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D705" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E705" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="F705" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G705" s="2">
-        <v>1580</v>
+        <v>1380</v>
       </c>
       <c r="H705">
-        <v>4.0199999999999996</v>
+        <v>3.87</v>
       </c>
       <c r="I705">
-        <v>0.88</v>
+        <v>0.96</v>
       </c>
       <c r="J705" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K705">
-        <v>540</v>
+        <v>492</v>
       </c>
       <c r="L705" s="3">
-        <v>0.34200000000000003</v>
+        <v>0.35699999999999998</v>
       </c>
     </row>
     <row r="706" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B706" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C706" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D706" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="E706" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="F706" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G706" s="2">
-        <v>1578</v>
+        <v>1380</v>
       </c>
       <c r="H706">
-        <v>3.92</v>
+        <v>3.87</v>
       </c>
       <c r="I706">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J706" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K706">
-        <v>14</v>
+        <v>415</v>
       </c>
       <c r="L706" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.30099999999999999</v>
       </c>
     </row>
     <row r="707" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B707" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C707" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D707" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E707" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="F707" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G707" s="2">
-        <v>1578</v>
+        <v>1377</v>
       </c>
       <c r="H707">
-        <v>3.92</v>
+        <v>4.24</v>
       </c>
       <c r="I707">
-        <v>0.93</v>
+        <v>0.87</v>
       </c>
       <c r="J707" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K707">
-        <v>94</v>
+        <v>9</v>
       </c>
       <c r="L707" s="3">
-        <v>0.06</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="708" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B708" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C708" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D708" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E708" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="F708" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G708" s="2">
-        <v>1578</v>
+        <v>1377</v>
       </c>
       <c r="H708">
-        <v>3.92</v>
+        <v>4.24</v>
       </c>
       <c r="I708">
-        <v>0.93</v>
+        <v>0.87</v>
       </c>
       <c r="J708" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K708">
-        <v>392</v>
+        <v>38</v>
       </c>
       <c r="L708" s="3">
-        <v>0.248</v>
+        <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="709" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B709" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C709" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D709" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E709" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="F709" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G709" s="2">
-        <v>1578</v>
+        <v>1377</v>
       </c>
       <c r="H709">
-        <v>3.92</v>
+        <v>4.24</v>
       </c>
       <c r="I709">
-        <v>0.93</v>
+        <v>0.87</v>
       </c>
       <c r="J709" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K709">
-        <v>584</v>
+        <v>231</v>
       </c>
       <c r="L709" s="3">
-        <v>0.37</v>
+        <v>0.16800000000000001</v>
       </c>
     </row>
     <row r="710" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A710" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B710" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C710" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D710" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E710" t="s">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="F710" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G710" s="2">
-        <v>1578</v>
+        <v>1377</v>
       </c>
       <c r="H710">
-        <v>3.92</v>
+        <v>4.24</v>
       </c>
       <c r="I710">
-        <v>0.93</v>
+        <v>0.87</v>
       </c>
       <c r="J710" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K710">
-        <v>494</v>
+        <v>435</v>
       </c>
       <c r="L710" s="3">
-        <v>0.313</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="711" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A711" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B711" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C711" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D711" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E711" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="F711" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G711" s="2">
-        <v>1581</v>
+        <v>1377</v>
       </c>
       <c r="H711">
-        <v>3.82</v>
+        <v>4.24</v>
       </c>
       <c r="I711">
-        <v>0.94</v>
+        <v>0.87</v>
       </c>
       <c r="J711" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K711">
-        <v>15</v>
+        <v>664</v>
       </c>
       <c r="L711" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.48199999999999998</v>
       </c>
     </row>
     <row r="712" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A712" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B712" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C712" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D712" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E712" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="F712" t="s">
         <v>54</v>
       </c>
       <c r="G712" s="2">
-        <v>1581</v>
+        <v>1377</v>
       </c>
       <c r="H712">
-        <v>3.82</v>
+        <v>4.08</v>
       </c>
       <c r="I712">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="J712" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K712">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="L712" s="3">
-        <v>6.6000000000000003E-2</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="713" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B713" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C713" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D713" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E713" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="F713" t="s">
         <v>54</v>
       </c>
       <c r="G713" s="2">
-        <v>1581</v>
+        <v>1377</v>
       </c>
       <c r="H713">
-        <v>3.82</v>
+        <v>4.08</v>
       </c>
       <c r="I713">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="J713" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K713">
-        <v>463</v>
+        <v>57</v>
       </c>
       <c r="L713" s="3">
-        <v>0.29299999999999998</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="714" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B714" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C714" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D714" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E714" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="F714" t="s">
         <v>54</v>
       </c>
       <c r="G714" s="2">
-        <v>1581</v>
+        <v>1377</v>
       </c>
       <c r="H714">
-        <v>3.82</v>
+        <v>4.08</v>
       </c>
       <c r="I714">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="J714" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K714">
-        <v>567</v>
+        <v>285</v>
       </c>
       <c r="L714" s="3">
-        <v>0.35899999999999999</v>
+        <v>0.20699999999999999</v>
       </c>
     </row>
     <row r="715" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B715" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C715" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D715" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E715" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="F715" t="s">
         <v>54</v>
       </c>
       <c r="G715" s="2">
-        <v>1581</v>
+        <v>1377</v>
       </c>
       <c r="H715">
-        <v>3.82</v>
+        <v>4.08</v>
       </c>
       <c r="I715">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="J715" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K715">
-        <v>431</v>
+        <v>480</v>
       </c>
       <c r="L715" s="3">
-        <v>0.27300000000000002</v>
+        <v>0.34899999999999998</v>
       </c>
     </row>
     <row r="716" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B716" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C716" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D716" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="E716" t="s">
-        <v>146</v>
+        <v>109</v>
       </c>
       <c r="F716" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G716" s="2">
-        <v>1579</v>
+        <v>1377</v>
       </c>
       <c r="H716">
-        <v>3.79</v>
+        <v>4.08</v>
       </c>
       <c r="I716">
-        <v>0.98</v>
+        <v>0.91</v>
       </c>
       <c r="J716" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K716">
-        <v>23</v>
+        <v>545</v>
       </c>
       <c r="L716" s="3">
-        <v>1.4999999999999999E-2</v>
+        <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="717" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B717" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C717" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D717" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="E717" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F717" t="s">
         <v>56</v>
       </c>
       <c r="G717" s="2">
-        <v>1579</v>
+        <v>1373</v>
       </c>
       <c r="H717">
-        <v>3.79</v>
+        <v>3.98</v>
       </c>
       <c r="I717">
-        <v>0.98</v>
+        <v>0.9</v>
       </c>
       <c r="J717" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K717">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="L717" s="3">
-        <v>7.3999999999999996E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="718" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B718" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C718" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D718" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="E718" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F718" t="s">
         <v>56</v>
       </c>
       <c r="G718" s="2">
-        <v>1579</v>
+        <v>1373</v>
       </c>
       <c r="H718">
-        <v>3.79</v>
+        <v>3.98</v>
       </c>
       <c r="I718">
-        <v>0.98</v>
+        <v>0.9</v>
       </c>
       <c r="J718" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K718">
-        <v>472</v>
+        <v>61</v>
       </c>
       <c r="L718" s="3">
-        <v>0.29899999999999999</v>
+        <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="719" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B719" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C719" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D719" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="E719" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F719" t="s">
         <v>56</v>
       </c>
       <c r="G719" s="2">
-        <v>1579</v>
+        <v>1373</v>
       </c>
       <c r="H719">
-        <v>3.79</v>
+        <v>3.98</v>
       </c>
       <c r="I719">
-        <v>0.98</v>
+        <v>0.9</v>
       </c>
       <c r="J719" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K719">
-        <v>518</v>
+        <v>315</v>
       </c>
       <c r="L719" s="3">
-        <v>0.32800000000000001</v>
+        <v>0.22900000000000001</v>
       </c>
     </row>
     <row r="720" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B720" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C720" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D720" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="E720" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="F720" t="s">
         <v>56</v>
       </c>
       <c r="G720" s="2">
-        <v>1579</v>
+        <v>1373</v>
       </c>
       <c r="H720">
-        <v>3.79</v>
+        <v>3.98</v>
       </c>
       <c r="I720">
-        <v>0.98</v>
+        <v>0.9</v>
       </c>
       <c r="J720" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K720">
-        <v>449</v>
+        <v>537</v>
       </c>
       <c r="L720" s="3">
-        <v>0.28399999999999997</v>
+        <v>0.39100000000000001</v>
       </c>
     </row>
     <row r="721" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B721" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C721" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D721" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E721" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="F721" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G721" s="2">
-        <v>1576</v>
+        <v>1373</v>
       </c>
       <c r="H721">
-        <v>4.1900000000000004</v>
+        <v>3.98</v>
       </c>
       <c r="I721">
-        <v>0.88</v>
+        <v>0.9</v>
       </c>
       <c r="J721" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K721">
-        <v>8</v>
+        <v>449</v>
       </c>
       <c r="L721" s="3">
-        <v>5.0000000000000001E-3</v>
+        <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="722" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B722" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C722" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D722" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E722" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F722" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G722" s="2">
-        <v>1576</v>
+        <v>1376</v>
       </c>
       <c r="H722">
-        <v>4.1900000000000004</v>
+        <v>3.96</v>
       </c>
       <c r="I722">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J722" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K722">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="L722" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="723" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B723" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C723" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D723" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E723" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F723" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G723" s="2">
-        <v>1576</v>
+        <v>1376</v>
       </c>
       <c r="H723">
-        <v>4.1900000000000004</v>
+        <v>3.96</v>
       </c>
       <c r="I723">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J723" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K723">
-        <v>285</v>
+        <v>68</v>
       </c>
       <c r="L723" s="3">
-        <v>0.18099999999999999</v>
+        <v>4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="724" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B724" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C724" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D724" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E724" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F724" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G724" s="2">
-        <v>1576</v>
+        <v>1376</v>
       </c>
       <c r="H724">
-        <v>4.1900000000000004</v>
+        <v>3.96</v>
       </c>
       <c r="I724">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J724" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K724">
-        <v>521</v>
+        <v>317</v>
       </c>
       <c r="L724" s="3">
-        <v>0.33100000000000002</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="725" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B725" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C725" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D725" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E725" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F725" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G725" s="2">
-        <v>1576</v>
+        <v>1376</v>
       </c>
       <c r="H725">
-        <v>4.1900000000000004</v>
+        <v>3.96</v>
       </c>
       <c r="I725">
-        <v>0.88</v>
+        <v>0.92</v>
       </c>
       <c r="J725" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K725">
-        <v>710</v>
+        <v>535</v>
       </c>
       <c r="L725" s="3">
-        <v>0.45100000000000001</v>
+        <v>0.38900000000000001</v>
       </c>
     </row>
     <row r="726" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B726" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C726" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D726" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E726" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="F726" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G726" s="2">
-        <v>1579</v>
+        <v>1376</v>
       </c>
       <c r="H726">
-        <v>4.05</v>
+        <v>3.96</v>
       </c>
       <c r="I726">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J726" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K726">
-        <v>9</v>
+        <v>442</v>
       </c>
       <c r="L726" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.32100000000000001</v>
       </c>
     </row>
     <row r="727" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B727" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C727" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D727" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E727" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="F727" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G727" s="2">
-        <v>1579</v>
+        <v>1370</v>
       </c>
       <c r="H727">
-        <v>4.05</v>
+        <v>3.9</v>
       </c>
       <c r="I727">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J727" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K727">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="L727" s="3">
-        <v>4.9000000000000002E-2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="728" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B728" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C728" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D728" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E728" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="F728" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G728" s="2">
-        <v>1579</v>
+        <v>1370</v>
       </c>
       <c r="H728">
-        <v>4.05</v>
+        <v>3.9</v>
       </c>
       <c r="I728">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J728" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K728">
-        <v>329</v>
+        <v>74</v>
       </c>
       <c r="L728" s="3">
-        <v>0.20799999999999999</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="729" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B729" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C729" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D729" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E729" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="F729" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G729" s="2">
-        <v>1579</v>
+        <v>1370</v>
       </c>
       <c r="H729">
-        <v>4.05</v>
+        <v>3.9</v>
       </c>
       <c r="I729">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J729" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K729">
-        <v>572</v>
+        <v>347</v>
       </c>
       <c r="L729" s="3">
-        <v>0.36199999999999999</v>
+        <v>0.253</v>
       </c>
     </row>
     <row r="730" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B730" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C730" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D730" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E730" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="F730" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G730" s="2">
-        <v>1579</v>
+        <v>1370</v>
       </c>
       <c r="H730">
-        <v>4.05</v>
+        <v>3.9</v>
       </c>
       <c r="I730">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="J730" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K730">
-        <v>592</v>
+        <v>534</v>
       </c>
       <c r="L730" s="3">
-        <v>0.375</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="731" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B731" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C731" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D731" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E731" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="F731" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G731" s="2">
-        <v>1580</v>
+        <v>1370</v>
       </c>
       <c r="H731">
-        <v>3.97</v>
+        <v>3.9</v>
       </c>
       <c r="I731">
         <v>0.92</v>
       </c>
       <c r="J731" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K731">
-        <v>12</v>
+        <v>401</v>
       </c>
       <c r="L731" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.29299999999999998</v>
       </c>
     </row>
     <row r="732" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A732" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B732" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C732" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D732" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E732" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="F732" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G732" s="2">
-        <v>1580</v>
+        <v>1374</v>
       </c>
       <c r="H732">
-        <v>3.97</v>
+        <v>3.9</v>
       </c>
       <c r="I732">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J732" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K732">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="L732" s="3">
-        <v>5.6000000000000001E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="733" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A733" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B733" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C733" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D733" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E733" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="F733" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G733" s="2">
-        <v>1580</v>
+        <v>1374</v>
       </c>
       <c r="H733">
-        <v>3.97</v>
+        <v>3.9</v>
       </c>
       <c r="I733">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J733" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K733">
-        <v>361</v>
+        <v>92</v>
       </c>
       <c r="L733" s="3">
-        <v>0.22800000000000001</v>
+        <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="734" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A734" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B734" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C734" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D734" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E734" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="F734" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G734" s="2">
-        <v>1580</v>
+        <v>1374</v>
       </c>
       <c r="H734">
-        <v>3.97</v>
+        <v>3.9</v>
       </c>
       <c r="I734">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J734" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K734">
-        <v>599</v>
+        <v>328</v>
       </c>
       <c r="L734" s="3">
-        <v>0.379</v>
+        <v>0.23899999999999999</v>
       </c>
     </row>
     <row r="735" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B735" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C735" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D735" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E735" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="F735" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G735" s="2">
-        <v>1580</v>
+        <v>1374</v>
       </c>
       <c r="H735">
-        <v>3.97</v>
+        <v>3.9</v>
       </c>
       <c r="I735">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J735" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K735">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="L735" s="3">
-        <v>0.32900000000000001</v>
+        <v>0.39100000000000001</v>
       </c>
     </row>
     <row r="736" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B736" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C736" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D736" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="E736" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="F736" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G736" s="2">
-        <v>1578</v>
+        <v>1374</v>
       </c>
       <c r="H736">
-        <v>3.94</v>
+        <v>3.9</v>
       </c>
       <c r="I736">
-        <v>0.94</v>
+        <v>0.93</v>
       </c>
       <c r="J736" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K736">
-        <v>12</v>
+        <v>405</v>
       </c>
       <c r="L736" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.29499999999999998</v>
       </c>
     </row>
     <row r="737" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B737" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C737" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D737" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E737" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="F737" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G737" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H737">
-        <v>3.94</v>
+        <v>3.7</v>
       </c>
       <c r="I737">
         <v>0.94</v>
       </c>
       <c r="J737" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K737">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="L737" s="3">
-        <v>6.0999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="738" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B738" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C738" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D738" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E738" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="F738" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G738" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H738">
-        <v>3.94</v>
+        <v>3.7</v>
       </c>
       <c r="I738">
         <v>0.94</v>
       </c>
       <c r="J738" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K738">
-        <v>387</v>
+        <v>105</v>
       </c>
       <c r="L738" s="3">
-        <v>0.245</v>
+        <v>7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="739" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B739" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C739" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D739" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E739" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="F739" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G739" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H739">
-        <v>3.94</v>
+        <v>3.7</v>
       </c>
       <c r="I739">
         <v>0.94</v>
       </c>
       <c r="J739" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K739">
-        <v>559</v>
+        <v>459</v>
       </c>
       <c r="L739" s="3">
-        <v>0.35399999999999998</v>
+        <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="740" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B740" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C740" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D740" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E740" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="F740" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G740" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H740">
-        <v>3.94</v>
+        <v>3.7</v>
       </c>
       <c r="I740">
         <v>0.94</v>
       </c>
       <c r="J740" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K740">
-        <v>524</v>
+        <v>483</v>
       </c>
       <c r="L740" s="3">
-        <v>0.33200000000000002</v>
+        <v>0.35299999999999998</v>
       </c>
     </row>
     <row r="741" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B741" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C741" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D741" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E741" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="F741" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="G741" s="2">
-        <v>1576</v>
+        <v>1368</v>
       </c>
       <c r="H741">
-        <v>3.87</v>
+        <v>3.7</v>
       </c>
       <c r="I741">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
       <c r="J741" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K741">
-        <v>12</v>
+        <v>304</v>
       </c>
       <c r="L741" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.222</v>
       </c>
     </row>
     <row r="742" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B742" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C742" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D742" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E742" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="F742" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G742" s="2">
-        <v>1576</v>
+        <v>1369</v>
       </c>
       <c r="H742">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I742">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J742" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K742">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="L742" s="3">
-        <v>0.06</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="743" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B743" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C743" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D743" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E743" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="F743" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G743" s="2">
-        <v>1576</v>
+        <v>1369</v>
       </c>
       <c r="H743">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I743">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J743" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K743">
-        <v>431</v>
+        <v>60</v>
       </c>
       <c r="L743" s="3">
-        <v>0.27300000000000002</v>
+        <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="744" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B744" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C744" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D744" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E744" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="F744" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G744" s="2">
-        <v>1576</v>
+        <v>1369</v>
       </c>
       <c r="H744">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I744">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J744" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K744">
-        <v>592</v>
+        <v>385</v>
       </c>
       <c r="L744" s="3">
-        <v>0.376</v>
+        <v>0.28100000000000003</v>
       </c>
     </row>
     <row r="745" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B745" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C745" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D745" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E745" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="F745" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G745" s="2">
-        <v>1576</v>
+        <v>1369</v>
       </c>
       <c r="H745">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I745">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J745" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K745">
-        <v>446</v>
+        <v>519</v>
       </c>
       <c r="L745" s="3">
-        <v>0.28299999999999997</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="746" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B746" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C746" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D746" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E746" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="F746" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G746" s="2">
-        <v>1578</v>
+        <v>1369</v>
       </c>
       <c r="H746">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I746">
-        <v>0.92</v>
+        <v>0.9</v>
       </c>
       <c r="J746" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K746">
-        <v>13</v>
+        <v>394</v>
       </c>
       <c r="L746" s="3">
-        <v>8.0000000000000002E-3</v>
+        <v>0.28799999999999998</v>
       </c>
     </row>
     <row r="747" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B747" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C747" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D747" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E747" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="F747" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G747" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H747">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I747">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J747" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K747">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="L747" s="3">
-        <v>0.06</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="748" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B748" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C748" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D748" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E748" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="F748" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G748" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H748">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I748">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J748" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K748">
-        <v>428</v>
+        <v>74</v>
       </c>
       <c r="L748" s="3">
-        <v>0.27100000000000002</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="749" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B749" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C749" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D749" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E749" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="F749" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G749" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H749">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I749">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J749" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K749">
-        <v>594</v>
+        <v>353</v>
       </c>
       <c r="L749" s="3">
-        <v>0.376</v>
+        <v>0.25800000000000001</v>
       </c>
     </row>
     <row r="750" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B750" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C750" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D750" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E750" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="F750" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G750" s="2">
-        <v>1578</v>
+        <v>1368</v>
       </c>
       <c r="H750">
-        <v>3.87</v>
+        <v>3.89</v>
       </c>
       <c r="I750">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J750" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K750">
-        <v>448</v>
+        <v>542</v>
       </c>
       <c r="L750" s="3">
-        <v>0.28399999999999997</v>
+        <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="751" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B751" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C751" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D751" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E751" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="F751" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G751" s="2">
-        <v>1571</v>
+        <v>1368</v>
       </c>
       <c r="H751">
-        <v>3.64</v>
+        <v>3.89</v>
       </c>
       <c r="I751">
-        <v>0.98</v>
+        <v>0.91</v>
       </c>
       <c r="J751" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K751">
-        <v>33</v>
+        <v>387</v>
       </c>
       <c r="L751" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="752" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B752" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C752" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D752" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E752" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F752" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G752" s="2">
-        <v>1571</v>
+        <v>1368</v>
       </c>
       <c r="H752">
-        <v>3.64</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="I752">
-        <v>0.98</v>
+        <v>0.93</v>
       </c>
       <c r="J752" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K752">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="L752" s="3">
-        <v>8.7999999999999995E-2</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="753" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B753" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C753" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D753" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E753" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F753" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G753" s="2">
-        <v>1571</v>
+        <v>1368</v>
       </c>
       <c r="H753">
-        <v>3.64</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="I753">
-        <v>0.98</v>
+        <v>0.93</v>
       </c>
       <c r="J753" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K753">
-        <v>533</v>
+        <v>50</v>
       </c>
       <c r="L753" s="3">
-        <v>0.33900000000000002</v>
+        <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="754" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A754" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B754" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C754" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D754" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E754" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F754" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G754" s="2">
-        <v>1571</v>
+        <v>1368</v>
       </c>
       <c r="H754">
-        <v>3.64</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="I754">
-        <v>0.98</v>
+        <v>0.93</v>
       </c>
       <c r="J754" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K754">
-        <v>528</v>
+        <v>263</v>
       </c>
       <c r="L754" s="3">
-        <v>0.33600000000000002</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="755" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A755" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B755" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C755" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D755" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E755" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="F755" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G755" s="2">
-        <v>1571</v>
+        <v>1368</v>
       </c>
       <c r="H755">
-        <v>3.64</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="I755">
-        <v>0.98</v>
+        <v>0.93</v>
       </c>
       <c r="J755" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K755">
-        <v>338</v>
+        <v>437</v>
       </c>
       <c r="L755" s="3">
-        <v>0.215</v>
+        <v>0.31900000000000001</v>
       </c>
     </row>
     <row r="756" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A756" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B756" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C756" t="s">
-        <v>134</v>
+        <v>97</v>
       </c>
       <c r="D756" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E756" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="F756" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G756" s="2">
-        <v>1572</v>
+        <v>1368</v>
       </c>
       <c r="H756">
-        <v>3.87</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="I756">
-        <v>0.94</v>
+        <v>0.93</v>
       </c>
       <c r="J756" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K756">
-        <v>17</v>
+        <v>601</v>
       </c>
       <c r="L756" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.439</v>
       </c>
     </row>
     <row r="757" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B757" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C757" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D757" t="s">
         <v>73</v>
       </c>
       <c r="E757" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="F757" t="s">
-        <v>76</v>
+        <v>153</v>
       </c>
       <c r="G757" s="2">
-        <v>1572</v>
-[...5 lines deleted...]
-        <v>0.94</v>
+        <v>1363</v>
+      </c>
+      <c r="H757" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I757" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J757" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="K757">
-        <v>96</v>
+        <v>717</v>
       </c>
       <c r="L757" s="3">
-        <v>6.0999999999999999E-2</v>
+        <v>0.52600000000000002</v>
       </c>
     </row>
     <row r="758" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B758" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C758" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D758" t="s">
         <v>73</v>
       </c>
       <c r="E758" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="F758" t="s">
+        <v>153</v>
+      </c>
+      <c r="G758" s="2">
+        <v>1363</v>
+      </c>
+      <c r="H758" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I758" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J758" t="s">
         <v>76</v>
       </c>
-      <c r="G758" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K758">
-        <v>424</v>
+        <v>646</v>
       </c>
       <c r="L758" s="3">
-        <v>0.27</v>
+        <v>0.47399999999999998</v>
       </c>
     </row>
     <row r="759" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B759" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C759" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D759" t="s">
         <v>73</v>
       </c>
       <c r="E759" t="s">
+        <v>23</v>
+      </c>
+      <c r="F759" t="s">
         <v>154</v>
       </c>
-      <c r="F759" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G759" s="2">
-        <v>1572</v>
-[...5 lines deleted...]
-        <v>0.94</v>
+        <v>1361</v>
+      </c>
+      <c r="H759" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I759" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J759" t="s">
-        <v>50</v>
+        <v>123</v>
       </c>
       <c r="K759">
-        <v>577</v>
+        <v>535</v>
       </c>
       <c r="L759" s="3">
-        <v>0.36699999999999999</v>
+        <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="760" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B760" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C760" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D760" t="s">
         <v>73</v>
       </c>
       <c r="E760" t="s">
+        <v>23</v>
+      </c>
+      <c r="F760" t="s">
         <v>154</v>
       </c>
-      <c r="F760" t="s">
+      <c r="G760" s="2">
+        <v>1361</v>
+      </c>
+      <c r="H760" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I760" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J760" t="s">
         <v>76</v>
       </c>
-      <c r="G760" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K760">
-        <v>458</v>
+        <v>826</v>
       </c>
       <c r="L760" s="3">
-        <v>0.29099999999999998</v>
+        <v>0.60699999999999998</v>
       </c>
     </row>
     <row r="761" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B761" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C761" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D761" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E761" t="s">
+        <v>39</v>
+      </c>
+      <c r="F761" t="s">
         <v>155</v>
       </c>
-      <c r="F761" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G761" s="2">
-        <v>1572</v>
-[...5 lines deleted...]
-        <v>0.94</v>
+        <v>1360</v>
+      </c>
+      <c r="H761" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I761" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J761" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="K761">
-        <v>26</v>
+        <v>183</v>
       </c>
       <c r="L761" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>0.13500000000000001</v>
       </c>
     </row>
     <row r="762" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B762" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C762" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D762" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="E762" t="s">
+        <v>39</v>
+      </c>
+      <c r="F762" t="s">
         <v>155</v>
       </c>
-      <c r="F762" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G762" s="2">
-        <v>1572</v>
-[...5 lines deleted...]
-        <v>0.94</v>
+        <v>1360</v>
+      </c>
+      <c r="H762" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I762" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J762" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>76</v>
+      </c>
+      <c r="K762" s="2">
+        <v>1177</v>
       </c>
       <c r="L762" s="3">
-        <v>5.3999999999999999E-2</v>
+        <v>0.86499999999999999</v>
       </c>
     </row>
     <row r="763" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B763" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C763" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D763" t="s">
+        <v>75</v>
+      </c>
+      <c r="E763" t="s">
+        <v>74</v>
+      </c>
+      <c r="F763" t="s">
+        <v>77</v>
+      </c>
+      <c r="G763">
+        <v>183</v>
+      </c>
+      <c r="H763">
+        <v>3.05</v>
+      </c>
+      <c r="I763">
+        <v>0.79</v>
+      </c>
+      <c r="J763" t="s">
         <v>78</v>
       </c>
-      <c r="E763" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K763">
-        <v>448</v>
+        <v>3</v>
       </c>
       <c r="L763" s="3">
-        <v>0.28499999999999998</v>
+        <v>1.6E-2</v>
       </c>
     </row>
     <row r="764" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B764" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C764" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D764" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E764" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="F764" t="s">
+        <v>77</v>
+      </c>
+      <c r="G764">
+        <v>183</v>
+      </c>
+      <c r="H764">
+        <v>3.05</v>
+      </c>
+      <c r="I764">
+        <v>0.79</v>
+      </c>
+      <c r="J764" t="s">
         <v>79</v>
       </c>
-      <c r="G764" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K764">
-        <v>593</v>
+        <v>43</v>
       </c>
       <c r="L764" s="3">
-        <v>0.377</v>
+        <v>0.23499999999999999</v>
       </c>
     </row>
     <row r="765" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B765" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C765" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D765" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E765" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="F765" t="s">
+        <v>77</v>
+      </c>
+      <c r="G765">
+        <v>183</v>
+      </c>
+      <c r="H765">
+        <v>3.05</v>
+      </c>
+      <c r="I765">
+        <v>0.79</v>
+      </c>
+      <c r="J765" t="s">
+        <v>80</v>
+      </c>
+      <c r="K765">
         <v>79</v>
       </c>
-      <c r="G765" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="L765" s="3">
-        <v>0.26700000000000002</v>
+        <v>0.432</v>
       </c>
     </row>
     <row r="766" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B766" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C766" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D766" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E766" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="F766" t="s">
+        <v>77</v>
+      </c>
+      <c r="G766">
+        <v>183</v>
+      </c>
+      <c r="H766">
+        <v>3.05</v>
+      </c>
+      <c r="I766">
+        <v>0.79</v>
+      </c>
+      <c r="J766" t="s">
         <v>81</v>
       </c>
-      <c r="G766" s="2">
-[...10 lines deleted...]
-      </c>
       <c r="K766">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="L766" s="3">
-        <v>8.9999999999999993E-3</v>
+        <v>0.317</v>
       </c>
     </row>
     <row r="767" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B767" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C767" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D767" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E767" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F767" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1571</v>
+        <v>83</v>
+      </c>
+      <c r="G767">
+        <v>713</v>
       </c>
       <c r="H767">
-        <v>4.1100000000000003</v>
+        <v>4.09</v>
       </c>
       <c r="I767">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J767" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K767">
-        <v>69</v>
+        <v>7</v>
       </c>
       <c r="L767" s="3">
-        <v>4.3999999999999997E-2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="768" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B768" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C768" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D768" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E768" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F768" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1571</v>
+        <v>83</v>
+      </c>
+      <c r="G768">
+        <v>713</v>
       </c>
       <c r="H768">
-        <v>4.1100000000000003</v>
+        <v>4.09</v>
       </c>
       <c r="I768">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J768" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="K768">
-        <v>301</v>
+        <v>24</v>
       </c>
       <c r="L768" s="3">
-        <v>0.192</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="769" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B769" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C769" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D769" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E769" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F769" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1571</v>
+        <v>83</v>
+      </c>
+      <c r="G769">
+        <v>713</v>
       </c>
       <c r="H769">
-        <v>4.1100000000000003</v>
+        <v>4.09</v>
       </c>
       <c r="I769">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J769" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="K769">
-        <v>531</v>
+        <v>140</v>
       </c>
       <c r="L769" s="3">
-        <v>0.33800000000000002</v>
+        <v>0.19600000000000001</v>
       </c>
     </row>
     <row r="770" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B770" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C770" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D770" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E770" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="F770" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1571</v>
+        <v>83</v>
+      </c>
+      <c r="G770">
+        <v>713</v>
       </c>
       <c r="H770">
-        <v>4.1100000000000003</v>
+        <v>4.09</v>
       </c>
       <c r="I770">
-        <v>0.92</v>
+        <v>0.89</v>
       </c>
       <c r="J770" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K770">
-        <v>656</v>
+        <v>269</v>
       </c>
       <c r="L770" s="3">
-        <v>0.41799999999999998</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="771" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B771" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C771" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D771" t="s">
+        <v>82</v>
+      </c>
+      <c r="E771" t="s">
+        <v>126</v>
+      </c>
+      <c r="F771" t="s">
         <v>83</v>
       </c>
-      <c r="E771" t="s">
-[...12 lines deleted...]
-        <v>205</v>
+      <c r="G771">
+        <v>713</v>
+      </c>
+      <c r="H771">
+        <v>4.09</v>
+      </c>
+      <c r="I771">
+        <v>0.89</v>
       </c>
       <c r="J771" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="K771">
-        <v>855</v>
+        <v>273</v>
       </c>
       <c r="L771" s="3">
-        <v>0.54300000000000004</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="772" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B772" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C772" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D772" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E772" t="s">
-        <v>80</v>
+        <v>127</v>
       </c>
       <c r="F772" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G772">
+        <v>710</v>
+      </c>
+      <c r="H772">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I772">
+        <v>0.88</v>
       </c>
       <c r="J772" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="K772">
-        <v>719</v>
+        <v>3</v>
       </c>
       <c r="L772" s="3">
-        <v>0.45700000000000002</v>
+        <v>4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="773" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B773" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C773" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D773" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E773" t="s">
-        <v>202</v>
+        <v>127</v>
       </c>
       <c r="F773" t="s">
-        <v>194</v>
+        <v>84</v>
       </c>
       <c r="G773">
-        <v>855</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>710</v>
+      </c>
+      <c r="H773">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I773">
+        <v>0.88</v>
       </c>
       <c r="J773" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="K773">
-        <v>855</v>
+        <v>29</v>
       </c>
       <c r="L773" s="3">
-        <v>1</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="774" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A774" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B774" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C774" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D774" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E774" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="F774" t="s">
-        <v>195</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G774">
+        <v>710</v>
+      </c>
+      <c r="H774">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I774">
+        <v>0.88</v>
       </c>
       <c r="J774" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="K774">
-        <v>616</v>
+        <v>138</v>
       </c>
       <c r="L774" s="3">
-        <v>0.39200000000000002</v>
+        <v>0.19400000000000001</v>
       </c>
     </row>
     <row r="775" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A775" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B775" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C775" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D775" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E775" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="F775" t="s">
-        <v>195</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>84</v>
+      </c>
+      <c r="G775">
+        <v>710</v>
+      </c>
+      <c r="H775">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I775">
+        <v>0.88</v>
       </c>
       <c r="J775" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="K775">
-        <v>954</v>
+        <v>263</v>
       </c>
       <c r="L775" s="3">
-        <v>0.60799999999999998</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="776" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A776" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B776" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C776" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D776" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E776" t="s">
-        <v>203</v>
+        <v>127</v>
       </c>
       <c r="F776" t="s">
-        <v>195</v>
+        <v>84</v>
       </c>
       <c r="G776">
-        <v>616</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>710</v>
+      </c>
+      <c r="H776">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I776">
+        <v>0.88</v>
       </c>
       <c r="J776" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="K776">
-        <v>616</v>
+        <v>277</v>
       </c>
       <c r="L776" s="3">
-        <v>1</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="777" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B777" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C777" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D777" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E777" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="F777" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>85</v>
+      </c>
+      <c r="G777">
+        <v>710</v>
+      </c>
+      <c r="H777">
+        <v>3.81</v>
+      </c>
+      <c r="I777">
+        <v>0.92</v>
       </c>
       <c r="J777" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="K777">
-        <v>194</v>
+        <v>6</v>
       </c>
       <c r="L777" s="3">
-        <v>0.124</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="778" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B778" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C778" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D778" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E778" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="F778" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>85</v>
+      </c>
+      <c r="G778">
+        <v>710</v>
+      </c>
+      <c r="H778">
+        <v>3.81</v>
+      </c>
+      <c r="I778">
+        <v>0.92</v>
       </c>
       <c r="J778" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1374</v>
+        <v>45</v>
+      </c>
+      <c r="K778">
+        <v>45</v>
       </c>
       <c r="L778" s="3">
-        <v>0.876</v>
+        <v>6.3E-2</v>
       </c>
     </row>
     <row r="779" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B779" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C779" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D779" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E779" t="s">
-        <v>204</v>
+        <v>128</v>
       </c>
       <c r="F779" t="s">
-        <v>196</v>
+        <v>85</v>
       </c>
       <c r="G779">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>710</v>
+      </c>
+      <c r="H779">
+        <v>3.81</v>
+      </c>
+      <c r="I779">
+        <v>0.92</v>
       </c>
       <c r="J779" t="s">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="K779">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="L779" s="3">
-        <v>1</v>
+        <v>0.29199999999999998</v>
       </c>
     </row>
     <row r="780" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B780" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C780" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D780" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E780" t="s">
+        <v>128</v>
+      </c>
+      <c r="F780" t="s">
         <v>85</v>
       </c>
-      <c r="F780" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G780">
-        <v>194</v>
+        <v>710</v>
       </c>
       <c r="H780">
-        <v>3.12</v>
+        <v>3.81</v>
       </c>
       <c r="I780">
-        <v>0.79</v>
+        <v>0.92</v>
       </c>
       <c r="J780" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="K780">
-        <v>4</v>
+        <v>272</v>
       </c>
       <c r="L780" s="3">
-        <v>2.1000000000000001E-2</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="781" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
+        <v>141</v>
+      </c>
+      <c r="B781" t="s">
+        <v>160</v>
+      </c>
+      <c r="C781" t="s">
+        <v>100</v>
+      </c>
+      <c r="D781" t="s">
+        <v>82</v>
+      </c>
+      <c r="E781" t="s">
+        <v>128</v>
+      </c>
+      <c r="F781" t="s">
+        <v>85</v>
+      </c>
+      <c r="G781">
+        <v>710</v>
+      </c>
+      <c r="H781">
+        <v>3.81</v>
+      </c>
+      <c r="I781">
+        <v>0.92</v>
+      </c>
+      <c r="J781" t="s">
+        <v>48</v>
+      </c>
+      <c r="K781">
         <v>180</v>
       </c>
-      <c r="B781" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="L781" s="3">
-        <v>0.19600000000000001</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="782" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B782" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C782" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D782" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E782" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
       <c r="F782" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="G782">
-        <v>194</v>
+        <v>710</v>
       </c>
       <c r="H782">
-        <v>3.12</v>
+        <v>3.81</v>
       </c>
       <c r="I782">
-        <v>0.79</v>
+        <v>0.92</v>
       </c>
       <c r="J782" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="K782">
-        <v>83</v>
+        <v>7</v>
       </c>
       <c r="L782" s="3">
-        <v>0.42799999999999999</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="783" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B783" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C783" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D783" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E783" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
       <c r="F783" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="G783">
-        <v>194</v>
+        <v>710</v>
       </c>
       <c r="H783">
-        <v>3.12</v>
+        <v>3.81</v>
       </c>
       <c r="I783">
-        <v>0.79</v>
+        <v>0.92</v>
       </c>
       <c r="J783" t="s">
-        <v>95</v>
+        <v>45</v>
       </c>
       <c r="K783">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="L783" s="3">
-        <v>0.35599999999999998</v>
+        <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="784" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A784" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B784" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C784" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D784" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E784" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F784" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G784">
-        <v>849</v>
+        <v>710</v>
       </c>
       <c r="H784">
-        <v>4.07</v>
+        <v>3.81</v>
       </c>
       <c r="I784">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J784" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K784">
-        <v>5</v>
+        <v>225</v>
       </c>
       <c r="L784" s="3">
-        <v>6.0000000000000001E-3</v>
+        <v>0.317</v>
       </c>
     </row>
     <row r="785" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A785" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B785" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C785" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D785" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E785" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F785" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G785">
-        <v>849</v>
+        <v>710</v>
       </c>
       <c r="H785">
-        <v>4.07</v>
+        <v>3.81</v>
       </c>
       <c r="I785">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J785" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K785">
-        <v>41</v>
+        <v>256</v>
       </c>
       <c r="L785" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>0.36099999999999999</v>
       </c>
     </row>
     <row r="786" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A786" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B786" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C786" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D786" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E786" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="F786" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="G786">
-        <v>849</v>
+        <v>710</v>
       </c>
       <c r="H786">
-        <v>4.07</v>
+        <v>3.81</v>
       </c>
       <c r="I786">
-        <v>0.9</v>
+        <v>0.92</v>
       </c>
       <c r="J786" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K786">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="L786" s="3">
-        <v>0.19400000000000001</v>
+        <v>0.26100000000000001</v>
       </c>
     </row>
     <row r="787" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B787" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C787" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D787" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E787" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="F787" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="G787">
-        <v>849</v>
+        <v>711</v>
       </c>
       <c r="H787">
-        <v>4.07</v>
+        <v>3.68</v>
       </c>
       <c r="I787">
-        <v>0.9</v>
+        <v>0.99</v>
       </c>
       <c r="J787" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K787">
-        <v>319</v>
+        <v>15</v>
       </c>
       <c r="L787" s="3">
-        <v>0.376</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="788" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B788" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C788" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D788" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E788" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="F788" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="G788">
-        <v>849</v>
+        <v>711</v>
       </c>
       <c r="H788">
-        <v>4.07</v>
+        <v>3.68</v>
       </c>
       <c r="I788">
-        <v>0.9</v>
+        <v>0.99</v>
       </c>
       <c r="J788" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K788">
-        <v>319</v>
+        <v>58</v>
       </c>
       <c r="L788" s="3">
-        <v>0.376</v>
+        <v>8.2000000000000003E-2</v>
       </c>
     </row>
     <row r="789" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B789" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C789" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D789" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E789" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F789" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G789">
-        <v>848</v>
+        <v>711</v>
       </c>
       <c r="H789">
-        <v>4.12</v>
+        <v>3.68</v>
       </c>
       <c r="I789">
-        <v>0.88</v>
+        <v>0.99</v>
       </c>
       <c r="J789" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K789">
-        <v>6</v>
+        <v>234</v>
       </c>
       <c r="L789" s="3">
-        <v>7.0000000000000001E-3</v>
+        <v>0.32900000000000001</v>
       </c>
     </row>
     <row r="790" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B790" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C790" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D790" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E790" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F790" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G790">
-        <v>848</v>
+        <v>711</v>
       </c>
       <c r="H790">
-        <v>4.12</v>
+        <v>3.68</v>
       </c>
       <c r="I790">
-        <v>0.88</v>
+        <v>0.99</v>
       </c>
       <c r="J790" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K790">
-        <v>23</v>
+        <v>239</v>
       </c>
       <c r="L790" s="3">
-        <v>2.7E-2</v>
+        <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="791" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A791" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B791" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C791" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D791" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E791" t="s">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="F791" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="G791">
-        <v>848</v>
+        <v>711</v>
       </c>
       <c r="H791">
-        <v>4.12</v>
+        <v>3.68</v>
       </c>
       <c r="I791">
-        <v>0.88</v>
+        <v>0.99</v>
       </c>
       <c r="J791" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K791">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="L791" s="3">
-        <v>0.215</v>
+        <v>0.23200000000000001</v>
       </c>
     </row>
     <row r="792" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A792" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B792" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C792" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D792" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E792" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="F792" t="s">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="G792">
-        <v>848</v>
+        <v>710</v>
       </c>
       <c r="H792">
-        <v>4.12</v>
+        <v>3.6</v>
       </c>
       <c r="I792">
-        <v>0.88</v>
+        <v>1.04</v>
       </c>
       <c r="J792" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="K792">
-        <v>291</v>
+        <v>30</v>
       </c>
       <c r="L792" s="3">
-        <v>0.34300000000000003</v>
+        <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="793" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B793" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C793" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D793" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E793" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="F793" t="s">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="G793">
-        <v>848</v>
+        <v>710</v>
       </c>
       <c r="H793">
-        <v>4.12</v>
+        <v>3.6</v>
       </c>
       <c r="I793">
-        <v>0.88</v>
+        <v>1.04</v>
       </c>
       <c r="J793" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K793">
-        <v>346</v>
+        <v>52</v>
       </c>
       <c r="L793" s="3">
-        <v>0.40799999999999997</v>
+        <v>7.2999999999999995E-2</v>
       </c>
     </row>
     <row r="794" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B794" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C794" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D794" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E794" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F794" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G794">
-        <v>848</v>
+        <v>710</v>
       </c>
       <c r="H794">
-        <v>3.79</v>
+        <v>3.6</v>
       </c>
       <c r="I794">
-        <v>0.92</v>
+        <v>1.04</v>
       </c>
       <c r="J794" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K794">
-        <v>14</v>
+        <v>245</v>
       </c>
       <c r="L794" s="3">
-        <v>1.7000000000000001E-2</v>
+        <v>0.34499999999999997</v>
       </c>
     </row>
     <row r="795" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B795" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C795" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D795" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E795" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F795" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G795">
-        <v>848</v>
+        <v>710</v>
       </c>
       <c r="H795">
-        <v>3.79</v>
+        <v>3.6</v>
       </c>
       <c r="I795">
-        <v>0.92</v>
+        <v>1.04</v>
       </c>
       <c r="J795" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K795">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="L795" s="3">
-        <v>4.8000000000000001E-2</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="796" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B796" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C796" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D796" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E796" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="F796" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="G796">
-        <v>848</v>
+        <v>710</v>
       </c>
       <c r="H796">
-        <v>3.79</v>
+        <v>3.6</v>
       </c>
       <c r="I796">
-        <v>0.92</v>
+        <v>1.04</v>
       </c>
       <c r="J796" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K796">
-        <v>263</v>
+        <v>157</v>
       </c>
       <c r="L796" s="3">
-        <v>0.31</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="797" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B797" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C797" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D797" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E797" t="s">
-        <v>167</v>
+        <v>20</v>
       </c>
       <c r="F797" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="G797">
-        <v>848</v>
+        <v>715</v>
       </c>
       <c r="H797">
-        <v>3.79</v>
+        <v>3.14</v>
       </c>
       <c r="I797">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J797" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="K797">
-        <v>321</v>
+        <v>21</v>
       </c>
       <c r="L797" s="3">
-        <v>0.379</v>
+        <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="798" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A798" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B798" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C798" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D798" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E798" t="s">
-        <v>167</v>
+        <v>20</v>
       </c>
       <c r="F798" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="G798">
-        <v>848</v>
+        <v>715</v>
       </c>
       <c r="H798">
-        <v>3.79</v>
+        <v>3.14</v>
       </c>
       <c r="I798">
-        <v>0.92</v>
+        <v>0.79</v>
       </c>
       <c r="J798" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="K798">
-        <v>209</v>
+        <v>116</v>
       </c>
       <c r="L798" s="3">
-        <v>0.246</v>
+        <v>0.16200000000000001</v>
       </c>
     </row>
     <row r="799" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A799" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B799" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C799" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D799" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E799" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F799" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G799">
-        <v>848</v>
+        <v>715</v>
       </c>
       <c r="H799">
-        <v>3.76</v>
+        <v>3.14</v>
       </c>
       <c r="I799">
-        <v>0.89</v>
+        <v>0.79</v>
       </c>
       <c r="J799" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="K799">
-        <v>10</v>
+        <v>318</v>
       </c>
       <c r="L799" s="3">
-        <v>1.2E-2</v>
+        <v>0.44500000000000001</v>
       </c>
     </row>
     <row r="800" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A800" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B800" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C800" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D800" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="E800" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="F800" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="G800">
-        <v>848</v>
+        <v>715</v>
       </c>
       <c r="H800">
-        <v>3.76</v>
+        <v>3.14</v>
       </c>
       <c r="I800">
-        <v>0.89</v>
+        <v>0.79</v>
       </c>
       <c r="J800" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="K800">
-        <v>43</v>
+        <v>260</v>
       </c>
       <c r="L800" s="3">
-        <v>5.0999999999999997E-2</v>
+        <v>0.36399999999999999</v>
       </c>
     </row>
     <row r="801" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B801" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C801" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D801" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E801" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="F801" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="G801">
-        <v>848</v>
+        <v>532</v>
       </c>
       <c r="H801">
-        <v>3.76</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I801">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="J801" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K801">
-        <v>274</v>
+        <v>3</v>
       </c>
       <c r="L801" s="3">
-        <v>0.32300000000000001</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="802" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B802" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C802" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D802" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E802" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="F802" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="G802">
-        <v>848</v>
+        <v>532</v>
       </c>
       <c r="H802">
-        <v>3.76</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I802">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="J802" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K802">
-        <v>333</v>
+        <v>16</v>
       </c>
       <c r="L802" s="3">
-        <v>0.39300000000000002</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="803" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B803" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C803" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D803" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E803" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="F803" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="G803">
-        <v>848</v>
+        <v>532</v>
       </c>
       <c r="H803">
-        <v>3.76</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I803">
-        <v>0.89</v>
+        <v>0.85</v>
       </c>
       <c r="J803" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K803">
-        <v>188</v>
+        <v>87</v>
       </c>
       <c r="L803" s="3">
-        <v>0.222</v>
+        <v>0.16400000000000001</v>
       </c>
     </row>
     <row r="804" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B804" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C804" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D804" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E804" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F804" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G804">
-        <v>847</v>
+        <v>532</v>
       </c>
       <c r="H804">
-        <v>3.7</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I804">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="J804" t="s">
         <v>47</v>
       </c>
       <c r="K804">
-        <v>36</v>
+        <v>198</v>
       </c>
       <c r="L804" s="3">
-        <v>4.2999999999999997E-2</v>
+        <v>0.372</v>
       </c>
     </row>
     <row r="805" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A805" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B805" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C805" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D805" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E805" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="F805" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="G805">
-        <v>847</v>
+        <v>532</v>
       </c>
       <c r="H805">
-        <v>3.7</v>
+        <v>4.1900000000000004</v>
       </c>
       <c r="I805">
-        <v>1</v>
+        <v>0.85</v>
       </c>
       <c r="J805" t="s">
         <v>48</v>
       </c>
       <c r="K805">
-        <v>36</v>
+        <v>228</v>
       </c>
       <c r="L805" s="3">
-        <v>4.2999999999999997E-2</v>
+        <v>0.42899999999999999</v>
       </c>
     </row>
     <row r="806" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A806" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B806" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C806" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D806" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E806" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="F806" t="s">
-        <v>171</v>
+        <v>88</v>
       </c>
       <c r="G806">
-        <v>847</v>
+        <v>531</v>
       </c>
       <c r="H806">
-        <v>3.7</v>
+        <v>3.83</v>
       </c>
       <c r="I806">
-        <v>1</v>
+        <v>0.88</v>
       </c>
       <c r="J806" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K806">
-        <v>263</v>
+        <v>3</v>
       </c>
       <c r="L806" s="3">
-        <v>0.311</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="807" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A807" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B807" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C807" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D807" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E807" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="F807" t="s">
-        <v>171</v>
+        <v>88</v>
       </c>
       <c r="G807">
-        <v>847</v>
+        <v>531</v>
       </c>
       <c r="H807">
-        <v>3.7</v>
+        <v>3.83</v>
       </c>
       <c r="I807">
-        <v>1</v>
+        <v>0.88</v>
       </c>
       <c r="J807" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K807">
-        <v>323</v>
+        <v>28</v>
       </c>
       <c r="L807" s="3">
-        <v>0.38100000000000001</v>
+        <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="808" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B808" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C808" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D808" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E808" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="F808" t="s">
-        <v>171</v>
+        <v>88</v>
       </c>
       <c r="G808">
-        <v>847</v>
+        <v>531</v>
       </c>
       <c r="H808">
-        <v>3.7</v>
+        <v>3.83</v>
       </c>
       <c r="I808">
-        <v>1</v>
+        <v>0.88</v>
       </c>
       <c r="J808" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K808">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="L808" s="3">
-        <v>0.223</v>
+        <v>0.29199999999999998</v>
       </c>
     </row>
     <row r="809" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B809" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C809" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D809" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E809" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F809" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G809">
-        <v>845</v>
+        <v>531</v>
       </c>
       <c r="H809">
-        <v>3.6</v>
+        <v>3.83</v>
       </c>
       <c r="I809">
-        <v>1.06</v>
+        <v>0.88</v>
       </c>
       <c r="J809" t="s">
         <v>47</v>
       </c>
       <c r="K809">
-        <v>45</v>
+        <v>214</v>
       </c>
       <c r="L809" s="3">
-        <v>5.2999999999999999E-2</v>
+        <v>0.40300000000000002</v>
       </c>
     </row>
     <row r="810" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B810" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C810" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D810" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E810" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="F810" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="G810">
-        <v>845</v>
+        <v>531</v>
       </c>
       <c r="H810">
-        <v>3.6</v>
+        <v>3.83</v>
       </c>
       <c r="I810">
-        <v>1.06</v>
+        <v>0.88</v>
       </c>
       <c r="J810" t="s">
         <v>48</v>
       </c>
       <c r="K810">
-        <v>49</v>
+        <v>131</v>
       </c>
       <c r="L810" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>0.247</v>
       </c>
     </row>
     <row r="811" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B811" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C811" t="s">
+        <v>100</v>
+      </c>
+      <c r="D811" t="s">
+        <v>86</v>
+      </c>
+      <c r="E811" t="s">
         <v>137</v>
       </c>
-      <c r="D811" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F811" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="G811">
-        <v>845</v>
+        <v>533</v>
       </c>
       <c r="H811">
-        <v>3.6</v>
+        <v>3.99</v>
       </c>
       <c r="I811">
-        <v>1.06</v>
+        <v>0.84</v>
       </c>
       <c r="J811" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K811">
-        <v>295</v>
+        <v>4</v>
       </c>
       <c r="L811" s="3">
-        <v>0.34899999999999998</v>
+        <v>8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="812" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B812" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C812" t="s">
+        <v>100</v>
+      </c>
+      <c r="D812" t="s">
+        <v>86</v>
+      </c>
+      <c r="E812" t="s">
         <v>137</v>
       </c>
-      <c r="D812" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F812" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="G812">
-        <v>845</v>
+        <v>533</v>
       </c>
       <c r="H812">
-        <v>3.6</v>
+        <v>3.99</v>
       </c>
       <c r="I812">
-        <v>1.06</v>
+        <v>0.84</v>
       </c>
       <c r="J812" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K812">
-        <v>270</v>
+        <v>18</v>
       </c>
       <c r="L812" s="3">
-        <v>0.32</v>
+        <v>3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="813" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B813" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C813" t="s">
+        <v>100</v>
+      </c>
+      <c r="D813" t="s">
+        <v>86</v>
+      </c>
+      <c r="E813" t="s">
         <v>137</v>
       </c>
-      <c r="D813" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F813" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="G813">
-        <v>845</v>
+        <v>533</v>
       </c>
       <c r="H813">
-        <v>3.6</v>
+        <v>3.99</v>
       </c>
       <c r="I813">
-        <v>1.06</v>
+        <v>0.84</v>
       </c>
       <c r="J813" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="K813">
-        <v>186</v>
+        <v>115</v>
       </c>
       <c r="L813" s="3">
-        <v>0.22</v>
+        <v>0.216</v>
       </c>
     </row>
     <row r="814" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B814" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C814" t="s">
+        <v>100</v>
+      </c>
+      <c r="D814" t="s">
+        <v>86</v>
+      </c>
+      <c r="E814" t="s">
         <v>137</v>
       </c>
-      <c r="D814" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F814" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G814">
-        <v>851</v>
+        <v>533</v>
       </c>
       <c r="H814">
-        <v>3.18</v>
+        <v>3.99</v>
       </c>
       <c r="I814">
-        <v>0.73</v>
+        <v>0.84</v>
       </c>
       <c r="J814" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="K814">
-        <v>15</v>
+        <v>240</v>
       </c>
       <c r="L814" s="3">
-        <v>1.7999999999999999E-2</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="815" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B815" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C815" t="s">
+        <v>100</v>
+      </c>
+      <c r="D815" t="s">
+        <v>86</v>
+      </c>
+      <c r="E815" t="s">
         <v>137</v>
       </c>
-      <c r="D815" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F815" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G815">
-        <v>851</v>
+        <v>533</v>
       </c>
       <c r="H815">
-        <v>3.18</v>
+        <v>3.99</v>
       </c>
       <c r="I815">
-        <v>0.73</v>
+        <v>0.84</v>
       </c>
       <c r="J815" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="K815">
-        <v>122</v>
+        <v>156</v>
       </c>
       <c r="L815" s="3">
-        <v>0.14299999999999999</v>
+        <v>0.29299999999999998</v>
       </c>
     </row>
     <row r="816" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B816" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C816" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D816" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E816" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="F816" t="s">
         <v>90</v>
       </c>
       <c r="G816">
-        <v>851</v>
+        <v>532</v>
       </c>
       <c r="H816">
-        <v>3.18</v>
+        <v>3.6</v>
       </c>
       <c r="I816">
-        <v>0.73</v>
+        <v>0.99</v>
       </c>
       <c r="J816" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="K816">
-        <v>410</v>
+        <v>15</v>
       </c>
       <c r="L816" s="3">
-        <v>0.48199999999999998</v>
+        <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="817" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A817" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B817" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C817" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D817" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E817" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="F817" t="s">
         <v>90</v>
       </c>
       <c r="G817">
-        <v>851</v>
+        <v>532</v>
       </c>
       <c r="H817">
-        <v>3.18</v>
+        <v>3.6</v>
       </c>
       <c r="I817">
-        <v>0.73</v>
+        <v>0.99</v>
       </c>
       <c r="J817" t="s">
-        <v>95</v>
+        <v>45</v>
       </c>
       <c r="K817">
-        <v>304</v>
+        <v>45</v>
       </c>
       <c r="L817" s="3">
-        <v>0.35699999999999998</v>
+        <v>8.5000000000000006E-2</v>
       </c>
     </row>
     <row r="818" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A818" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B818" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C818" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D818" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E818" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F818" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G818">
-        <v>612</v>
+        <v>532</v>
       </c>
       <c r="H818">
-        <v>4.1500000000000004</v>
+        <v>3.6</v>
       </c>
       <c r="I818">
-        <v>0.89</v>
+        <v>0.99</v>
       </c>
       <c r="J818" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K818">
-        <v>7</v>
+        <v>184</v>
       </c>
       <c r="L818" s="3">
-        <v>1.0999999999999999E-2</v>
+        <v>0.34599999999999997</v>
       </c>
     </row>
     <row r="819" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A819" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B819" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C819" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D819" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E819" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F819" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G819">
-        <v>612</v>
+        <v>532</v>
       </c>
       <c r="H819">
-        <v>4.1500000000000004</v>
+        <v>3.6</v>
       </c>
       <c r="I819">
-        <v>0.89</v>
+        <v>0.99</v>
       </c>
       <c r="J819" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="K819">
-        <v>19</v>
+        <v>183</v>
       </c>
       <c r="L819" s="3">
-        <v>3.1E-2</v>
+        <v>0.34399999999999997</v>
       </c>
     </row>
     <row r="820" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B820" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C820" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D820" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E820" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="F820" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="G820">
-        <v>612</v>
+        <v>532</v>
       </c>
       <c r="H820">
-        <v>4.1500000000000004</v>
+        <v>3.6</v>
       </c>
       <c r="I820">
-        <v>0.89</v>
+        <v>0.99</v>
       </c>
       <c r="J820" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K820">
         <v>105</v>
       </c>
       <c r="L820" s="3">
-        <v>0.17199999999999999</v>
+        <v>0.19700000000000001</v>
       </c>
     </row>
     <row r="821" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B821" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C821" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D821" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E821" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F821" t="s">
-        <v>197</v>
+        <v>77</v>
       </c>
       <c r="G821">
-        <v>612</v>
+        <v>532</v>
       </c>
       <c r="H821">
-        <v>4.1500000000000004</v>
+        <v>3.02</v>
       </c>
       <c r="I821">
-        <v>0.89</v>
+        <v>0.79</v>
       </c>
       <c r="J821" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="K821">
-        <v>223</v>
+        <v>21</v>
       </c>
       <c r="L821" s="3">
-        <v>0.36399999999999999</v>
+        <v>3.9E-2</v>
       </c>
     </row>
     <row r="822" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B822" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C822" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D822" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E822" t="s">
-        <v>174</v>
+        <v>31</v>
       </c>
       <c r="F822" t="s">
-        <v>197</v>
+        <v>77</v>
       </c>
       <c r="G822">
-        <v>612</v>
+        <v>532</v>
       </c>
       <c r="H822">
-        <v>4.1500000000000004</v>
+        <v>3.02</v>
       </c>
       <c r="I822">
-        <v>0.89</v>
+        <v>0.79</v>
       </c>
       <c r="J822" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="K822">
-        <v>258</v>
+        <v>96</v>
       </c>
       <c r="L822" s="3">
-        <v>0.42199999999999999</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="823" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B823" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C823" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D823" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E823" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F823" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G823">
-        <v>611</v>
+        <v>532</v>
       </c>
       <c r="H823">
-        <v>3.8</v>
+        <v>3.02</v>
       </c>
       <c r="I823">
-        <v>0.96</v>
+        <v>0.79</v>
       </c>
       <c r="J823" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="K823">
-        <v>15</v>
+        <v>266</v>
       </c>
       <c r="L823" s="3">
-        <v>2.5000000000000001E-2</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="824" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B824" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C824" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D824" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="E824" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="F824" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="G824">
-        <v>611</v>
+        <v>532</v>
       </c>
       <c r="H824">
-        <v>3.8</v>
+        <v>3.02</v>
       </c>
       <c r="I824">
-        <v>0.96</v>
+        <v>0.79</v>
       </c>
       <c r="J824" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="K824">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="L824" s="3">
-        <v>5.3999999999999999E-2</v>
+        <v>0.28000000000000003</v>
       </c>
     </row>
     <row r="825" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B825" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C825" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D825" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E825" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="F825" t="s">
-        <v>116</v>
-[...11 lines deleted...]
-        <v>49</v>
+        <v>148</v>
+      </c>
+      <c r="G825" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H825" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I825" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J825">
+        <v>1</v>
       </c>
       <c r="K825">
-        <v>168</v>
+        <v>394</v>
       </c>
       <c r="L825" s="3">
-        <v>0.27500000000000002</v>
+        <v>0.28199999999999997</v>
       </c>
     </row>
     <row r="826" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B826" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C826" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D826" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E826" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="F826" t="s">
-        <v>116</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>148</v>
+      </c>
+      <c r="G826" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H826" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I826" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J826" s="9">
+        <v>45691</v>
       </c>
       <c r="K826">
-        <v>239</v>
+        <v>371</v>
       </c>
       <c r="L826" s="3">
-        <v>0.39100000000000001</v>
+        <v>0.26600000000000001</v>
       </c>
     </row>
     <row r="827" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A827" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B827" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C827" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D827" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E827" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="F827" t="s">
-        <v>116</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>148</v>
+      </c>
+      <c r="G827" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H827" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I827" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J827" s="9">
+        <v>45752</v>
       </c>
       <c r="K827">
-        <v>156</v>
+        <v>218</v>
       </c>
       <c r="L827" s="3">
-        <v>0.255</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="828" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A828" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B828" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C828" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D828" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E828" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F828" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>47</v>
+        <v>148</v>
+      </c>
+      <c r="G828" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H828" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I828" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J828" s="9">
+        <v>45818</v>
       </c>
       <c r="K828">
-        <v>12</v>
+        <v>207</v>
       </c>
       <c r="L828" s="3">
-        <v>0.02</v>
+        <v>0.14799999999999999</v>
       </c>
     </row>
     <row r="829" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A829" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B829" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C829" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D829" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E829" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F829" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>148</v>
+      </c>
+      <c r="G829" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H829" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I829" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J829" s="9">
+        <v>45981</v>
       </c>
       <c r="K829">
-        <v>19</v>
+        <v>142</v>
       </c>
       <c r="L829" s="3">
-        <v>3.1E-2</v>
+        <v>0.10199999999999999</v>
       </c>
     </row>
     <row r="830" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B830" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C830" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D830" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E830" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
       <c r="F830" t="s">
-        <v>118</v>
-[...8 lines deleted...]
-        <v>0.92</v>
+        <v>148</v>
+      </c>
+      <c r="G830" s="2">
+        <v>1395</v>
+      </c>
+      <c r="H830" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I830" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J830" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="K830">
-        <v>132</v>
+        <v>63</v>
       </c>
       <c r="L830" s="3">
-        <v>0.217</v>
+        <v>4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="831" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B831" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C831" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D831" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E831" t="s">
-        <v>176</v>
+        <v>118</v>
       </c>
       <c r="F831" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>50</v>
+        <v>17</v>
+      </c>
+      <c r="G831" s="2">
+        <v>1389</v>
+      </c>
+      <c r="H831" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I831" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J831">
+        <v>1</v>
       </c>
       <c r="K831">
-        <v>251</v>
+        <v>630</v>
       </c>
       <c r="L831" s="3">
-        <v>0.41199999999999998</v>
+        <v>0.45400000000000001</v>
       </c>
     </row>
     <row r="832" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B832" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C832" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D832" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E832" t="s">
-        <v>176</v>
+        <v>118</v>
       </c>
       <c r="F832" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>51</v>
+        <v>17</v>
+      </c>
+      <c r="G832" s="2">
+        <v>1389</v>
+      </c>
+      <c r="H832" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I832" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J832">
+        <v>2</v>
       </c>
       <c r="K832">
-        <v>195</v>
+        <v>298</v>
       </c>
       <c r="L832" s="3">
-        <v>0.32</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="833" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B833" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C833" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D833" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E833" t="s">
+        <v>118</v>
+      </c>
+      <c r="F833" t="s">
+        <v>17</v>
+      </c>
+      <c r="G833" s="2">
+        <v>1389</v>
+      </c>
+      <c r="H833" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I833" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J833">
+        <v>3</v>
+      </c>
+      <c r="K833">
         <v>177</v>
       </c>
-      <c r="F833" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L833" s="3">
-        <v>4.1000000000000002E-2</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="834" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B834" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C834" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D834" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E834" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F834" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>17</v>
+      </c>
+      <c r="G834" s="2">
+        <v>1389</v>
+      </c>
+      <c r="H834" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I834" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="J834">
+        <v>4</v>
       </c>
       <c r="K834">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="L834" s="3">
-        <v>8.5000000000000006E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="835" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B835" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C835" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D835" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E835" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
       <c r="F835" t="s">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>1.06</v>
+        <v>17</v>
+      </c>
+      <c r="G835" s="2">
+        <v>1389</v>
+      </c>
+      <c r="H835" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I835" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J835" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="K835">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="L835" s="3">
-        <v>0.32300000000000001</v>
+        <v>0.13500000000000001</v>
       </c>
     </row>
     <row r="836" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B836" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C836" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D836" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E836" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
       <c r="F836" t="s">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>1.06</v>
+        <v>145</v>
+      </c>
+      <c r="G836" s="2">
+        <v>1370</v>
+      </c>
+      <c r="H836" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I836" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J836" t="s">
-        <v>50</v>
+        <v>149</v>
       </c>
       <c r="K836">
-        <v>194</v>
+        <v>356</v>
       </c>
       <c r="L836" s="3">
-        <v>0.318</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="837" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B837" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C837" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D837" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E837" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
       <c r="F837" t="s">
-        <v>120</v>
-[...8 lines deleted...]
-        <v>1.06</v>
+        <v>145</v>
+      </c>
+      <c r="G837" s="2">
+        <v>1370</v>
+      </c>
+      <c r="H837" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I837" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J837" t="s">
-        <v>51</v>
+        <v>150</v>
       </c>
       <c r="K837">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="L837" s="3">
-        <v>0.23300000000000001</v>
+        <v>8.5999999999999993E-2</v>
       </c>
     </row>
     <row r="838" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A838" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B838" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C838" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D838" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E838" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F838" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.79</v>
+        <v>145</v>
+      </c>
+      <c r="G838" s="2">
+        <v>1370</v>
+      </c>
+      <c r="H838" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I838" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J838" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="K838">
-        <v>20</v>
+        <v>620</v>
       </c>
       <c r="L838" s="3">
-        <v>3.3000000000000002E-2</v>
+        <v>0.45300000000000001</v>
       </c>
     </row>
     <row r="839" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A839" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B839" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C839" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D839" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E839" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F839" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.79</v>
+        <v>145</v>
+      </c>
+      <c r="G839" s="2">
+        <v>1370</v>
+      </c>
+      <c r="H839" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I839" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J839" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="K839">
-        <v>103</v>
+        <v>525</v>
       </c>
       <c r="L839" s="3">
-        <v>0.16800000000000001</v>
+        <v>0.38300000000000001</v>
       </c>
     </row>
     <row r="840" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A840" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B840" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C840" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D840" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E840" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F840" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-        <v>0.79</v>
+        <v>145</v>
+      </c>
+      <c r="G840" s="2">
+        <v>1370</v>
+      </c>
+      <c r="H840" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I840" s="8" t="s">
+        <v>161</v>
       </c>
       <c r="J840" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="K840">
-        <v>290</v>
+        <v>242</v>
       </c>
       <c r="L840" s="3">
-        <v>0.47299999999999998</v>
+        <v>0.17699999999999999</v>
       </c>
     </row>
     <row r="841" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B841" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C841" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="D841" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E841" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="F841" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>146</v>
+      </c>
+      <c r="G841" s="2">
+        <v>1367</v>
       </c>
       <c r="H841">
-        <v>3.09</v>
+        <v>3.16</v>
       </c>
       <c r="I841">
-        <v>0.79</v>
+        <v>0.8</v>
       </c>
       <c r="J841" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="K841">
-        <v>200</v>
+        <v>44</v>
       </c>
       <c r="L841" s="3">
-        <v>0.32600000000000001</v>
+        <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="842" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B842" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C842" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D842" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E842" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F842" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G842" s="2">
-        <v>1595</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>1367</v>
+      </c>
+      <c r="H842">
+        <v>3.16</v>
+      </c>
+      <c r="I842">
+        <v>0.8</v>
+      </c>
+      <c r="J842" t="s">
+        <v>25</v>
       </c>
       <c r="K842">
-        <v>432</v>
+        <v>209</v>
       </c>
       <c r="L842" s="3">
-        <v>0.27100000000000002</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="843" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B843" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C843" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D843" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E843" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F843" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G843" s="2">
-        <v>1595</v>
-[...8 lines deleted...]
-        <v>45325</v>
+        <v>1367</v>
+      </c>
+      <c r="H843">
+        <v>3.16</v>
+      </c>
+      <c r="I843">
+        <v>0.8</v>
+      </c>
+      <c r="J843" t="s">
+        <v>26</v>
       </c>
       <c r="K843">
-        <v>414</v>
+        <v>597</v>
       </c>
       <c r="L843" s="3">
-        <v>0.26</v>
+        <v>0.437</v>
       </c>
     </row>
     <row r="844" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B844" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C844" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D844" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E844" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F844" t="s">
-        <v>189</v>
+        <v>146</v>
       </c>
       <c r="G844" s="2">
-        <v>1595</v>
-[...8 lines deleted...]
-        <v>45387</v>
+        <v>1367</v>
+      </c>
+      <c r="H844">
+        <v>3.16</v>
+      </c>
+      <c r="I844">
+        <v>0.8</v>
+      </c>
+      <c r="J844" t="s">
+        <v>121</v>
       </c>
       <c r="K844">
-        <v>226</v>
+        <v>517</v>
       </c>
       <c r="L844" s="3">
-        <v>0.14199999999999999</v>
+        <v>0.378</v>
       </c>
     </row>
     <row r="845" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B845" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C845" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D845" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E845" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="F845" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="G845" s="2">
-        <v>1595</v>
-[...8 lines deleted...]
-        <v>45453</v>
+        <v>1366</v>
+      </c>
+      <c r="H845">
+        <v>3.15</v>
+      </c>
+      <c r="I845">
+        <v>0.86</v>
+      </c>
+      <c r="J845" t="s">
+        <v>24</v>
       </c>
       <c r="K845">
-        <v>231</v>
+        <v>67</v>
       </c>
       <c r="L845" s="3">
-        <v>0.14499999999999999</v>
+        <v>4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="846" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A846" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B846" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C846" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D846" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E846" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="F846" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="G846" s="2">
-        <v>1595</v>
-[...8 lines deleted...]
-        <v>45616</v>
+        <v>1366</v>
+      </c>
+      <c r="H846">
+        <v>3.15</v>
+      </c>
+      <c r="I846">
+        <v>0.86</v>
+      </c>
+      <c r="J846" t="s">
+        <v>27</v>
       </c>
       <c r="K846">
-        <v>199</v>
+        <v>223</v>
       </c>
       <c r="L846" s="3">
-        <v>0.125</v>
+        <v>0.16300000000000001</v>
       </c>
     </row>
     <row r="847" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A847" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B847" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C847" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D847" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E847" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="F847" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="G847" s="2">
-        <v>1595</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1366</v>
+      </c>
+      <c r="H847">
+        <v>3.15</v>
+      </c>
+      <c r="I847">
+        <v>0.86</v>
       </c>
       <c r="J847" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="K847">
-        <v>93</v>
+        <v>519</v>
       </c>
       <c r="L847" s="3">
-        <v>5.8000000000000003E-2</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="848" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A848" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B848" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C848" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D848" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E848" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="F848" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="G848" s="2">
-        <v>1594</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>1366</v>
+      </c>
+      <c r="H848">
+        <v>3.15</v>
+      </c>
+      <c r="I848">
+        <v>0.86</v>
+      </c>
+      <c r="J848" t="s">
+        <v>29</v>
       </c>
       <c r="K848">
-        <v>688</v>
+        <v>557</v>
       </c>
       <c r="L848" s="3">
-        <v>0.432</v>
+        <v>0.40799999999999997</v>
       </c>
     </row>
     <row r="849" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B849" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C849" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D849" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E849" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="F849" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G849" s="2">
-        <v>1594</v>
+        <v>1357</v>
       </c>
       <c r="H849" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I849" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>161</v>
+      </c>
+      <c r="J849" t="s">
+        <v>37</v>
       </c>
       <c r="K849">
-        <v>339</v>
+        <v>228</v>
       </c>
       <c r="L849" s="3">
-        <v>0.21299999999999999</v>
+        <v>0.16800000000000001</v>
       </c>
     </row>
     <row r="850" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B850" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C850" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D850" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E850" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="F850" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G850" s="2">
-        <v>1594</v>
+        <v>1357</v>
       </c>
       <c r="H850" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I850" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>161</v>
+      </c>
+      <c r="J850" t="s">
+        <v>32</v>
       </c>
       <c r="K850">
-        <v>208</v>
+        <v>592</v>
       </c>
       <c r="L850" s="3">
-        <v>0.13</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="851" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A851" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B851" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C851" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D851" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E851" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="F851" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G851" s="2">
-        <v>1594</v>
+        <v>1357</v>
       </c>
       <c r="H851" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I851" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>161</v>
+      </c>
+      <c r="J851" t="s">
+        <v>33</v>
       </c>
       <c r="K851">
-        <v>119</v>
+        <v>394</v>
       </c>
       <c r="L851" s="3">
-        <v>7.4999999999999997E-2</v>
+        <v>0.28999999999999998</v>
       </c>
     </row>
     <row r="852" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A852" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B852" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C852" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D852" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E852" t="s">
-        <v>157</v>
+        <v>66</v>
       </c>
       <c r="F852" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="G852" s="2">
-        <v>1594</v>
+        <v>1357</v>
       </c>
       <c r="H852" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I852" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J852" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="K852">
-        <v>240</v>
+        <v>91</v>
       </c>
       <c r="L852" s="3">
-        <v>0.151</v>
+        <v>6.7000000000000004E-2</v>
       </c>
     </row>
     <row r="853" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A853" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B853" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C853" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D853" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E853" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F853" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G853" s="2">
-        <v>1574</v>
+        <v>1357</v>
       </c>
       <c r="H853" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I853" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J853" t="s">
-        <v>190</v>
+        <v>35</v>
       </c>
       <c r="K853">
-        <v>367</v>
+        <v>36</v>
       </c>
       <c r="L853" s="3">
-        <v>0.23300000000000001</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="854" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B854" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C854" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D854" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E854" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F854" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="G854" s="2">
-        <v>1574</v>
+        <v>1357</v>
       </c>
       <c r="H854" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="I854" s="8" t="s">
-        <v>205</v>
+        <v>161</v>
       </c>
       <c r="J854" t="s">
-        <v>191</v>
+        <v>36</v>
       </c>
       <c r="K854">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="L854" s="3">
-        <v>7.8E-2</v>
+        <v>1.2E-2</v>
       </c>
     </row>
     <row r="855" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B855" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C855" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D855" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E855" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F855" t="s">
-        <v>186</v>
+        <v>38</v>
       </c>
       <c r="G855" s="2">
-        <v>1574</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1363</v>
+      </c>
+      <c r="H855">
+        <v>2.68</v>
+      </c>
+      <c r="I855">
+        <v>0.55000000000000004</v>
       </c>
       <c r="J855" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="K855">
-        <v>743</v>
+        <v>61</v>
       </c>
       <c r="L855" s="3">
-        <v>0.47199999999999998</v>
+        <v>4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="856" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B856" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C856" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D856" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E856" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F856" t="s">
-        <v>186</v>
+        <v>38</v>
       </c>
       <c r="G856" s="2">
-        <v>1574</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1363</v>
+      </c>
+      <c r="H856">
+        <v>2.68</v>
+      </c>
+      <c r="I856">
+        <v>0.55000000000000004</v>
       </c>
       <c r="J856" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="K856">
-        <v>678</v>
+        <v>314</v>
       </c>
       <c r="L856" s="3">
-        <v>0.43099999999999999</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="857" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="B857" t="s">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="C857" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="D857" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="E857" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F857" t="s">
-        <v>186</v>
+        <v>38</v>
       </c>
       <c r="G857" s="2">
-        <v>1574</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>1363</v>
+      </c>
+      <c r="H857">
+        <v>2.68</v>
+      </c>
+      <c r="I857">
+        <v>0.55000000000000004</v>
       </c>
       <c r="J857" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="K857">
-        <v>247</v>
+        <v>988</v>
       </c>
       <c r="L857" s="3">
-        <v>0.157</v>
-[...645 lines deleted...]
-        <v>0.72399999999999998</v>
+        <v>0.72499999999999998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4856a8f8f2479c168cf62795d0f4dcb0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C60A99B06662F7498067D863E2360CC7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe94e30c691438e77894e468daa265af">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b5b1c2b3721a1265ec2184530f35792" ns2:_="" ns3:_="">
     <xsd:import namespace="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <xsd:import namespace="9ad29d76-2333-4199-b26e-86abc5591379"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -35415,90 +34619,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="229e9b74-61ee-4ee3-b4f7-125c81c3f29e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9ad29d76-2333-4199-b26e-86abc5591379" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B0ECFD9-A8FB-472E-9914-9B367C7E672F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{346641E9-77CB-4017-8B02-74505F2B0809}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
+    <ds:schemaRef ds:uri="9ad29d76-2333-4199-b26e-86abc5591379"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{532E4BC2-B2A1-4173-B3D5-12F1F1CEAAA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="9ad29d76-2333-4199-b26e-86abc5591379"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D07B6D5E-0C71-4993-A612-FB83E9A37F69}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B0ECFD9-A8FB-472E-9914-9B367C7E672F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Response Rates</vt:lpstr>
       <vt:lpstr>Response Rates by Segment</vt:lpstr>
       <vt:lpstr>Survey Results</vt:lpstr>
     </vt:vector>