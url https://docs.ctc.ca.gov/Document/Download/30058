--- v0 (2025-10-16)
+++ v1 (2026-02-11)
@@ -7,132 +7,126 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://calctc.sharepoint.com/sites/DataDashboards/Shared Documents/Data Dashboards/Surveys/Download Files/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://calctc.sharepoint.com/sites/DataDashboards/Shared Documents/Data Dashboards/Surveys/4.Statewide Download Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="92" documentId="13_ncr:1_{19B6F056-C016-4941-B531-C40543B69BEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FCDA68F6-B51F-4E33-AB49-89088538FDEA}"/>
+  <xr:revisionPtr revIDLastSave="111" documentId="13_ncr:1_{19B6F056-C016-4941-B531-C40543B69BEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{28D0E8B2-C696-4113-895C-713AB4D145F1}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{F7E6A203-96D1-4FE5-B6CC-9EFF186BA8D0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F7E6A203-96D1-4FE5-B6CC-9EFF186BA8D0}"/>
   </bookViews>
   <sheets>
     <sheet name="Response Rates" sheetId="1" r:id="rId1"/>
     <sheet name="Response Rates by Segment" sheetId="3" r:id="rId2"/>
     <sheet name="Survey Results" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3742" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3745" uniqueCount="107">
   <si>
     <t>Statewide Employer Survey Response Rates</t>
   </si>
   <si>
     <t>Survey</t>
   </si>
   <si>
     <t>Academic Year</t>
   </si>
   <si>
     <t>Number of Survey Responses</t>
   </si>
   <si>
     <t>Employer</t>
-  </si>
-[...1 lines deleted...]
-    <t>2019-20</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>Statewide Employer Survey Response Rates by Segment</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Number of Survey Respondents</t>
   </si>
   <si>
     <t>Percent of Survey Respondents</t>
   </si>
   <si>
     <t>California State University</t>
-  </si>
-[...1 lines deleted...]
-    <t>University Of California</t>
   </si>
   <si>
     <t>Private/Independent Institution</t>
   </si>
   <si>
     <t>Local Education Agency</t>
   </si>
   <si>
     <t>No Segment</t>
   </si>
   <si>
     <t>University of California</t>
   </si>
   <si>
     <t>Statewide Employer Survey Results</t>
   </si>
   <si>
     <t>Survey Section</t>
   </si>
   <si>
     <t>Survey Subsection</t>
   </si>
   <si>
     <t>Question Number</t>
   </si>
@@ -369,50 +363,53 @@
   </si>
   <si>
     <t>What best describe your current position? select one.</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Principal/ Superintendent</t>
   </si>
   <si>
     <t>Public (non-charter) School</t>
   </si>
   <si>
     <t>Q05</t>
   </si>
   <si>
     <t>no data</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Q08b</t>
   </si>
+  <si>
+    <t>2024-25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -453,124 +450,126 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Heading 1" xfId="2" builtinId="16"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="0.0%"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="21" formatCode="d\-mmm"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="164" formatCode="0.0%"/>
-    </dxf>
-[...1 lines deleted...]
-      <numFmt numFmtId="21" formatCode="d\-mmm"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
@@ -593,77 +592,77 @@
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{EB9F0E83-9D17-49D8-8B45-25F9DFB8089E}" name="Table1" displayName="Table1" ref="A2:C7" totalsRowShown="0" headerRowDxfId="5">
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{946D361A-ADC0-4811-8819-485CC351090F}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{A7D1564C-7580-443C-8EBE-2B81DF28F4D7}" name="Academic Year"/>
     <tableColumn id="3" xr3:uid="{A8E5D0D6-859D-425E-ACED-DD01D7A6A93D}" name="Number of Survey Responses"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{FD461973-22B9-47F0-AF83-4BD88BF6550A}" name="Table3" displayName="Table3" ref="A2:E25" totalsRowShown="0" headerRowDxfId="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{FD461973-22B9-47F0-AF83-4BD88BF6550A}" name="Table3" displayName="Table3" ref="A2:E26" totalsRowShown="0" headerRowDxfId="4">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{60160804-57EE-43C0-B1A1-1CE8D577D0AD}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{636AB251-2EC5-4408-AA4A-BC1B3C8E6CDD}" name="Academic Year"/>
     <tableColumn id="3" xr3:uid="{B47213E5-221C-4038-AC3F-8A89638322CB}" name="Segment"/>
     <tableColumn id="4" xr3:uid="{E310B6D3-5EA7-48B7-BF55-7E45B808BAFD}" name="Number of Survey Respondents"/>
-    <tableColumn id="5" xr3:uid="{6F8C8FC4-07F1-44EA-9128-B98F8895EBF4}" name="Percent of Survey Respondents" dataDxfId="0" dataCellStyle="Percent"/>
+    <tableColumn id="5" xr3:uid="{6F8C8FC4-07F1-44EA-9128-B98F8895EBF4}" name="Percent of Survey Respondents" dataDxfId="3" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{F2D80123-D583-4989-9C85-4507A1B1E63C}" name="Table2" displayName="Table2" ref="A2:L492" totalsRowShown="0" headerRowDxfId="4">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{F2D80123-D583-4989-9C85-4507A1B1E63C}" name="Table2" displayName="Table2" ref="A2:L492" totalsRowShown="0" headerRowDxfId="2">
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{E3CBD5BE-107E-40C6-93AF-31F7F9E05CE2}" name="Survey"/>
     <tableColumn id="2" xr3:uid="{1389DC3F-072B-4CDD-9A5A-F50F186C7D5C}" name="Academic Year"/>
     <tableColumn id="3" xr3:uid="{1BFCFDAF-EE1B-42FF-9FE1-79389B0FFF7F}" name="Survey Section"/>
     <tableColumn id="4" xr3:uid="{0A54EEFF-7520-4E39-9FD9-482FB5460A0F}" name="Survey Subsection"/>
     <tableColumn id="5" xr3:uid="{6534DEDE-5496-4396-BEBB-AFE7DDB502D8}" name="Question Number"/>
     <tableColumn id="6" xr3:uid="{E878CDE3-F8A0-4C3B-8F8B-8DC99009E587}" name="Question"/>
     <tableColumn id="7" xr3:uid="{9285F549-F5D4-4D82-B8F2-9E8323ED6757}" name="Total Question Respondents"/>
     <tableColumn id="8" xr3:uid="{8963F606-1E70-453F-A907-113156597525}" name="Mean"/>
     <tableColumn id="9" xr3:uid="{6F57BE11-0278-4711-8EDB-91FC4AB6017C}" name="Standard Deviation"/>
-    <tableColumn id="10" xr3:uid="{F16C41B7-5586-4C32-8A44-97E0CD6AE8AC}" name="Response" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{F16C41B7-5586-4C32-8A44-97E0CD6AE8AC}" name="Response" dataDxfId="1"/>
     <tableColumn id="11" xr3:uid="{09E61478-FCC1-4470-9835-144335E8CEF7}" name="Number of Responses"/>
-    <tableColumn id="12" xr3:uid="{E1E52988-2649-4F88-BEF0-7966F0DD1804}" name="Percent of Total Responses" dataDxfId="2" dataCellStyle="Percent"/>
+    <tableColumn id="12" xr3:uid="{E1E52988-2649-4F88-BEF0-7966F0DD1804}" name="Percent of Total Responses" dataDxfId="0" dataCellStyle="Percent"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -938,19276 +937,19290 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5FB079B8-8090-4754-9BC5-01B793795054}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="13.54296875" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
     <col min="3" max="3" width="29" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="20" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:3" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3" s="1" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>851</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C6">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>106</v>
       </c>
       <c r="C7">
-        <v>376</v>
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5563AF9-204D-4FA1-96D9-97F9CC35D00C}">
-  <dimension ref="A1:E25"/>
+  <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="31.1796875" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16.140625" customWidth="1"/>
+    <col min="3" max="3" width="30.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.140625" customWidth="1"/>
     <col min="5" max="5" width="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="20" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:5" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="E2" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="2" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3">
-        <v>409</v>
+        <v>225</v>
       </c>
       <c r="E3" s="3">
-        <v>0.55100000000000005</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.57499999999999996</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D4">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="E4" s="3">
-        <v>8.1000000000000003E-2</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+        <v>4.5999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5">
-        <v>219</v>
+        <v>121</v>
       </c>
       <c r="E5" s="3">
-        <v>0.29499999999999998</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.309</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="E6" s="3">
-        <v>7.2999999999999995E-2</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+        <v>6.9000000000000006E-2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D7">
-        <v>225</v>
+        <v>493</v>
       </c>
       <c r="E7" s="3">
-        <v>0.57499999999999996</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.57899999999999996</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D8">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="E8" s="3">
-        <v>4.5999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+        <v>6.9000000000000006E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D9">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="E9" s="3">
-        <v>0.309</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.26100000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D10">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="E10" s="3">
-        <v>6.9000000000000006E-2</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+        <v>8.5000000000000006E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D11">
-        <v>493</v>
+        <v>5</v>
       </c>
       <c r="E11" s="3">
-        <v>0.57899999999999996</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D12">
-        <v>59</v>
+        <v>216</v>
       </c>
       <c r="E12" s="3">
-        <v>6.9000000000000006E-2</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.56399999999999995</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D13">
-        <v>222</v>
+        <v>30</v>
       </c>
       <c r="E13" s="3">
-        <v>0.26100000000000001</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
+        <v>7.8E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D14">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="E14" s="3">
-        <v>8.5000000000000006E-2</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.27200000000000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D15">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="E15" s="3">
-        <v>6.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.35">
+        <v>8.4000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16">
+        <v>1</v>
+      </c>
+      <c r="E16" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>4</v>
+      </c>
+      <c r="B17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17">
+        <v>218</v>
+      </c>
+      <c r="E17" s="3">
+        <v>0.57999999999999996</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>4</v>
+      </c>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18">
+        <v>22</v>
+      </c>
+      <c r="E18" s="3">
+        <v>5.8999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
         <v>13</v>
       </c>
-      <c r="D16">
-[...16 lines deleted...]
-      <c r="D17">
+      <c r="D19">
+        <v>105</v>
+      </c>
+      <c r="E19" s="3">
+        <v>0.27900000000000003</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20">
         <v>30</v>
       </c>
-      <c r="E17" s="3">
-[...10 lines deleted...]
-      <c r="C18" t="s">
+      <c r="E20" s="3">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
         <v>15</v>
       </c>
-      <c r="D18">
-[...33 lines deleted...]
-      <c r="D20">
+      <c r="D21">
         <v>1</v>
       </c>
-      <c r="E20" s="3">
+      <c r="E21" s="3">
         <v>3.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
-[...16 lines deleted...]
-    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>106</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D22">
-        <v>22</v>
+        <v>215</v>
       </c>
       <c r="E22" s="3">
-        <v>5.8999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.52700000000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D23">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="E23" s="3">
-        <v>0.27900000000000003</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D24">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="E24" s="3">
-        <v>0.08</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5" x14ac:dyDescent="0.35">
+        <v>0.30399999999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>106</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D25">
+        <v>37</v>
+      </c>
+      <c r="E25" s="3">
+        <v>9.0999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>4</v>
+      </c>
+      <c r="B26" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26">
         <v>1</v>
       </c>
-      <c r="E25" s="3">
-        <v>3.0000000000000001E-3</v>
+      <c r="E26" s="3">
+        <v>2E-3</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{704897C0-C4BA-4910-B883-4EBBF06BC278}">
   <dimension ref="A1:L492"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="16.1796875" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" customWidth="1"/>
+    <col min="4" max="4" width="16.140625" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
-    <col min="6" max="6" width="24.1796875" customWidth="1"/>
-    <col min="7" max="7" width="28.1796875" customWidth="1"/>
+    <col min="6" max="6" width="24.140625" customWidth="1"/>
+    <col min="7" max="7" width="28.140625" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
-    <col min="10" max="10" width="11.7265625" customWidth="1"/>
-    <col min="11" max="11" width="22.54296875" customWidth="1"/>
+    <col min="10" max="10" width="11.7109375" customWidth="1"/>
+    <col min="11" max="11" width="22.5703125" customWidth="1"/>
     <col min="12" max="12" width="27" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="20" thickBot="1" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:12" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:12" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="I2" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="K2" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="L2" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="K2" s="1" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
         <v>30</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3">
+        <v>382</v>
+      </c>
+      <c r="H3">
+        <v>3.86</v>
+      </c>
+      <c r="I3">
+        <v>0.82</v>
+      </c>
+      <c r="J3" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4">
+        <v>382</v>
+      </c>
+      <c r="H4">
+        <v>3.86</v>
+      </c>
+      <c r="I4">
+        <v>0.82</v>
+      </c>
+      <c r="J4" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="L4" s="3">
         <v>2.5999999999999999E-2</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G5">
-        <v>731</v>
+        <v>382</v>
       </c>
       <c r="H5">
-        <v>3.97</v>
+        <v>3.86</v>
       </c>
       <c r="I5">
-        <v>0.81</v>
+        <v>0.82</v>
       </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K5">
-        <v>181</v>
+        <v>115</v>
       </c>
       <c r="L5" s="3">
-        <v>0.248</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.30099999999999999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
         <v>30</v>
       </c>
-      <c r="D6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G6">
-        <v>731</v>
+        <v>382</v>
       </c>
       <c r="H6">
-        <v>3.97</v>
+        <v>3.86</v>
       </c>
       <c r="I6">
-        <v>0.81</v>
+        <v>0.82</v>
       </c>
       <c r="J6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K6">
-        <v>329</v>
+        <v>167</v>
       </c>
       <c r="L6" s="3">
-        <v>0.45</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.437</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>5</v>
       </c>
       <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>82</v>
+      </c>
+      <c r="F7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G7">
-        <v>731</v>
+        <v>382</v>
       </c>
       <c r="H7">
-        <v>3.97</v>
+        <v>3.86</v>
       </c>
       <c r="I7">
-        <v>0.81</v>
+        <v>0.82</v>
       </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K7">
-        <v>200</v>
+        <v>88</v>
       </c>
       <c r="L7" s="3">
-        <v>0.27400000000000002</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>5</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8">
+        <v>383</v>
+      </c>
+      <c r="H8">
+        <v>3.8</v>
+      </c>
+      <c r="I8">
+        <v>0.91</v>
+      </c>
+      <c r="J8" t="s">
         <v>31</v>
       </c>
-      <c r="E8" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L8" s="3">
-        <v>1E-3</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>5</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G9">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H9">
-        <v>3.91</v>
+        <v>3.8</v>
       </c>
       <c r="I9">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K9">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="L9" s="3">
-        <v>5.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000007E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>5</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G10">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H10">
-        <v>3.91</v>
+        <v>3.8</v>
       </c>
       <c r="I10">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J10" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K10">
-        <v>191</v>
+        <v>109</v>
       </c>
       <c r="L10" s="3">
-        <v>0.26200000000000001</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28499999999999998</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>5</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G11">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H11">
-        <v>3.91</v>
+        <v>3.8</v>
       </c>
       <c r="I11">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J11" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K11">
-        <v>293</v>
+        <v>152</v>
       </c>
       <c r="L11" s="3">
-        <v>0.40100000000000002</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.39700000000000002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>5</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G12">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H12">
-        <v>3.91</v>
+        <v>3.8</v>
       </c>
       <c r="I12">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
       <c r="J12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K12">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c r="L12" s="3">
-        <v>0.28199999999999997</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.24299999999999999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>5</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13">
+        <v>382</v>
+      </c>
+      <c r="H13">
+        <v>3.62</v>
+      </c>
+      <c r="I13">
+        <v>0.92</v>
+      </c>
+      <c r="J13" t="s">
         <v>31</v>
       </c>
-      <c r="E13" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K13">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L13" s="3">
-        <v>8.0000000000000002E-3</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>5</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G14">
-        <v>730</v>
+        <v>382</v>
       </c>
       <c r="H14">
-        <v>3.69</v>
+        <v>3.62</v>
       </c>
       <c r="I14">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K14">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="L14" s="3">
-        <v>0.1</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.9000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>5</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G15">
-        <v>730</v>
+        <v>382</v>
       </c>
       <c r="H15">
-        <v>3.69</v>
+        <v>3.62</v>
       </c>
       <c r="I15">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K15">
-        <v>220</v>
+        <v>137</v>
       </c>
       <c r="L15" s="3">
-        <v>0.30099999999999999</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35899999999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>5</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G16">
-        <v>730</v>
+        <v>382</v>
       </c>
       <c r="H16">
-        <v>3.69</v>
+        <v>3.62</v>
       </c>
       <c r="I16">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K16">
-        <v>272</v>
+        <v>132</v>
       </c>
       <c r="L16" s="3">
-        <v>0.373</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34599999999999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>5</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G17">
-        <v>730</v>
+        <v>382</v>
       </c>
       <c r="H17">
-        <v>3.69</v>
+        <v>3.62</v>
       </c>
       <c r="I17">
-        <v>0.95</v>
+        <v>0.92</v>
       </c>
       <c r="J17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K17">
-        <v>159</v>
+        <v>73</v>
       </c>
       <c r="L17" s="3">
-        <v>0.218</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.191</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>5</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D18" t="s">
+        <v>29</v>
+      </c>
+      <c r="E18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18">
+        <v>383</v>
+      </c>
+      <c r="H18">
+        <v>3.57</v>
+      </c>
+      <c r="I18">
+        <v>0.97</v>
+      </c>
+      <c r="J18" t="s">
         <v>31</v>
       </c>
-      <c r="E18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L18" s="3">
-        <v>7.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>5</v>
       </c>
       <c r="C19" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G19">
-        <v>728</v>
+        <v>383</v>
       </c>
       <c r="H19">
-        <v>3.7</v>
+        <v>3.57</v>
       </c>
       <c r="I19">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K19">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="L19" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>5</v>
       </c>
       <c r="C20" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G20">
-        <v>728</v>
+        <v>383</v>
       </c>
       <c r="H20">
-        <v>3.7</v>
+        <v>3.57</v>
       </c>
       <c r="I20">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="J20" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K20">
-        <v>236</v>
+        <v>129</v>
       </c>
       <c r="L20" s="3">
-        <v>0.32400000000000001</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33700000000000002</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>5</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F21" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G21">
-        <v>728</v>
+        <v>383</v>
       </c>
       <c r="H21">
-        <v>3.7</v>
+        <v>3.57</v>
       </c>
       <c r="I21">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="J21" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K21">
-        <v>251</v>
+        <v>130</v>
       </c>
       <c r="L21" s="3">
-        <v>0.34499999999999997</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33900000000000002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>5</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D22" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E22" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G22">
-        <v>728</v>
+        <v>383</v>
       </c>
       <c r="H22">
-        <v>3.7</v>
+        <v>3.57</v>
       </c>
       <c r="I22">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="J22" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K22">
-        <v>168</v>
+        <v>72</v>
       </c>
       <c r="L22" s="3">
-        <v>0.23100000000000001</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.188</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>5</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" t="s">
         <v>41</v>
       </c>
-      <c r="E23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H23">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
       <c r="I23">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L23" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>5</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>86</v>
+      </c>
+      <c r="F24" t="s">
         <v>41</v>
       </c>
-      <c r="E24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G24">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H24">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
       <c r="I24">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="J24" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K24">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="L24" s="3">
-        <v>5.0999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.6999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>5</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>86</v>
+      </c>
+      <c r="F25" t="s">
         <v>41</v>
       </c>
-      <c r="E25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H25">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
       <c r="I25">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="J25" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K25">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="L25" s="3">
-        <v>0.186</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.24399999999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>5</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>86</v>
+      </c>
+      <c r="F26" t="s">
         <v>41</v>
       </c>
-      <c r="E26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H26">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
       <c r="I26">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="J26" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K26">
-        <v>307</v>
+        <v>156</v>
       </c>
       <c r="L26" s="3">
-        <v>0.42099999999999999</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.40899999999999997</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>5</v>
       </c>
       <c r="C27" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D27" t="s">
+        <v>39</v>
+      </c>
+      <c r="E27" t="s">
+        <v>86</v>
+      </c>
+      <c r="F27" t="s">
         <v>41</v>
       </c>
-      <c r="E27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H27">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
       <c r="I27">
-        <v>0.87</v>
+        <v>0.85</v>
       </c>
       <c r="J27" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K27">
-        <v>247</v>
+        <v>117</v>
       </c>
       <c r="L27" s="3">
-        <v>0.33800000000000002</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.307</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>5</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D28" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E28" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F28" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G28">
-        <v>728</v>
+        <v>382</v>
       </c>
       <c r="H28">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I28">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L28" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>5</v>
       </c>
       <c r="C29" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D29" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E29" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F29" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G29">
-        <v>728</v>
+        <v>382</v>
       </c>
       <c r="H29">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I29">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J29" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K29">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="L29" s="3">
-        <v>4.8000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>5</v>
       </c>
       <c r="C30" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D30" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F30" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G30">
-        <v>728</v>
+        <v>382</v>
       </c>
       <c r="H30">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I30">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J30" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K30">
-        <v>175</v>
+        <v>107</v>
       </c>
       <c r="L30" s="3">
-        <v>0.24</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28000000000000003</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>5</v>
       </c>
       <c r="C31" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D31" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E31" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F31" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G31">
-        <v>728</v>
+        <v>382</v>
       </c>
       <c r="H31">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I31">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J31" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K31">
-        <v>289</v>
+        <v>149</v>
       </c>
       <c r="L31" s="3">
-        <v>0.39700000000000002</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>5</v>
       </c>
       <c r="C32" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D32" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E32" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G32">
-        <v>728</v>
+        <v>382</v>
       </c>
       <c r="H32">
-        <v>3.96</v>
+        <v>3.86</v>
       </c>
       <c r="I32">
-        <v>0.88</v>
+        <v>0.89</v>
       </c>
       <c r="J32" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K32">
-        <v>226</v>
+        <v>102</v>
       </c>
       <c r="L32" s="3">
-        <v>0.31</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.26700000000000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>5</v>
       </c>
       <c r="C33" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
         <v>45</v>
       </c>
-      <c r="E33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33">
-        <v>729</v>
+        <v>383</v>
       </c>
       <c r="H33">
-        <v>3.94</v>
+        <v>3.79</v>
       </c>
       <c r="I33">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J33" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L33" s="3">
-        <v>1E-3</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>5</v>
       </c>
       <c r="C34" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D34" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
         <v>45</v>
       </c>
-      <c r="E34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G34">
-        <v>729</v>
+        <v>383</v>
       </c>
       <c r="H34">
-        <v>3.94</v>
+        <v>3.79</v>
       </c>
       <c r="I34">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J34" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K34">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="L34" s="3">
-        <v>4.7E-2</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000007E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>5</v>
       </c>
       <c r="C35" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D35" t="s">
+        <v>43</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
         <v>45</v>
       </c>
-      <c r="E35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35">
-        <v>729</v>
+        <v>383</v>
       </c>
       <c r="H35">
-        <v>3.94</v>
+        <v>3.79</v>
       </c>
       <c r="I35">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K35">
-        <v>177</v>
+        <v>109</v>
       </c>
       <c r="L35" s="3">
-        <v>0.24299999999999999</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28499999999999998</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
         <v>5</v>
       </c>
       <c r="C36" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D36" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
         <v>45</v>
       </c>
-      <c r="E36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36">
-        <v>729</v>
+        <v>383</v>
       </c>
       <c r="H36">
-        <v>3.94</v>
+        <v>3.79</v>
       </c>
       <c r="I36">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J36" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K36">
-        <v>314</v>
+        <v>166</v>
       </c>
       <c r="L36" s="3">
-        <v>0.43099999999999999</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.433</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>5</v>
       </c>
       <c r="C37" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
         <v>45</v>
       </c>
-      <c r="E37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37">
-        <v>729</v>
+        <v>383</v>
       </c>
       <c r="H37">
-        <v>3.94</v>
+        <v>3.79</v>
       </c>
       <c r="I37">
-        <v>0.85</v>
+        <v>0.86</v>
       </c>
       <c r="J37" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K37">
-        <v>203</v>
+        <v>81</v>
       </c>
       <c r="L37" s="3">
-        <v>0.27800000000000002</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.21099999999999999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>5</v>
       </c>
       <c r="C38" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D38" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E38" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F38" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G38">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H38">
-        <v>3.94</v>
+        <v>3.78</v>
       </c>
       <c r="I38">
-        <v>0.83</v>
+        <v>0.86</v>
       </c>
       <c r="J38" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K38">
         <v>2</v>
       </c>
       <c r="L38" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>5</v>
       </c>
       <c r="C39" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D39" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E39" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F39" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G39">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H39">
-        <v>3.94</v>
+        <v>3.78</v>
       </c>
       <c r="I39">
-        <v>0.83</v>
+        <v>0.86</v>
       </c>
       <c r="J39" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K39">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="L39" s="3">
-        <v>3.5999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.3E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
         <v>5</v>
       </c>
       <c r="C40" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D40" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E40" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F40" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G40">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H40">
-        <v>3.94</v>
+        <v>3.78</v>
       </c>
       <c r="I40">
-        <v>0.83</v>
+        <v>0.86</v>
       </c>
       <c r="J40" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K40">
-        <v>189</v>
+        <v>107</v>
       </c>
       <c r="L40" s="3">
-        <v>0.25900000000000001</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27900000000000003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>5</v>
       </c>
       <c r="C41" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D41" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E41" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F41" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G41">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H41">
-        <v>3.94</v>
+        <v>3.78</v>
       </c>
       <c r="I41">
-        <v>0.83</v>
+        <v>0.86</v>
       </c>
       <c r="J41" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K41">
-        <v>313</v>
+        <v>172</v>
       </c>
       <c r="L41" s="3">
-        <v>0.42899999999999999</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.44900000000000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>5</v>
       </c>
       <c r="C42" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D42" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E42" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F42" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G42">
-        <v>730</v>
+        <v>383</v>
       </c>
       <c r="H42">
-        <v>3.94</v>
+        <v>3.78</v>
       </c>
       <c r="I42">
-        <v>0.83</v>
+        <v>0.86</v>
       </c>
       <c r="J42" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K42">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="L42" s="3">
-        <v>0.27400000000000002</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.20399999999999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
         <v>5</v>
       </c>
       <c r="C43" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D43" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E43" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F43" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G43">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H43">
-        <v>3.76</v>
+        <v>3.68</v>
       </c>
       <c r="I43">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="J43" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L43" s="3">
         <v>3.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
         <v>5</v>
       </c>
       <c r="C44" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D44" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E44" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F44" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G44">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H44">
-        <v>3.76</v>
+        <v>3.68</v>
       </c>
       <c r="I44">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="J44" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K44">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="L44" s="3">
-        <v>6.7000000000000004E-2</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.6999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>5</v>
       </c>
       <c r="C45" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D45" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E45" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F45" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G45">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H45">
-        <v>3.76</v>
+        <v>3.68</v>
       </c>
       <c r="I45">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="J45" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K45">
-        <v>229</v>
+        <v>126</v>
       </c>
       <c r="L45" s="3">
-        <v>0.313</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33200000000000002</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>5</v>
       </c>
       <c r="C46" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E46" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F46" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G46">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H46">
-        <v>3.76</v>
+        <v>3.68</v>
       </c>
       <c r="I46">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="J46" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K46">
-        <v>293</v>
+        <v>157</v>
       </c>
       <c r="L46" s="3">
-        <v>0.40100000000000002</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.41399999999999998</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
         <v>5</v>
       </c>
       <c r="C47" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D47" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E47" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F47" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G47">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H47">
-        <v>3.76</v>
+        <v>3.68</v>
       </c>
       <c r="I47">
-        <v>0.88</v>
+        <v>0.86</v>
       </c>
       <c r="J47" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K47">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="L47" s="3">
-        <v>0.216</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
         <v>5</v>
       </c>
       <c r="C48" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D48" t="s">
+        <v>46</v>
+      </c>
+      <c r="E48" t="s">
+        <v>91</v>
+      </c>
+      <c r="F48" t="s">
         <v>48</v>
       </c>
-      <c r="E48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G48">
-        <v>730</v>
+        <v>378</v>
       </c>
       <c r="H48">
-        <v>3.82</v>
+        <v>3.71</v>
       </c>
       <c r="I48">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="J48" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K48">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="L48" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
         <v>5</v>
       </c>
       <c r="C49" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D49" t="s">
+        <v>46</v>
+      </c>
+      <c r="E49" t="s">
+        <v>91</v>
+      </c>
+      <c r="F49" t="s">
         <v>48</v>
       </c>
-      <c r="E49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49">
-        <v>730</v>
+        <v>378</v>
       </c>
       <c r="H49">
-        <v>3.82</v>
+        <v>3.71</v>
       </c>
       <c r="I49">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="J49" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K49">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="L49" s="3">
-        <v>7.0000000000000007E-2</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.10299999999999999</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>5</v>
       </c>
       <c r="C50" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D50" t="s">
+        <v>46</v>
+      </c>
+      <c r="E50" t="s">
+        <v>91</v>
+      </c>
+      <c r="F50" t="s">
         <v>48</v>
       </c>
-      <c r="E50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G50">
-        <v>730</v>
+        <v>378</v>
       </c>
       <c r="H50">
-        <v>3.82</v>
+        <v>3.71</v>
       </c>
       <c r="I50">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="J50" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K50">
-        <v>199</v>
+        <v>103</v>
       </c>
       <c r="L50" s="3">
-        <v>0.27300000000000002</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27200000000000002</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>5</v>
       </c>
       <c r="C51" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D51" t="s">
+        <v>46</v>
+      </c>
+      <c r="E51" t="s">
+        <v>91</v>
+      </c>
+      <c r="F51" t="s">
         <v>48</v>
       </c>
-      <c r="E51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G51">
-        <v>730</v>
+        <v>378</v>
       </c>
       <c r="H51">
-        <v>3.82</v>
+        <v>3.71</v>
       </c>
       <c r="I51">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="J51" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K51">
-        <v>299</v>
+        <v>165</v>
       </c>
       <c r="L51" s="3">
-        <v>0.41</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.437</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
         <v>5</v>
       </c>
       <c r="C52" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D52" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" t="s">
+        <v>91</v>
+      </c>
+      <c r="F52" t="s">
         <v>48</v>
       </c>
-      <c r="E52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G52">
-        <v>730</v>
+        <v>378</v>
       </c>
       <c r="H52">
-        <v>3.82</v>
+        <v>3.71</v>
       </c>
       <c r="I52">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="J52" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K52">
-        <v>178</v>
+        <v>71</v>
       </c>
       <c r="L52" s="3">
-        <v>0.24399999999999999</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.188</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
         <v>5</v>
       </c>
       <c r="C53" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D53" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E53" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F53" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G53">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H53">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="I53">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J53" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K53">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L53" s="3">
-        <v>1.2E-2</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
         <v>5</v>
       </c>
       <c r="C54" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D54" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E54" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F54" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G54">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H54">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="I54">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J54" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K54">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="L54" s="3">
-        <v>0.108</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.127</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>5</v>
       </c>
       <c r="C55" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D55" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E55" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F55" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G55">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H55">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="I55">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J55" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K55">
-        <v>253</v>
+        <v>138</v>
       </c>
       <c r="L55" s="3">
-        <v>0.34599999999999997</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36399999999999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
         <v>5</v>
       </c>
       <c r="C56" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D56" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E56" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G56">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H56">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="I56">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J56" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K56">
-        <v>248</v>
+        <v>133</v>
       </c>
       <c r="L56" s="3">
-        <v>0.33900000000000002</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35099999999999998</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
         <v>5</v>
       </c>
       <c r="C57" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D57" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E57" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F57" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G57">
-        <v>731</v>
+        <v>379</v>
       </c>
       <c r="H57">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="I57">
-        <v>0.96</v>
+        <v>0.93</v>
       </c>
       <c r="J57" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K57">
-        <v>142</v>
+        <v>56</v>
       </c>
       <c r="L57" s="3">
-        <v>0.19400000000000001</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14799999999999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
         <v>5</v>
       </c>
       <c r="C58" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D58" t="s">
+        <v>49</v>
+      </c>
+      <c r="E58" t="s">
+        <v>93</v>
+      </c>
+      <c r="F58" t="s">
         <v>51</v>
       </c>
-      <c r="E58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G58">
-        <v>729</v>
+        <v>378</v>
       </c>
       <c r="H58">
-        <v>3.71</v>
+        <v>3.62</v>
       </c>
       <c r="I58">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J58" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L58" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
         <v>5</v>
       </c>
       <c r="C59" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D59" t="s">
+        <v>49</v>
+      </c>
+      <c r="E59" t="s">
+        <v>93</v>
+      </c>
+      <c r="F59" t="s">
         <v>51</v>
       </c>
-      <c r="E59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59">
-        <v>729</v>
+        <v>378</v>
       </c>
       <c r="H59">
-        <v>3.71</v>
+        <v>3.62</v>
       </c>
       <c r="I59">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J59" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K59">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="L59" s="3">
-        <v>8.2000000000000003E-2</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
         <v>5</v>
       </c>
       <c r="C60" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D60" t="s">
+        <v>49</v>
+      </c>
+      <c r="E60" t="s">
+        <v>93</v>
+      </c>
+      <c r="F60" t="s">
         <v>51</v>
       </c>
-      <c r="E60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G60">
-        <v>729</v>
+        <v>378</v>
       </c>
       <c r="H60">
-        <v>3.71</v>
+        <v>3.62</v>
       </c>
       <c r="I60">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J60" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K60">
-        <v>242</v>
+        <v>127</v>
       </c>
       <c r="L60" s="3">
-        <v>0.33200000000000002</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33600000000000002</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
         <v>5</v>
       </c>
       <c r="C61" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D61" t="s">
+        <v>49</v>
+      </c>
+      <c r="E61" t="s">
+        <v>93</v>
+      </c>
+      <c r="F61" t="s">
         <v>51</v>
       </c>
-      <c r="E61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61">
-        <v>729</v>
+        <v>378</v>
       </c>
       <c r="H61">
-        <v>3.71</v>
+        <v>3.62</v>
       </c>
       <c r="I61">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J61" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K61">
-        <v>261</v>
+        <v>146</v>
       </c>
       <c r="L61" s="3">
-        <v>0.35799999999999998</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38600000000000001</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
         <v>5</v>
       </c>
       <c r="C62" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D62" t="s">
+        <v>49</v>
+      </c>
+      <c r="E62" t="s">
+        <v>93</v>
+      </c>
+      <c r="F62" t="s">
         <v>51</v>
       </c>
-      <c r="E62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G62">
-        <v>729</v>
+        <v>378</v>
       </c>
       <c r="H62">
-        <v>3.71</v>
+        <v>3.62</v>
       </c>
       <c r="I62">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J62" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K62">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="L62" s="3">
-        <v>0.224</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17499999999999999</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>4</v>
       </c>
       <c r="B63" t="s">
         <v>5</v>
       </c>
       <c r="C63" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D63" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E63" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F63" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G63">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H63">
-        <v>3.74</v>
+        <v>3.66</v>
       </c>
       <c r="I63">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J63" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K63">
         <v>4</v>
       </c>
       <c r="L63" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>4</v>
       </c>
       <c r="B64" t="s">
         <v>5</v>
       </c>
       <c r="C64" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D64" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E64" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F64" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G64">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H64">
-        <v>3.74</v>
+        <v>3.66</v>
       </c>
       <c r="I64">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J64" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K64">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="L64" s="3">
-        <v>8.2000000000000003E-2</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.7000000000000003E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>4</v>
       </c>
       <c r="B65" t="s">
         <v>5</v>
       </c>
       <c r="C65" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D65" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E65" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F65" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G65">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H65">
-        <v>3.74</v>
+        <v>3.66</v>
       </c>
       <c r="I65">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J65" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K65">
-        <v>222</v>
+        <v>111</v>
       </c>
       <c r="L65" s="3">
-        <v>0.30499999999999999</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29199999999999998</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>4</v>
       </c>
       <c r="B66" t="s">
         <v>5</v>
       </c>
       <c r="C66" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E66" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F66" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G66">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H66">
-        <v>3.74</v>
+        <v>3.66</v>
       </c>
       <c r="I66">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J66" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K66">
-        <v>275</v>
+        <v>162</v>
       </c>
       <c r="L66" s="3">
-        <v>0.377</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.42599999999999999</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>4</v>
       </c>
       <c r="B67" t="s">
         <v>5</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E67" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F67" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G67">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H67">
-        <v>3.74</v>
+        <v>3.66</v>
       </c>
       <c r="I67">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="J67" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K67">
-        <v>168</v>
+        <v>66</v>
       </c>
       <c r="L67" s="3">
-        <v>0.23</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>4</v>
       </c>
       <c r="B68" t="s">
         <v>5</v>
       </c>
       <c r="C68" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D68" t="s">
+        <v>52</v>
+      </c>
+      <c r="E68" t="s">
+        <v>95</v>
+      </c>
+      <c r="F68" t="s">
         <v>54</v>
       </c>
-      <c r="E68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G68">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H68">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I68">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="J68" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K68">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="L68" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>4</v>
       </c>
       <c r="B69" t="s">
         <v>5</v>
       </c>
       <c r="C69" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D69" t="s">
+        <v>52</v>
+      </c>
+      <c r="E69" t="s">
+        <v>95</v>
+      </c>
+      <c r="F69" t="s">
         <v>54</v>
       </c>
-      <c r="E69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G69">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H69">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I69">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="J69" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K69">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="L69" s="3">
-        <v>0.03</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>4</v>
       </c>
       <c r="B70" t="s">
         <v>5</v>
       </c>
       <c r="C70" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D70" t="s">
+        <v>52</v>
+      </c>
+      <c r="E70" t="s">
+        <v>95</v>
+      </c>
+      <c r="F70" t="s">
         <v>54</v>
       </c>
-      <c r="E70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G70">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H70">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I70">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="J70" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K70">
-        <v>155</v>
+        <v>84</v>
       </c>
       <c r="L70" s="3">
-        <v>0.21299999999999999</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.221</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>4</v>
       </c>
       <c r="B71" t="s">
         <v>5</v>
       </c>
       <c r="C71" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D71" t="s">
+        <v>52</v>
+      </c>
+      <c r="E71" t="s">
+        <v>95</v>
+      </c>
+      <c r="F71" t="s">
         <v>54</v>
       </c>
-      <c r="E71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G71">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H71">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I71">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="J71" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K71">
-        <v>286</v>
+        <v>141</v>
       </c>
       <c r="L71" s="3">
-        <v>0.39200000000000002</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.371</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>4</v>
       </c>
       <c r="B72" t="s">
         <v>5</v>
       </c>
       <c r="C72" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D72" t="s">
+        <v>52</v>
+      </c>
+      <c r="E72" t="s">
+        <v>95</v>
+      </c>
+      <c r="F72" t="s">
         <v>54</v>
       </c>
-      <c r="E72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G72">
-        <v>729</v>
+        <v>380</v>
       </c>
       <c r="H72">
-        <v>4.09</v>
+        <v>4.0199999999999996</v>
       </c>
       <c r="I72">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="J72" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K72">
-        <v>266</v>
+        <v>134</v>
       </c>
       <c r="L72" s="3">
-        <v>0.36499999999999999</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35299999999999998</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>4</v>
       </c>
       <c r="B73" t="s">
         <v>5</v>
       </c>
       <c r="C73" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D73" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E73" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F73" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G73">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H73">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I73">
         <v>0.92</v>
       </c>
       <c r="J73" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>4</v>
       </c>
       <c r="B74" t="s">
         <v>5</v>
       </c>
       <c r="C74" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D74" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E74" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F74" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G74">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H74">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I74">
         <v>0.92</v>
       </c>
       <c r="J74" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K74">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="L74" s="3">
-        <v>5.0999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>4</v>
       </c>
       <c r="B75" t="s">
         <v>5</v>
       </c>
       <c r="C75" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D75" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E75" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F75" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G75">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H75">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I75">
         <v>0.92</v>
       </c>
       <c r="J75" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K75">
-        <v>153</v>
+        <v>98</v>
       </c>
       <c r="L75" s="3">
-        <v>0.21</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.25700000000000001</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>4</v>
       </c>
       <c r="B76" t="s">
         <v>5</v>
       </c>
       <c r="C76" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D76" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E76" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F76" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G76">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H76">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I76">
         <v>0.92</v>
       </c>
       <c r="J76" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K76">
-        <v>237</v>
+        <v>133</v>
       </c>
       <c r="L76" s="3">
-        <v>0.32500000000000001</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34899999999999998</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>4</v>
       </c>
       <c r="B77" t="s">
         <v>5</v>
       </c>
       <c r="C77" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D77" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E77" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F77" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G77">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H77">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I77">
         <v>0.92</v>
       </c>
       <c r="J77" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="K77">
-        <v>297</v>
+        <v>127</v>
       </c>
       <c r="L77" s="3">
-        <v>0.40699999999999997</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>4</v>
       </c>
       <c r="B78" t="s">
         <v>5</v>
       </c>
       <c r="C78" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D78" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E78" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F78" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G78">
-        <v>730</v>
+        <v>381</v>
       </c>
       <c r="H78">
-        <v>4.09</v>
+        <v>3.96</v>
       </c>
       <c r="I78">
         <v>0.92</v>
       </c>
       <c r="J78" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="K78">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L78" s="3">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="79" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>4</v>
       </c>
       <c r="B79" t="s">
         <v>5</v>
       </c>
       <c r="C79" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D79" t="s">
+        <v>58</v>
+      </c>
+      <c r="E79" t="s">
+        <v>63</v>
+      </c>
+      <c r="F79" t="s">
+        <v>98</v>
+      </c>
+      <c r="G79">
+        <v>389</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J79" t="s">
         <v>60</v>
       </c>
-      <c r="E79" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K79">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L79" s="3">
-        <v>1.7000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>4</v>
       </c>
       <c r="B80" t="s">
         <v>5</v>
       </c>
       <c r="C80" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D80" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E80" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F80" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G80">
-        <v>747</v>
+        <v>389</v>
       </c>
       <c r="H80" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J80" t="s">
         <v>61</v>
       </c>
-      <c r="I80" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K80">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L80" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>4</v>
       </c>
       <c r="B81" t="s">
         <v>5</v>
       </c>
       <c r="C81" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D81" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E81" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F81" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G81">
-        <v>747</v>
+        <v>389</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J81" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K81">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="L81" s="3">
-        <v>7.0000000000000007E-2</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>4</v>
       </c>
       <c r="B82" t="s">
         <v>5</v>
       </c>
       <c r="C82" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D82" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E82" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F82" t="s">
+        <v>98</v>
+      </c>
+      <c r="G82">
+        <v>389</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J82" t="s">
         <v>100</v>
       </c>
-      <c r="G82">
-[...10 lines deleted...]
-      </c>
       <c r="K82">
-        <v>654</v>
+        <v>331</v>
       </c>
       <c r="L82" s="3">
-        <v>0.876</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.85099999999999998</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>4</v>
       </c>
       <c r="B83" t="s">
         <v>5</v>
       </c>
       <c r="C83" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D83" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E83" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F83" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G83">
-        <v>747</v>
+        <v>389</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J83" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="K83">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="L83" s="3">
-        <v>3.2000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.3999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>4</v>
       </c>
       <c r="B84" t="s">
         <v>5</v>
       </c>
       <c r="C84" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D84" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E84" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F84" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G84">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J84" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="K84">
-        <v>97</v>
+        <v>55</v>
       </c>
       <c r="L84" s="3">
-        <v>0.13</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14099999999999999</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>4</v>
       </c>
       <c r="B85" t="s">
         <v>5</v>
       </c>
       <c r="C85" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D85" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E85" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F85" t="s">
+        <v>64</v>
+      </c>
+      <c r="G85">
+        <v>390</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J85" t="s">
         <v>66</v>
       </c>
-      <c r="G85">
-[...10 lines deleted...]
-      </c>
       <c r="K85">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="L85" s="3">
-        <v>0.08</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.121</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>4</v>
       </c>
       <c r="B86" t="s">
         <v>5</v>
       </c>
       <c r="C86" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D86" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E86" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F86" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G86">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J86" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K86">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L86" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>4</v>
       </c>
       <c r="B87" t="s">
         <v>5</v>
       </c>
       <c r="C87" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D87" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E87" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F87" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G87">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J87" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K87">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L87" s="3">
-        <v>1.2E-2</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.5999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>4</v>
       </c>
       <c r="B88" t="s">
         <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D88" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E88" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F88" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G88">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J88" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K88">
         <v>0</v>
       </c>
       <c r="L88" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="89" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>4</v>
       </c>
       <c r="B89" t="s">
         <v>5</v>
       </c>
       <c r="C89" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D89" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E89" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F89" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G89">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J89" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="K89">
-        <v>572</v>
+        <v>273</v>
       </c>
       <c r="L89" s="3">
-        <v>0.76700000000000002</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>4</v>
       </c>
       <c r="B90" t="s">
         <v>5</v>
       </c>
       <c r="C90" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D90" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E90" t="s">
+        <v>72</v>
+      </c>
+      <c r="F90" t="s">
+        <v>73</v>
+      </c>
+      <c r="G90">
+        <v>389</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J90" t="s">
         <v>74</v>
       </c>
-      <c r="F90" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K90">
-        <v>276</v>
+        <v>86</v>
       </c>
       <c r="L90" s="3">
-        <v>0.371</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.221</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>4</v>
       </c>
       <c r="B91" t="s">
         <v>5</v>
       </c>
       <c r="C91" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D91" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E91" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F91" t="s">
+        <v>73</v>
+      </c>
+      <c r="G91">
+        <v>389</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J91" t="s">
         <v>75</v>
       </c>
-      <c r="G91">
-[...10 lines deleted...]
-      </c>
       <c r="K91">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="L91" s="3">
-        <v>0.125</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>4</v>
       </c>
       <c r="B92" t="s">
         <v>5</v>
       </c>
       <c r="C92" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D92" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E92" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F92" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G92">
-        <v>744</v>
+        <v>389</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J92" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K92">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="L92" s="3">
-        <v>1.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>4</v>
       </c>
       <c r="B93" t="s">
         <v>5</v>
       </c>
       <c r="C93" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D93" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E93" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G93">
-        <v>744</v>
+        <v>389</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J93" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K93">
-        <v>365</v>
+        <v>271</v>
       </c>
       <c r="L93" s="3">
-        <v>0.49099999999999999</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.69699999999999995</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>4</v>
       </c>
       <c r="B94" t="s">
         <v>5</v>
       </c>
       <c r="C94" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D94" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E94" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F94" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G94">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J94">
         <v>1</v>
       </c>
       <c r="K94">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="L94" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000007E-2</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>4</v>
       </c>
       <c r="B95" t="s">
         <v>5</v>
       </c>
       <c r="C95" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D95" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E95" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F95" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G95">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J95">
         <v>2</v>
       </c>
       <c r="K95">
-        <v>228</v>
+        <v>81</v>
       </c>
       <c r="L95" s="3">
-        <v>0.312</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>4</v>
       </c>
       <c r="B96" t="s">
         <v>5</v>
       </c>
       <c r="C96" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D96" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E96" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F96" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G96">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J96" s="6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K96">
-        <v>314</v>
+        <v>182</v>
       </c>
       <c r="L96" s="3">
-        <v>0.43</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.47199999999999998</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>4</v>
       </c>
       <c r="B97" t="s">
         <v>5</v>
       </c>
       <c r="C97" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D97" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E97" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F97" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G97">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H97" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="K97">
         <v>61</v>
       </c>
-      <c r="I97" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L97" s="3">
-        <v>0.109</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.158</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>4</v>
       </c>
       <c r="B98" t="s">
         <v>5</v>
       </c>
       <c r="C98" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D98" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E98" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F98" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G98">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J98" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K98">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="L98" s="3">
-        <v>1.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.7E-2</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>4</v>
       </c>
       <c r="B99" t="s">
         <v>5</v>
       </c>
       <c r="C99" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D99" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E99" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F99" t="s">
+        <v>78</v>
+      </c>
+      <c r="G99">
+        <v>386</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J99" t="s">
         <v>80</v>
       </c>
-      <c r="G99">
-[...10 lines deleted...]
-      </c>
       <c r="K99">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="L99" s="3">
-        <v>1.4E-2</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>4</v>
       </c>
       <c r="B100" t="s">
         <v>5</v>
       </c>
       <c r="C100" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D100" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E100" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F100" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G100">
-        <v>731</v>
+        <v>386</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J100" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K100">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="L100" s="3">
-        <v>2.5000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.4000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>4</v>
       </c>
       <c r="B101" t="s">
         <v>6</v>
       </c>
       <c r="C101" t="s">
+        <v>28</v>
+      </c>
+      <c r="D101" t="s">
+        <v>29</v>
+      </c>
+      <c r="E101" t="s">
+        <v>82</v>
+      </c>
+      <c r="F101" t="s">
         <v>30</v>
       </c>
-      <c r="D101" t="s">
+      <c r="G101">
+        <v>819</v>
+      </c>
+      <c r="H101">
+        <v>3.81</v>
+      </c>
+      <c r="I101">
+        <v>0.87</v>
+      </c>
+      <c r="J101" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E101" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K101">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L101" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1E-3</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>6</v>
       </c>
       <c r="C102" t="s">
+        <v>28</v>
+      </c>
+      <c r="D102" t="s">
+        <v>29</v>
+      </c>
+      <c r="E102" t="s">
+        <v>82</v>
+      </c>
+      <c r="F102" t="s">
         <v>30</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="G102">
+        <v>819</v>
+      </c>
+      <c r="H102">
+        <v>3.81</v>
+      </c>
+      <c r="I102">
+        <v>0.87</v>
+      </c>
+      <c r="J102" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="G102">
-[...10 lines deleted...]
-      </c>
       <c r="K102">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="L102" s="3">
-        <v>2.5999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.7000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>4</v>
       </c>
       <c r="B103" t="s">
         <v>6</v>
       </c>
       <c r="C103" t="s">
+        <v>28</v>
+      </c>
+      <c r="D103" t="s">
+        <v>29</v>
+      </c>
+      <c r="E103" t="s">
+        <v>82</v>
+      </c>
+      <c r="F103" t="s">
         <v>30</v>
       </c>
-      <c r="D103" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G103">
-        <v>382</v>
+        <v>819</v>
       </c>
       <c r="H103">
-        <v>3.86</v>
+        <v>3.81</v>
       </c>
       <c r="I103">
-        <v>0.82</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.87</v>
+      </c>
+      <c r="J103" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K103">
-        <v>115</v>
+        <v>256</v>
       </c>
       <c r="L103" s="3">
-        <v>0.30099999999999999</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.313</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>4</v>
       </c>
       <c r="B104" t="s">
         <v>6</v>
       </c>
       <c r="C104" t="s">
+        <v>28</v>
+      </c>
+      <c r="D104" t="s">
+        <v>29</v>
+      </c>
+      <c r="E104" t="s">
+        <v>82</v>
+      </c>
+      <c r="F104" t="s">
         <v>30</v>
       </c>
-      <c r="D104" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G104">
-        <v>382</v>
+        <v>819</v>
       </c>
       <c r="H104">
-        <v>3.86</v>
+        <v>3.81</v>
       </c>
       <c r="I104">
-        <v>0.82</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.87</v>
+      </c>
+      <c r="J104" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K104">
-        <v>167</v>
+        <v>318</v>
       </c>
       <c r="L104" s="3">
-        <v>0.437</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38800000000000001</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>4</v>
       </c>
       <c r="B105" t="s">
         <v>6</v>
       </c>
       <c r="C105" t="s">
+        <v>28</v>
+      </c>
+      <c r="D105" t="s">
+        <v>29</v>
+      </c>
+      <c r="E105" t="s">
+        <v>82</v>
+      </c>
+      <c r="F105" t="s">
         <v>30</v>
       </c>
-      <c r="D105" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G105">
-        <v>382</v>
+        <v>819</v>
       </c>
       <c r="H105">
-        <v>3.86</v>
+        <v>3.81</v>
       </c>
       <c r="I105">
-        <v>0.82</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.87</v>
+      </c>
+      <c r="J105" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K105">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="L105" s="3">
-        <v>0.23</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.24099999999999999</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>4</v>
       </c>
       <c r="B106" t="s">
         <v>6</v>
       </c>
       <c r="C106" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D106" t="s">
+        <v>29</v>
+      </c>
+      <c r="E106" t="s">
+        <v>83</v>
+      </c>
+      <c r="F106" t="s">
+        <v>36</v>
+      </c>
+      <c r="G106">
+        <v>820</v>
+      </c>
+      <c r="H106">
+        <v>3.73</v>
+      </c>
+      <c r="I106">
+        <v>0.93</v>
+      </c>
+      <c r="J106" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E106" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L106" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>4</v>
       </c>
       <c r="B107" t="s">
         <v>6</v>
       </c>
       <c r="C107" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D107" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E107" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F107" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G107">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H107">
-        <v>3.8</v>
+        <v>3.73</v>
       </c>
       <c r="I107">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.93</v>
+      </c>
+      <c r="J107" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K107">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="L107" s="3">
-        <v>7.0000000000000007E-2</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>4</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D108" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E108" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F108" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G108">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H108">
-        <v>3.8</v>
+        <v>3.73</v>
       </c>
       <c r="I108">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.93</v>
+      </c>
+      <c r="J108" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K108">
-        <v>109</v>
+        <v>254</v>
       </c>
       <c r="L108" s="3">
-        <v>0.28499999999999998</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>4</v>
       </c>
       <c r="B109" t="s">
         <v>6</v>
       </c>
       <c r="C109" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D109" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E109" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F109" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G109">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H109">
-        <v>3.8</v>
+        <v>3.73</v>
       </c>
       <c r="I109">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.93</v>
+      </c>
+      <c r="J109" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K109">
-        <v>152</v>
+        <v>296</v>
       </c>
       <c r="L109" s="3">
-        <v>0.39700000000000002</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36099999999999999</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>4</v>
       </c>
       <c r="B110" t="s">
         <v>6</v>
       </c>
       <c r="C110" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D110" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E110" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F110" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G110">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H110">
-        <v>3.8</v>
+        <v>3.73</v>
       </c>
       <c r="I110">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.93</v>
+      </c>
+      <c r="J110" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K110">
-        <v>93</v>
+        <v>191</v>
       </c>
       <c r="L110" s="3">
-        <v>0.24299999999999999</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.23300000000000001</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>4</v>
       </c>
       <c r="B111" t="s">
         <v>6</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D111" t="s">
+        <v>29</v>
+      </c>
+      <c r="E111" t="s">
+        <v>84</v>
+      </c>
+      <c r="F111" t="s">
+        <v>37</v>
+      </c>
+      <c r="G111">
+        <v>820</v>
+      </c>
+      <c r="H111">
+        <v>3.54</v>
+      </c>
+      <c r="I111">
+        <v>0.95</v>
+      </c>
+      <c r="J111" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E111" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K111">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L111" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>4</v>
       </c>
       <c r="B112" t="s">
         <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D112" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E112" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F112" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G112">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H112">
-        <v>3.62</v>
+        <v>3.54</v>
       </c>
       <c r="I112">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.95</v>
+      </c>
+      <c r="J112" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K112">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="L112" s="3">
-        <v>9.9000000000000005E-2</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13300000000000001</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>4</v>
       </c>
       <c r="B113" t="s">
         <v>6</v>
       </c>
       <c r="C113" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D113" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E113" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F113" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G113">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H113">
-        <v>3.62</v>
+        <v>3.54</v>
       </c>
       <c r="I113">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.95</v>
+      </c>
+      <c r="J113" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K113">
-        <v>137</v>
+        <v>281</v>
       </c>
       <c r="L113" s="3">
-        <v>0.35899999999999999</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34300000000000003</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>4</v>
       </c>
       <c r="B114" t="s">
         <v>6</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D114" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E114" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F114" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G114">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H114">
-        <v>3.62</v>
+        <v>3.54</v>
       </c>
       <c r="I114">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.95</v>
+      </c>
+      <c r="J114" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K114">
-        <v>132</v>
+        <v>281</v>
       </c>
       <c r="L114" s="3">
-        <v>0.34599999999999997</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34300000000000003</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>4</v>
       </c>
       <c r="B115" t="s">
         <v>6</v>
       </c>
       <c r="C115" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D115" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E115" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F115" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G115">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H115">
-        <v>3.62</v>
+        <v>3.54</v>
       </c>
       <c r="I115">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.95</v>
+      </c>
+      <c r="J115" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K115">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="L115" s="3">
-        <v>0.191</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>4</v>
       </c>
       <c r="B116" t="s">
         <v>6</v>
       </c>
       <c r="C116" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D116" t="s">
+        <v>29</v>
+      </c>
+      <c r="E116" t="s">
+        <v>85</v>
+      </c>
+      <c r="F116" t="s">
+        <v>38</v>
+      </c>
+      <c r="G116">
+        <v>821</v>
+      </c>
+      <c r="H116">
+        <v>3.56</v>
+      </c>
+      <c r="I116">
+        <v>0.99</v>
+      </c>
+      <c r="J116" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E116" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K116">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="L116" s="3">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>4</v>
       </c>
       <c r="B117" t="s">
         <v>6</v>
       </c>
       <c r="C117" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D117" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E117" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F117" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G117">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H117">
-        <v>3.57</v>
+        <v>3.56</v>
       </c>
       <c r="I117">
-        <v>0.97</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.99</v>
+      </c>
+      <c r="J117" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K117">
-        <v>48</v>
+        <v>112</v>
       </c>
       <c r="L117" s="3">
-        <v>0.125</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13600000000000001</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>4</v>
       </c>
       <c r="B118" t="s">
         <v>6</v>
       </c>
       <c r="C118" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D118" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E118" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F118" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G118">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H118">
-        <v>3.57</v>
+        <v>3.56</v>
       </c>
       <c r="I118">
-        <v>0.97</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.99</v>
+      </c>
+      <c r="J118" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K118">
-        <v>129</v>
+        <v>272</v>
       </c>
       <c r="L118" s="3">
-        <v>0.33700000000000002</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33100000000000002</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>4</v>
       </c>
       <c r="B119" t="s">
         <v>6</v>
       </c>
       <c r="C119" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D119" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E119" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F119" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G119">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H119">
-        <v>3.57</v>
+        <v>3.56</v>
       </c>
       <c r="I119">
-        <v>0.97</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.99</v>
+      </c>
+      <c r="J119" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K119">
-        <v>130</v>
+        <v>266</v>
       </c>
       <c r="L119" s="3">
-        <v>0.33900000000000002</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32400000000000001</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>4</v>
       </c>
       <c r="B120" t="s">
         <v>6</v>
       </c>
       <c r="C120" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D120" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E120" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F120" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G120">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H120">
-        <v>3.57</v>
+        <v>3.56</v>
       </c>
       <c r="I120">
-        <v>0.97</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.99</v>
+      </c>
+      <c r="J120" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K120">
-        <v>72</v>
+        <v>161</v>
       </c>
       <c r="L120" s="3">
-        <v>0.188</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.19600000000000001</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>4</v>
       </c>
       <c r="B121" t="s">
         <v>6</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D121" t="s">
+        <v>39</v>
+      </c>
+      <c r="E121" t="s">
+        <v>86</v>
+      </c>
+      <c r="F121" t="s">
         <v>41</v>
       </c>
-      <c r="E121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G121">
-        <v>381</v>
+        <v>819</v>
       </c>
       <c r="H121">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="I121">
-        <v>0.85</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.9</v>
+      </c>
+      <c r="J121" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K121">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L121" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>4</v>
       </c>
       <c r="B122" t="s">
         <v>6</v>
       </c>
       <c r="C122" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
+        <v>39</v>
+      </c>
+      <c r="E122" t="s">
+        <v>86</v>
+      </c>
+      <c r="F122" t="s">
         <v>41</v>
       </c>
-      <c r="E122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G122">
-        <v>381</v>
+        <v>819</v>
       </c>
       <c r="H122">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="I122">
-        <v>0.85</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.9</v>
+      </c>
+      <c r="J122" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K122">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="L122" s="3">
-        <v>3.6999999999999998E-2</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>4</v>
       </c>
       <c r="B123" t="s">
         <v>6</v>
       </c>
       <c r="C123" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D123" t="s">
+        <v>39</v>
+      </c>
+      <c r="E123" t="s">
+        <v>86</v>
+      </c>
+      <c r="F123" t="s">
         <v>41</v>
       </c>
-      <c r="E123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G123">
-        <v>381</v>
+        <v>819</v>
       </c>
       <c r="H123">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="I123">
-        <v>0.85</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.9</v>
+      </c>
+      <c r="J123" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K123">
-        <v>93</v>
+        <v>228</v>
       </c>
       <c r="L123" s="3">
-        <v>0.24399999999999999</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27800000000000002</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>4</v>
       </c>
       <c r="B124" t="s">
         <v>6</v>
       </c>
       <c r="C124" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D124" t="s">
+        <v>39</v>
+      </c>
+      <c r="E124" t="s">
+        <v>86</v>
+      </c>
+      <c r="F124" t="s">
         <v>41</v>
       </c>
-      <c r="E124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G124">
-        <v>381</v>
+        <v>819</v>
       </c>
       <c r="H124">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="I124">
-        <v>0.85</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.9</v>
+      </c>
+      <c r="J124" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K124">
-        <v>156</v>
+        <v>305</v>
       </c>
       <c r="L124" s="3">
-        <v>0.40899999999999997</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.372</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>4</v>
       </c>
       <c r="B125" t="s">
         <v>6</v>
       </c>
       <c r="C125" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D125" t="s">
+        <v>39</v>
+      </c>
+      <c r="E125" t="s">
+        <v>86</v>
+      </c>
+      <c r="F125" t="s">
         <v>41</v>
       </c>
-      <c r="E125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G125">
-        <v>381</v>
+        <v>819</v>
       </c>
       <c r="H125">
-        <v>3.98</v>
+        <v>3.9</v>
       </c>
       <c r="I125">
-        <v>0.85</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.9</v>
+      </c>
+      <c r="J125" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K125">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="L125" s="3">
-        <v>0.307</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29299999999999998</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>4</v>
       </c>
       <c r="B126" t="s">
         <v>6</v>
       </c>
       <c r="C126" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D126" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E126" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F126" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G126">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H126">
-        <v>3.86</v>
+        <v>3.79</v>
       </c>
       <c r="I126">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.93</v>
+      </c>
+      <c r="J126" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K126">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L126" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>4</v>
       </c>
       <c r="B127" t="s">
         <v>6</v>
       </c>
       <c r="C127" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D127" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E127" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F127" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G127">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H127">
-        <v>3.86</v>
+        <v>3.79</v>
       </c>
       <c r="I127">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.93</v>
+      </c>
+      <c r="J127" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K127">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="L127" s="3">
-        <v>0.06</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.3999999999999996E-2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>4</v>
       </c>
       <c r="B128" t="s">
         <v>6</v>
       </c>
       <c r="C128" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D128" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E128" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F128" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G128">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H128">
-        <v>3.86</v>
+        <v>3.79</v>
       </c>
       <c r="I128">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.93</v>
+      </c>
+      <c r="J128" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K128">
-        <v>107</v>
+        <v>244</v>
       </c>
       <c r="L128" s="3">
-        <v>0.28000000000000003</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29799999999999999</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>4</v>
       </c>
       <c r="B129" t="s">
         <v>6</v>
       </c>
       <c r="C129" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D129" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E129" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F129" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G129">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H129">
-        <v>3.86</v>
+        <v>3.79</v>
       </c>
       <c r="I129">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.93</v>
+      </c>
+      <c r="J129" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K129">
-        <v>149</v>
+        <v>301</v>
       </c>
       <c r="L129" s="3">
-        <v>0.39</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36699999999999999</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>4</v>
       </c>
       <c r="B130" t="s">
         <v>6</v>
       </c>
       <c r="C130" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D130" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E130" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F130" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G130">
-        <v>382</v>
+        <v>820</v>
       </c>
       <c r="H130">
-        <v>3.86</v>
+        <v>3.79</v>
       </c>
       <c r="I130">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.93</v>
+      </c>
+      <c r="J130" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K130">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="L130" s="3">
-        <v>0.26700000000000002</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.254</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>4</v>
       </c>
       <c r="B131" t="s">
         <v>6</v>
       </c>
       <c r="C131" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D131" t="s">
+        <v>43</v>
+      </c>
+      <c r="E131" t="s">
+        <v>88</v>
+      </c>
+      <c r="F131" t="s">
         <v>45</v>
       </c>
-      <c r="E131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G131">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H131">
-        <v>3.79</v>
+        <v>3.77</v>
       </c>
       <c r="I131">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.92</v>
+      </c>
+      <c r="J131" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K131">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="L131" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>4</v>
       </c>
       <c r="B132" t="s">
         <v>6</v>
       </c>
       <c r="C132" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D132" t="s">
+        <v>43</v>
+      </c>
+      <c r="E132" t="s">
+        <v>88</v>
+      </c>
+      <c r="F132" t="s">
         <v>45</v>
       </c>
-      <c r="E132" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G132">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H132">
-        <v>3.79</v>
+        <v>3.77</v>
       </c>
       <c r="I132">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.92</v>
+      </c>
+      <c r="J132" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K132">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="L132" s="3">
-        <v>7.0000000000000007E-2</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.6999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>4</v>
       </c>
       <c r="B133" t="s">
         <v>6</v>
       </c>
       <c r="C133" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D133" t="s">
+        <v>43</v>
+      </c>
+      <c r="E133" t="s">
+        <v>88</v>
+      </c>
+      <c r="F133" t="s">
         <v>45</v>
       </c>
-      <c r="E133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G133">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H133">
-        <v>3.79</v>
+        <v>3.77</v>
       </c>
       <c r="I133">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.92</v>
+      </c>
+      <c r="J133" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K133">
-        <v>109</v>
+        <v>247</v>
       </c>
       <c r="L133" s="3">
-        <v>0.28499999999999998</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.30099999999999999</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>4</v>
       </c>
       <c r="B134" t="s">
         <v>6</v>
       </c>
       <c r="C134" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D134" t="s">
+        <v>43</v>
+      </c>
+      <c r="E134" t="s">
+        <v>88</v>
+      </c>
+      <c r="F134" t="s">
         <v>45</v>
       </c>
-      <c r="E134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G134">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H134">
-        <v>3.79</v>
+        <v>3.77</v>
       </c>
       <c r="I134">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.92</v>
+      </c>
+      <c r="J134" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K134">
-        <v>166</v>
+        <v>308</v>
       </c>
       <c r="L134" s="3">
-        <v>0.433</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.376</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>4</v>
       </c>
       <c r="B135" t="s">
         <v>6</v>
       </c>
       <c r="C135" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D135" t="s">
+        <v>43</v>
+      </c>
+      <c r="E135" t="s">
+        <v>88</v>
+      </c>
+      <c r="F135" t="s">
         <v>45</v>
       </c>
-      <c r="E135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G135">
-        <v>383</v>
+        <v>820</v>
       </c>
       <c r="H135">
-        <v>3.79</v>
+        <v>3.77</v>
       </c>
       <c r="I135">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.92</v>
+      </c>
+      <c r="J135" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K135">
-        <v>81</v>
+        <v>197</v>
       </c>
       <c r="L135" s="3">
-        <v>0.21099999999999999</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>4</v>
       </c>
       <c r="B136" t="s">
         <v>6</v>
       </c>
       <c r="C136" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D136" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E136" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F136" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G136">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H136">
-        <v>3.78</v>
+        <v>3.79</v>
       </c>
       <c r="I136">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.89</v>
+      </c>
+      <c r="J136" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K136">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L136" s="3">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="137" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>4</v>
       </c>
       <c r="B137" t="s">
         <v>6</v>
       </c>
       <c r="C137" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D137" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E137" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F137" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G137">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H137">
-        <v>3.78</v>
+        <v>3.79</v>
       </c>
       <c r="I137">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.89</v>
+      </c>
+      <c r="J137" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K137">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="L137" s="3">
-        <v>6.3E-2</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>4</v>
       </c>
       <c r="B138" t="s">
         <v>6</v>
       </c>
       <c r="C138" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D138" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E138" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F138" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G138">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H138">
-        <v>3.78</v>
+        <v>3.79</v>
       </c>
       <c r="I138">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.89</v>
+      </c>
+      <c r="J138" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K138">
-        <v>107</v>
+        <v>254</v>
       </c>
       <c r="L138" s="3">
-        <v>0.27900000000000003</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.309</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>4</v>
       </c>
       <c r="B139" t="s">
         <v>6</v>
       </c>
       <c r="C139" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D139" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E139" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F139" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G139">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H139">
-        <v>3.78</v>
+        <v>3.79</v>
       </c>
       <c r="I139">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.89</v>
+      </c>
+      <c r="J139" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K139">
-        <v>172</v>
+        <v>318</v>
       </c>
       <c r="L139" s="3">
-        <v>0.44900000000000001</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38700000000000001</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>4</v>
       </c>
       <c r="B140" t="s">
         <v>6</v>
       </c>
       <c r="C140" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D140" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E140" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F140" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G140">
-        <v>383</v>
+        <v>821</v>
       </c>
       <c r="H140">
-        <v>3.78</v>
+        <v>3.79</v>
       </c>
       <c r="I140">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.89</v>
+      </c>
+      <c r="J140" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K140">
-        <v>78</v>
+        <v>195</v>
       </c>
       <c r="L140" s="3">
-        <v>0.20399999999999999</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.23799999999999999</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>4</v>
       </c>
       <c r="B141" t="s">
         <v>6</v>
       </c>
       <c r="C141" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D141" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E141" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F141" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G141">
-        <v>379</v>
+        <v>821</v>
       </c>
       <c r="H141">
-        <v>3.68</v>
+        <v>3.64</v>
       </c>
       <c r="I141">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.9</v>
+      </c>
+      <c r="J141" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K141">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L141" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>4</v>
       </c>
       <c r="B142" t="s">
         <v>6</v>
       </c>
       <c r="C142" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D142" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E142" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F142" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G142">
-        <v>379</v>
+        <v>821</v>
       </c>
       <c r="H142">
-        <v>3.68</v>
+        <v>3.64</v>
       </c>
       <c r="I142">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.9</v>
+      </c>
+      <c r="J142" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K142">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="L142" s="3">
-        <v>7.6999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.5999999999999993E-2</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>4</v>
       </c>
       <c r="B143" t="s">
         <v>6</v>
       </c>
       <c r="C143" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D143" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E143" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F143" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G143">
-        <v>379</v>
+        <v>821</v>
       </c>
       <c r="H143">
-        <v>3.68</v>
+        <v>3.64</v>
       </c>
       <c r="I143">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.9</v>
+      </c>
+      <c r="J143" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K143">
-        <v>126</v>
+        <v>287</v>
       </c>
       <c r="L143" s="3">
-        <v>0.33200000000000002</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>4</v>
       </c>
       <c r="B144" t="s">
         <v>6</v>
       </c>
       <c r="C144" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D144" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E144" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F144" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G144">
-        <v>379</v>
+        <v>821</v>
       </c>
       <c r="H144">
-        <v>3.68</v>
+        <v>3.64</v>
       </c>
       <c r="I144">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.9</v>
+      </c>
+      <c r="J144" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K144">
-        <v>157</v>
+        <v>307</v>
       </c>
       <c r="L144" s="3">
-        <v>0.41399999999999998</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.374</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>4</v>
       </c>
       <c r="B145" t="s">
         <v>6</v>
       </c>
       <c r="C145" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D145" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E145" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F145" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G145">
-        <v>379</v>
+        <v>821</v>
       </c>
       <c r="H145">
-        <v>3.68</v>
+        <v>3.64</v>
       </c>
       <c r="I145">
-        <v>0.86</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.9</v>
+      </c>
+      <c r="J145" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K145">
-        <v>66</v>
+        <v>150</v>
       </c>
       <c r="L145" s="3">
-        <v>0.17399999999999999</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.183</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>4</v>
       </c>
       <c r="B146" t="s">
         <v>6</v>
       </c>
       <c r="C146" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D146" t="s">
+        <v>46</v>
+      </c>
+      <c r="E146" t="s">
+        <v>91</v>
+      </c>
+      <c r="F146" t="s">
         <v>48</v>
       </c>
-      <c r="E146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G146">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H146">
-        <v>3.71</v>
+        <v>3.67</v>
       </c>
       <c r="I146">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.94</v>
+      </c>
+      <c r="J146" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K146">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="L146" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>4</v>
       </c>
       <c r="B147" t="s">
         <v>6</v>
       </c>
       <c r="C147" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D147" t="s">
+        <v>46</v>
+      </c>
+      <c r="E147" t="s">
+        <v>91</v>
+      </c>
+      <c r="F147" t="s">
         <v>48</v>
       </c>
-      <c r="E147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G147">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H147">
-        <v>3.71</v>
+        <v>3.67</v>
       </c>
       <c r="I147">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.94</v>
+      </c>
+      <c r="J147" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K147">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="L147" s="3">
-        <v>0.10299999999999999</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>4</v>
       </c>
       <c r="B148" t="s">
         <v>6</v>
       </c>
       <c r="C148" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D148" t="s">
+        <v>46</v>
+      </c>
+      <c r="E148" t="s">
+        <v>91</v>
+      </c>
+      <c r="F148" t="s">
         <v>48</v>
       </c>
-      <c r="E148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G148">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H148">
-        <v>3.71</v>
+        <v>3.67</v>
       </c>
       <c r="I148">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.94</v>
+      </c>
+      <c r="J148" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K148">
-        <v>103</v>
+        <v>254</v>
       </c>
       <c r="L148" s="3">
-        <v>0.27200000000000002</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.311</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>4</v>
       </c>
       <c r="B149" t="s">
         <v>6</v>
       </c>
       <c r="C149" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D149" t="s">
+        <v>46</v>
+      </c>
+      <c r="E149" t="s">
+        <v>91</v>
+      </c>
+      <c r="F149" t="s">
         <v>48</v>
       </c>
-      <c r="E149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G149">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H149">
-        <v>3.71</v>
+        <v>3.67</v>
       </c>
       <c r="I149">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.94</v>
+      </c>
+      <c r="J149" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K149">
-        <v>165</v>
+        <v>309</v>
       </c>
       <c r="L149" s="3">
-        <v>0.437</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.378</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>4</v>
       </c>
       <c r="B150" t="s">
         <v>6</v>
       </c>
       <c r="C150" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D150" t="s">
+        <v>46</v>
+      </c>
+      <c r="E150" t="s">
+        <v>91</v>
+      </c>
+      <c r="F150" t="s">
         <v>48</v>
       </c>
-      <c r="E150" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G150">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H150">
-        <v>3.71</v>
+        <v>3.67</v>
       </c>
       <c r="I150">
-        <v>0.89</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.94</v>
+      </c>
+      <c r="J150" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K150">
-        <v>71</v>
+        <v>167</v>
       </c>
       <c r="L150" s="3">
-        <v>0.188</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.20399999999999999</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>4</v>
       </c>
       <c r="B151" t="s">
         <v>6</v>
       </c>
       <c r="C151" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D151" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E151" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F151" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G151">
-        <v>379</v>
+        <v>820</v>
       </c>
       <c r="H151">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="I151">
-        <v>0.93</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.97</v>
+      </c>
+      <c r="J151" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K151">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="L151" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>4</v>
       </c>
       <c r="B152" t="s">
         <v>6</v>
       </c>
       <c r="C152" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D152" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E152" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F152" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G152">
-        <v>379</v>
+        <v>820</v>
       </c>
       <c r="H152">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="I152">
-        <v>0.93</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.97</v>
+      </c>
+      <c r="J152" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K152">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="L152" s="3">
-        <v>0.127</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14599999999999999</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>4</v>
       </c>
       <c r="B153" t="s">
         <v>6</v>
       </c>
       <c r="C153" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D153" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E153" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F153" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G153">
-        <v>379</v>
+        <v>820</v>
       </c>
       <c r="H153">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="I153">
-        <v>0.93</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.97</v>
+      </c>
+      <c r="J153" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K153">
-        <v>138</v>
+        <v>301</v>
       </c>
       <c r="L153" s="3">
-        <v>0.36399999999999999</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36699999999999999</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>4</v>
       </c>
       <c r="B154" t="s">
         <v>6</v>
       </c>
       <c r="C154" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D154" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E154" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F154" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G154">
-        <v>379</v>
+        <v>820</v>
       </c>
       <c r="H154">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="I154">
-        <v>0.93</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.97</v>
+      </c>
+      <c r="J154" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K154">
-        <v>133</v>
+        <v>262</v>
       </c>
       <c r="L154" s="3">
-        <v>0.35099999999999998</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>4</v>
       </c>
       <c r="B155" t="s">
         <v>6</v>
       </c>
       <c r="C155" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D155" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E155" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F155" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G155">
-        <v>379</v>
+        <v>820</v>
       </c>
       <c r="H155">
-        <v>3.5</v>
+        <v>3.43</v>
       </c>
       <c r="I155">
-        <v>0.93</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.97</v>
+      </c>
+      <c r="J155" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K155">
-        <v>56</v>
+        <v>122</v>
       </c>
       <c r="L155" s="3">
-        <v>0.14799999999999999</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14899999999999999</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>4</v>
       </c>
       <c r="B156" t="s">
         <v>6</v>
       </c>
       <c r="C156" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D156" t="s">
+        <v>49</v>
+      </c>
+      <c r="E156" t="s">
+        <v>93</v>
+      </c>
+      <c r="F156" t="s">
         <v>51</v>
       </c>
-      <c r="E156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G156">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H156">
-        <v>3.62</v>
+        <v>3.55</v>
       </c>
       <c r="I156">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.95</v>
+      </c>
+      <c r="J156" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K156">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L156" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>4</v>
       </c>
       <c r="B157" t="s">
         <v>6</v>
       </c>
       <c r="C157" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D157" t="s">
+        <v>49</v>
+      </c>
+      <c r="E157" t="s">
+        <v>93</v>
+      </c>
+      <c r="F157" t="s">
         <v>51</v>
       </c>
-      <c r="E157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G157">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H157">
-        <v>3.62</v>
+        <v>3.55</v>
       </c>
       <c r="I157">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.95</v>
+      </c>
+      <c r="J157" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K157">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="L157" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.126</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>4</v>
       </c>
       <c r="B158" t="s">
         <v>6</v>
       </c>
       <c r="C158" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D158" t="s">
+        <v>49</v>
+      </c>
+      <c r="E158" t="s">
+        <v>93</v>
+      </c>
+      <c r="F158" t="s">
         <v>51</v>
       </c>
-      <c r="E158" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G158">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H158">
-        <v>3.62</v>
+        <v>3.55</v>
       </c>
       <c r="I158">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.95</v>
+      </c>
+      <c r="J158" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K158">
-        <v>127</v>
+        <v>283</v>
       </c>
       <c r="L158" s="3">
-        <v>0.33600000000000002</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34599999999999997</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>4</v>
       </c>
       <c r="B159" t="s">
         <v>6</v>
       </c>
       <c r="C159" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D159" t="s">
+        <v>49</v>
+      </c>
+      <c r="E159" t="s">
+        <v>93</v>
+      </c>
+      <c r="F159" t="s">
         <v>51</v>
       </c>
-      <c r="E159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G159">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H159">
-        <v>3.62</v>
+        <v>3.55</v>
       </c>
       <c r="I159">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.95</v>
+      </c>
+      <c r="J159" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K159">
-        <v>146</v>
+        <v>282</v>
       </c>
       <c r="L159" s="3">
-        <v>0.38600000000000001</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34499999999999997</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>4</v>
       </c>
       <c r="B160" t="s">
         <v>6</v>
       </c>
       <c r="C160" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D160" t="s">
+        <v>49</v>
+      </c>
+      <c r="E160" t="s">
+        <v>93</v>
+      </c>
+      <c r="F160" t="s">
         <v>51</v>
       </c>
-      <c r="E160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G160">
-        <v>378</v>
+        <v>818</v>
       </c>
       <c r="H160">
-        <v>3.62</v>
+        <v>3.55</v>
       </c>
       <c r="I160">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.95</v>
+      </c>
+      <c r="J160" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K160">
-        <v>66</v>
+        <v>142</v>
       </c>
       <c r="L160" s="3">
-        <v>0.17499999999999999</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>4</v>
       </c>
       <c r="B161" t="s">
         <v>6</v>
       </c>
       <c r="C161" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D161" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E161" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F161" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G161">
-        <v>380</v>
+        <v>820</v>
       </c>
       <c r="H161">
-        <v>3.66</v>
+        <v>3.58</v>
       </c>
       <c r="I161">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.92</v>
+      </c>
+      <c r="J161" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K161">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L161" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.9999999999999993E-3</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>4</v>
       </c>
       <c r="B162" t="s">
         <v>6</v>
       </c>
       <c r="C162" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D162" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E162" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F162" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G162">
-        <v>380</v>
+        <v>820</v>
       </c>
       <c r="H162">
-        <v>3.66</v>
+        <v>3.58</v>
       </c>
       <c r="I162">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.92</v>
+      </c>
+      <c r="J162" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K162">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="L162" s="3">
-        <v>9.7000000000000003E-2</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.10199999999999999</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>4</v>
       </c>
       <c r="B163" t="s">
         <v>6</v>
       </c>
       <c r="C163" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D163" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E163" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F163" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G163">
-        <v>380</v>
+        <v>820</v>
       </c>
       <c r="H163">
-        <v>3.66</v>
+        <v>3.58</v>
       </c>
       <c r="I163">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.92</v>
+      </c>
+      <c r="J163" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K163">
-        <v>111</v>
+        <v>293</v>
       </c>
       <c r="L163" s="3">
-        <v>0.29199999999999998</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35699999999999998</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>4</v>
       </c>
       <c r="B164" t="s">
         <v>6</v>
       </c>
       <c r="C164" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D164" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E164" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F164" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G164">
-        <v>380</v>
+        <v>820</v>
       </c>
       <c r="H164">
-        <v>3.66</v>
+        <v>3.58</v>
       </c>
       <c r="I164">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.92</v>
+      </c>
+      <c r="J164" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K164">
-        <v>162</v>
+        <v>297</v>
       </c>
       <c r="L164" s="3">
-        <v>0.42599999999999999</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36199999999999999</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>4</v>
       </c>
       <c r="B165" t="s">
         <v>6</v>
       </c>
       <c r="C165" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D165" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E165" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F165" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G165">
-        <v>380</v>
+        <v>820</v>
       </c>
       <c r="H165">
-        <v>3.66</v>
+        <v>3.58</v>
       </c>
       <c r="I165">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.92</v>
+      </c>
+      <c r="J165" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K165">
-        <v>66</v>
+        <v>139</v>
       </c>
       <c r="L165" s="3">
-        <v>0.17399999999999999</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>4</v>
       </c>
       <c r="B166" t="s">
         <v>6</v>
       </c>
       <c r="C166" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D166" t="s">
+        <v>52</v>
+      </c>
+      <c r="E166" t="s">
+        <v>95</v>
+      </c>
+      <c r="F166" t="s">
         <v>54</v>
       </c>
-      <c r="E166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G166">
-        <v>380</v>
+        <v>818</v>
       </c>
       <c r="H166">
-        <v>4.0199999999999996</v>
+        <v>3.91</v>
       </c>
       <c r="I166">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.9</v>
+      </c>
+      <c r="J166" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K166">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L166" s="3">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="167" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="167" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>4</v>
       </c>
       <c r="B167" t="s">
         <v>6</v>
       </c>
       <c r="C167" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D167" t="s">
+        <v>52</v>
+      </c>
+      <c r="E167" t="s">
+        <v>95</v>
+      </c>
+      <c r="F167" t="s">
         <v>54</v>
       </c>
-      <c r="E167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G167">
-        <v>380</v>
+        <v>818</v>
       </c>
       <c r="H167">
-        <v>4.0199999999999996</v>
+        <v>3.91</v>
       </c>
       <c r="I167">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.9</v>
+      </c>
+      <c r="J167" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K167">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L167" s="3">
-        <v>0.05</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>4</v>
       </c>
       <c r="B168" t="s">
         <v>6</v>
       </c>
       <c r="C168" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D168" t="s">
+        <v>52</v>
+      </c>
+      <c r="E168" t="s">
+        <v>95</v>
+      </c>
+      <c r="F168" t="s">
         <v>54</v>
       </c>
-      <c r="E168" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G168">
-        <v>380</v>
+        <v>818</v>
       </c>
       <c r="H168">
-        <v>4.0199999999999996</v>
+        <v>3.91</v>
       </c>
       <c r="I168">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.9</v>
+      </c>
+      <c r="J168" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K168">
-        <v>84</v>
+        <v>218</v>
       </c>
       <c r="L168" s="3">
-        <v>0.221</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.26700000000000002</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>4</v>
       </c>
       <c r="B169" t="s">
         <v>6</v>
       </c>
       <c r="C169" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D169" t="s">
+        <v>52</v>
+      </c>
+      <c r="E169" t="s">
+        <v>95</v>
+      </c>
+      <c r="F169" t="s">
         <v>54</v>
       </c>
-      <c r="E169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G169">
-        <v>380</v>
+        <v>818</v>
       </c>
       <c r="H169">
-        <v>4.0199999999999996</v>
+        <v>3.91</v>
       </c>
       <c r="I169">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.9</v>
+      </c>
+      <c r="J169" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K169">
-        <v>141</v>
+        <v>311</v>
       </c>
       <c r="L169" s="3">
-        <v>0.371</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>4</v>
       </c>
       <c r="B170" t="s">
         <v>6</v>
       </c>
       <c r="C170" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D170" t="s">
+        <v>52</v>
+      </c>
+      <c r="E170" t="s">
+        <v>95</v>
+      </c>
+      <c r="F170" t="s">
         <v>54</v>
       </c>
-      <c r="E170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G170">
-        <v>380</v>
+        <v>818</v>
       </c>
       <c r="H170">
-        <v>4.0199999999999996</v>
+        <v>3.91</v>
       </c>
       <c r="I170">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>0.9</v>
+      </c>
+      <c r="J170" s="7" t="s">
+        <v>35</v>
       </c>
       <c r="K170">
-        <v>134</v>
+        <v>242</v>
       </c>
       <c r="L170" s="3">
-        <v>0.35299999999999998</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29599999999999999</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>4</v>
       </c>
       <c r="B171" t="s">
         <v>6</v>
       </c>
       <c r="C171" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D171" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E171" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F171" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G171">
-        <v>381</v>
+        <v>824</v>
       </c>
       <c r="H171">
-        <v>3.96</v>
+        <v>3.89</v>
       </c>
       <c r="I171">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>0.98</v>
+      </c>
+      <c r="J171" s="7" t="s">
+        <v>31</v>
       </c>
       <c r="K171">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L171" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>4</v>
       </c>
       <c r="B172" t="s">
         <v>6</v>
       </c>
       <c r="C172" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D172" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E172" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F172" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G172">
-        <v>381</v>
+        <v>824</v>
       </c>
       <c r="H172">
-        <v>3.96</v>
+        <v>3.89</v>
       </c>
       <c r="I172">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>0.98</v>
+      </c>
+      <c r="J172" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="K172">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="L172" s="3">
-        <v>0.05</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>4</v>
       </c>
       <c r="B173" t="s">
         <v>6</v>
       </c>
       <c r="C173" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D173" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E173" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F173" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G173">
-        <v>381</v>
+        <v>824</v>
       </c>
       <c r="H173">
-        <v>3.96</v>
+        <v>3.89</v>
       </c>
       <c r="I173">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0.98</v>
+      </c>
+      <c r="J173" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="K173">
-        <v>98</v>
+        <v>232</v>
       </c>
       <c r="L173" s="3">
-        <v>0.25700000000000001</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28199999999999997</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>4</v>
       </c>
       <c r="B174" t="s">
         <v>6</v>
       </c>
       <c r="C174" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D174" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E174" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F174" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G174">
-        <v>381</v>
+        <v>824</v>
       </c>
       <c r="H174">
-        <v>3.96</v>
+        <v>3.89</v>
       </c>
       <c r="I174">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0.98</v>
+      </c>
+      <c r="J174" s="7" t="s">
+        <v>34</v>
       </c>
       <c r="K174">
-        <v>133</v>
+        <v>243</v>
       </c>
       <c r="L174" s="3">
-        <v>0.34899999999999998</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29499999999999998</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>4</v>
       </c>
       <c r="B175" t="s">
         <v>6</v>
       </c>
       <c r="C175" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D175" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E175" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F175" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G175">
-        <v>381</v>
+        <v>824</v>
       </c>
       <c r="H175">
-        <v>3.96</v>
+        <v>3.89</v>
       </c>
       <c r="I175">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>0.98</v>
+      </c>
+      <c r="J175" s="7" t="s">
+        <v>97</v>
       </c>
       <c r="K175">
-        <v>127</v>
+        <v>278</v>
       </c>
       <c r="L175" s="3">
-        <v>0.33300000000000002</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33700000000000002</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>4</v>
       </c>
       <c r="B176" t="s">
         <v>6</v>
       </c>
       <c r="C176" t="s">
+        <v>55</v>
+      </c>
+      <c r="D176" t="s">
+        <v>56</v>
+      </c>
+      <c r="E176" t="s">
+        <v>40</v>
+      </c>
+      <c r="F176" t="s">
+        <v>96</v>
+      </c>
+      <c r="G176">
+        <v>824</v>
+      </c>
+      <c r="H176">
+        <v>3.89</v>
+      </c>
+      <c r="I176">
+        <v>0.98</v>
+      </c>
+      <c r="J176" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="D176" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K176">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L176" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>4</v>
       </c>
       <c r="B177" t="s">
         <v>6</v>
       </c>
       <c r="C177" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D177" t="s">
+        <v>58</v>
+      </c>
+      <c r="E177" t="s">
+        <v>63</v>
+      </c>
+      <c r="F177" t="s">
+        <v>98</v>
+      </c>
+      <c r="G177">
+        <v>846</v>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J177" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="E177" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K177">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L177" s="3">
-        <v>1.4999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>4</v>
       </c>
       <c r="B178" t="s">
         <v>6</v>
       </c>
       <c r="C178" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D178" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E178" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F178" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G178">
-        <v>389</v>
+        <v>846</v>
       </c>
       <c r="H178" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J178" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="I178" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K178">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="L178" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>4</v>
       </c>
       <c r="B179" t="s">
         <v>6</v>
       </c>
       <c r="C179" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D179" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E179" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F179" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G179">
-        <v>389</v>
+        <v>846</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>59</v>
+      </c>
+      <c r="J179" s="7" t="s">
+        <v>99</v>
       </c>
       <c r="K179">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="L179" s="3">
-        <v>0.09</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>4</v>
       </c>
       <c r="B180" t="s">
         <v>6</v>
       </c>
       <c r="C180" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D180" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E180" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F180" t="s">
+        <v>98</v>
+      </c>
+      <c r="G180">
+        <v>846</v>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J180" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="G180">
-[...10 lines deleted...]
-      </c>
       <c r="K180">
-        <v>331</v>
+        <v>736</v>
       </c>
       <c r="L180" s="3">
-        <v>0.85099999999999998</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.87</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>4</v>
       </c>
       <c r="B181" t="s">
         <v>6</v>
       </c>
       <c r="C181" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D181" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E181" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F181" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G181">
-        <v>389</v>
+        <v>846</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>59</v>
+      </c>
+      <c r="J181" s="7" t="s">
+        <v>62</v>
       </c>
       <c r="K181">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="L181" s="3">
-        <v>4.3999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>4</v>
       </c>
       <c r="B182" t="s">
         <v>6</v>
       </c>
       <c r="C182" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D182" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E182" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F182" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G182">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>59</v>
+      </c>
+      <c r="J182" s="7" t="s">
+        <v>65</v>
       </c>
       <c r="K182">
-        <v>55</v>
+        <v>118</v>
       </c>
       <c r="L182" s="3">
-        <v>0.14099999999999999</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13900000000000001</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>4</v>
       </c>
       <c r="B183" t="s">
         <v>6</v>
       </c>
       <c r="C183" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D183" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E183" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F183" t="s">
+        <v>64</v>
+      </c>
+      <c r="G183">
+        <v>850</v>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J183" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="G183">
-[...10 lines deleted...]
-      </c>
       <c r="K183">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="L183" s="3">
-        <v>0.121</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.8000000000000004E-2</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>4</v>
       </c>
       <c r="B184" t="s">
         <v>6</v>
       </c>
       <c r="C184" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D184" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E184" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F184" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G184">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>59</v>
+      </c>
+      <c r="J184" s="7" t="s">
+        <v>67</v>
       </c>
       <c r="K184">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L184" s="3">
-        <v>1.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.9999999999999993E-3</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>4</v>
       </c>
       <c r="B185" t="s">
         <v>6</v>
       </c>
       <c r="C185" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D185" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E185" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F185" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G185">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>59</v>
+      </c>
+      <c r="J185" s="7" t="s">
+        <v>99</v>
       </c>
       <c r="K185">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="L185" s="3">
-        <v>2.5999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>4</v>
       </c>
       <c r="B186" t="s">
         <v>6</v>
       </c>
       <c r="C186" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D186" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E186" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F186" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G186">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>59</v>
+      </c>
+      <c r="J186" s="7" t="s">
+        <v>68</v>
       </c>
       <c r="K186">
         <v>0</v>
       </c>
       <c r="L186" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="187" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>4</v>
       </c>
       <c r="B187" t="s">
         <v>6</v>
       </c>
       <c r="C187" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D187" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E187" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F187" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G187">
-        <v>390</v>
+        <v>850</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>59</v>
+      </c>
+      <c r="J187" s="7" t="s">
+        <v>101</v>
       </c>
       <c r="K187">
-        <v>273</v>
+        <v>625</v>
       </c>
       <c r="L187" s="3">
-        <v>0.7</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.73499999999999999</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>4</v>
       </c>
       <c r="B188" t="s">
         <v>6</v>
       </c>
       <c r="C188" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D188" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E188" t="s">
+        <v>72</v>
+      </c>
+      <c r="F188" t="s">
+        <v>73</v>
+      </c>
+      <c r="G188">
+        <v>849</v>
+      </c>
+      <c r="H188" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J188" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="F188" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K188">
-        <v>86</v>
+        <v>230</v>
       </c>
       <c r="L188" s="3">
-        <v>0.221</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27100000000000002</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>4</v>
       </c>
       <c r="B189" t="s">
         <v>6</v>
       </c>
       <c r="C189" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D189" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E189" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F189" t="s">
+        <v>73</v>
+      </c>
+      <c r="G189">
+        <v>849</v>
+      </c>
+      <c r="H189" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J189" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="G189">
-[...10 lines deleted...]
-      </c>
       <c r="K189">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="L189" s="3">
         <v>0.08</v>
       </c>
     </row>
-    <row r="190" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>4</v>
       </c>
       <c r="B190" t="s">
         <v>6</v>
       </c>
       <c r="C190" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D190" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E190" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F190" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G190">
-        <v>389</v>
+        <v>849</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>59</v>
+      </c>
+      <c r="J190" s="7" t="s">
+        <v>76</v>
       </c>
       <c r="K190">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="L190" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>4</v>
       </c>
       <c r="B191" t="s">
         <v>6</v>
       </c>
       <c r="C191" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D191" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E191" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F191" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G191">
-        <v>389</v>
+        <v>849</v>
       </c>
       <c r="H191" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>59</v>
+      </c>
+      <c r="J191" s="7" t="s">
+        <v>77</v>
       </c>
       <c r="K191">
-        <v>271</v>
+        <v>536</v>
       </c>
       <c r="L191" s="3">
-        <v>0.69699999999999995</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.63100000000000001</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>4</v>
       </c>
       <c r="B192" t="s">
         <v>6</v>
       </c>
       <c r="C192" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D192" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E192" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F192" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G192">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H192" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J192">
         <v>1</v>
       </c>
       <c r="K192">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="L192" s="3">
-        <v>7.0000000000000007E-2</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.1999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>4</v>
       </c>
       <c r="B193" t="s">
         <v>6</v>
       </c>
       <c r="C193" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D193" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E193" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F193" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G193">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H193" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J193">
         <v>2</v>
       </c>
       <c r="K193">
-        <v>81</v>
+        <v>186</v>
       </c>
       <c r="L193" s="3">
-        <v>0.21</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.224</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>4</v>
       </c>
       <c r="B194" t="s">
         <v>6</v>
       </c>
       <c r="C194" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D194" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E194" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F194" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G194">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H194" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J194" s="6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K194">
-        <v>182</v>
+        <v>375</v>
       </c>
       <c r="L194" s="3">
-        <v>0.47199999999999998</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.45200000000000001</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>4</v>
       </c>
       <c r="B195" t="s">
         <v>6</v>
       </c>
       <c r="C195" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D195" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E195" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F195" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G195">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H195" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J195" s="6" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K195">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="L195" s="3">
-        <v>0.158</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13700000000000001</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>4</v>
       </c>
       <c r="B196" t="s">
         <v>6</v>
       </c>
       <c r="C196" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D196" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E196" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F196" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G196">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J196" s="6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K196">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L196" s="3">
-        <v>4.7E-2</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.1E-2</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>4</v>
       </c>
       <c r="B197" t="s">
         <v>6</v>
       </c>
       <c r="C197" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D197" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E197" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F197" t="s">
+        <v>78</v>
+      </c>
+      <c r="G197">
+        <v>830</v>
+      </c>
+      <c r="H197" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J197" t="s">
         <v>80</v>
       </c>
-      <c r="G197">
-[...10 lines deleted...]
-      </c>
       <c r="K197">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="L197" s="3">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.9E-2</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>4</v>
       </c>
       <c r="B198" t="s">
         <v>6</v>
       </c>
       <c r="C198" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D198" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E198" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F198" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G198">
-        <v>386</v>
+        <v>830</v>
       </c>
       <c r="H198" s="5" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>59</v>
+      </c>
+      <c r="J198" s="7" t="s">
+        <v>81</v>
       </c>
       <c r="K198">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="L198" s="3">
-        <v>3.4000000000000002E-2</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.4999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>4</v>
       </c>
       <c r="B199" t="s">
         <v>7</v>
       </c>
       <c r="C199" t="s">
+        <v>28</v>
+      </c>
+      <c r="D199" t="s">
+        <v>29</v>
+      </c>
+      <c r="E199" t="s">
+        <v>82</v>
+      </c>
+      <c r="F199" t="s">
         <v>30</v>
       </c>
-      <c r="D199" t="s">
+      <c r="G199">
+        <v>365</v>
+      </c>
+      <c r="H199">
+        <v>3.72</v>
+      </c>
+      <c r="I199">
+        <v>0.84</v>
+      </c>
+      <c r="J199" s="7" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199" s="3">
-        <v>1E-3</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>4</v>
       </c>
       <c r="B200" t="s">
         <v>7</v>
       </c>
       <c r="C200" t="s">
+        <v>28</v>
+      </c>
+      <c r="D200" t="s">
+        <v>29</v>
+      </c>
+      <c r="E200" t="s">
+        <v>82</v>
+      </c>
+      <c r="F200" t="s">
         <v>30</v>
       </c>
-      <c r="D200" t="s">
-[...5 lines deleted...]
-      <c r="F200" t="s">
+      <c r="G200">
+        <v>365</v>
+      </c>
+      <c r="H200">
+        <v>3.72</v>
+      </c>
+      <c r="I200">
+        <v>0.84</v>
+      </c>
+      <c r="J200" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="G200">
-[...10 lines deleted...]
-      </c>
       <c r="K200">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="L200" s="3">
-        <v>5.7000000000000002E-2</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
         <v>4</v>
       </c>
       <c r="B201" t="s">
         <v>7</v>
       </c>
       <c r="C201" t="s">
+        <v>28</v>
+      </c>
+      <c r="D201" t="s">
+        <v>29</v>
+      </c>
+      <c r="E201" t="s">
+        <v>82</v>
+      </c>
+      <c r="F201" t="s">
         <v>30</v>
       </c>
-      <c r="D201" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G201">
-        <v>819</v>
+        <v>365</v>
       </c>
       <c r="H201">
-        <v>3.81</v>
+        <v>3.72</v>
       </c>
       <c r="I201">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="J201" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K201">
-        <v>256</v>
+        <v>123</v>
       </c>
       <c r="L201" s="3">
-        <v>0.313</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33700000000000002</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>4</v>
       </c>
       <c r="B202" t="s">
         <v>7</v>
       </c>
       <c r="C202" t="s">
+        <v>28</v>
+      </c>
+      <c r="D202" t="s">
+        <v>29</v>
+      </c>
+      <c r="E202" t="s">
+        <v>82</v>
+      </c>
+      <c r="F202" t="s">
         <v>30</v>
       </c>
-      <c r="D202" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G202">
-        <v>819</v>
+        <v>365</v>
       </c>
       <c r="H202">
-        <v>3.81</v>
+        <v>3.72</v>
       </c>
       <c r="I202">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="J202" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K202">
-        <v>318</v>
+        <v>151</v>
       </c>
       <c r="L202" s="3">
-        <v>0.38800000000000001</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.41399999999999998</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
         <v>4</v>
       </c>
       <c r="B203" t="s">
         <v>7</v>
       </c>
       <c r="C203" t="s">
+        <v>28</v>
+      </c>
+      <c r="D203" t="s">
+        <v>29</v>
+      </c>
+      <c r="E203" t="s">
+        <v>82</v>
+      </c>
+      <c r="F203" t="s">
         <v>30</v>
       </c>
-      <c r="D203" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G203">
-        <v>819</v>
+        <v>365</v>
       </c>
       <c r="H203">
-        <v>3.81</v>
+        <v>3.72</v>
       </c>
       <c r="I203">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
       <c r="J203" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K203">
-        <v>197</v>
+        <v>68</v>
       </c>
       <c r="L203" s="3">
-        <v>0.24099999999999999</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.186</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>4</v>
       </c>
       <c r="B204" t="s">
         <v>7</v>
       </c>
       <c r="C204" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D204" t="s">
+        <v>29</v>
+      </c>
+      <c r="E204" t="s">
+        <v>83</v>
+      </c>
+      <c r="F204" t="s">
+        <v>36</v>
+      </c>
+      <c r="G204">
+        <v>365</v>
+      </c>
+      <c r="H204">
+        <v>3.62</v>
+      </c>
+      <c r="I204">
+        <v>0.95</v>
+      </c>
+      <c r="J204" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E204" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K204">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L204" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>4</v>
       </c>
       <c r="B205" t="s">
         <v>7</v>
       </c>
       <c r="C205" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D205" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E205" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F205" t="s">
+        <v>36</v>
+      </c>
+      <c r="G205">
+        <v>365</v>
+      </c>
+      <c r="H205">
+        <v>3.62</v>
+      </c>
+      <c r="I205">
+        <v>0.95</v>
+      </c>
+      <c r="J205" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K205">
         <v>38</v>
       </c>
-      <c r="G205">
-[...13 lines deleted...]
-      </c>
       <c r="L205" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.104</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>4</v>
       </c>
       <c r="B206" t="s">
         <v>7</v>
       </c>
       <c r="C206" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D206" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E206" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F206" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G206">
-        <v>820</v>
+        <v>365</v>
       </c>
       <c r="H206">
-        <v>3.73</v>
+        <v>3.62</v>
       </c>
       <c r="I206">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
       <c r="J206" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K206">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="L206" s="3">
-        <v>0.31</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33400000000000002</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>4</v>
       </c>
       <c r="B207" t="s">
         <v>7</v>
       </c>
       <c r="C207" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D207" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E207" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F207" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G207">
-        <v>820</v>
+        <v>365</v>
       </c>
       <c r="H207">
-        <v>3.73</v>
+        <v>3.62</v>
       </c>
       <c r="I207">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
       <c r="J207" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K207">
-        <v>296</v>
+        <v>128</v>
       </c>
       <c r="L207" s="3">
-        <v>0.36099999999999999</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35099999999999998</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
         <v>4</v>
       </c>
       <c r="B208" t="s">
         <v>7</v>
       </c>
       <c r="C208" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D208" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E208" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F208" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G208">
-        <v>820</v>
+        <v>365</v>
       </c>
       <c r="H208">
-        <v>3.73</v>
+        <v>3.62</v>
       </c>
       <c r="I208">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
       <c r="J208" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K208">
-        <v>191</v>
+        <v>73</v>
       </c>
       <c r="L208" s="3">
-        <v>0.23300000000000001</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>4</v>
       </c>
       <c r="B209" t="s">
         <v>7</v>
       </c>
       <c r="C209" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D209" t="s">
+        <v>29</v>
+      </c>
+      <c r="E209" t="s">
+        <v>84</v>
+      </c>
+      <c r="F209" t="s">
+        <v>37</v>
+      </c>
+      <c r="G209">
+        <v>364</v>
+      </c>
+      <c r="H209">
+        <v>3.51</v>
+      </c>
+      <c r="I209">
+        <v>0.98</v>
+      </c>
+      <c r="J209" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E209" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K209">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L209" s="3">
-        <v>7.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>4</v>
       </c>
       <c r="B210" t="s">
         <v>7</v>
       </c>
       <c r="C210" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D210" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E210" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F210" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G210">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H210">
-        <v>3.54</v>
+        <v>3.51</v>
       </c>
       <c r="I210">
-        <v>0.95</v>
+        <v>0.98</v>
       </c>
       <c r="J210" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K210">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="L210" s="3">
-        <v>0.13300000000000001</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16200000000000001</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>4</v>
       </c>
       <c r="B211" t="s">
         <v>7</v>
       </c>
       <c r="C211" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D211" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E211" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F211" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G211">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H211">
-        <v>3.54</v>
+        <v>3.51</v>
       </c>
       <c r="I211">
-        <v>0.95</v>
+        <v>0.98</v>
       </c>
       <c r="J211" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K211">
-        <v>281</v>
+        <v>119</v>
       </c>
       <c r="L211" s="3">
-        <v>0.34300000000000003</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32700000000000001</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>4</v>
       </c>
       <c r="B212" t="s">
         <v>7</v>
       </c>
       <c r="C212" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D212" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E212" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F212" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G212">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H212">
-        <v>3.54</v>
+        <v>3.51</v>
       </c>
       <c r="I212">
-        <v>0.95</v>
+        <v>0.98</v>
       </c>
       <c r="J212" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K212">
-        <v>281</v>
+        <v>119</v>
       </c>
       <c r="L212" s="3">
-        <v>0.34300000000000003</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32700000000000001</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
         <v>4</v>
       </c>
       <c r="B213" t="s">
         <v>7</v>
       </c>
       <c r="C213" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D213" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E213" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F213" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G213">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H213">
-        <v>3.54</v>
+        <v>3.51</v>
       </c>
       <c r="I213">
-        <v>0.95</v>
+        <v>0.98</v>
       </c>
       <c r="J213" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K213">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="L213" s="3">
-        <v>0.17399999999999999</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17899999999999999</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
         <v>4</v>
       </c>
       <c r="B214" t="s">
         <v>7</v>
       </c>
       <c r="C214" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D214" t="s">
+        <v>29</v>
+      </c>
+      <c r="E214" t="s">
+        <v>85</v>
+      </c>
+      <c r="F214" t="s">
+        <v>38</v>
+      </c>
+      <c r="G214">
+        <v>365</v>
+      </c>
+      <c r="H214">
+        <v>3.52</v>
+      </c>
+      <c r="I214">
+        <v>0.98</v>
+      </c>
+      <c r="J214" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E214" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K214">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="L214" s="3">
-        <v>1.2E-2</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
         <v>4</v>
       </c>
       <c r="B215" t="s">
         <v>7</v>
       </c>
       <c r="C215" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D215" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E215" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F215" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G215">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H215">
-        <v>3.56</v>
+        <v>3.52</v>
       </c>
       <c r="I215">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="J215" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K215">
-        <v>112</v>
+        <v>61</v>
       </c>
       <c r="L215" s="3">
-        <v>0.13600000000000001</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16700000000000001</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>4</v>
       </c>
       <c r="B216" t="s">
         <v>7</v>
       </c>
       <c r="C216" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D216" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E216" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F216" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G216">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H216">
-        <v>3.56</v>
+        <v>3.52</v>
       </c>
       <c r="I216">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="J216" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K216">
-        <v>272</v>
+        <v>116</v>
       </c>
       <c r="L216" s="3">
-        <v>0.33100000000000002</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.318</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>4</v>
       </c>
       <c r="B217" t="s">
         <v>7</v>
       </c>
       <c r="C217" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D217" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E217" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F217" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G217">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H217">
-        <v>3.56</v>
+        <v>3.52</v>
       </c>
       <c r="I217">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="J217" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K217">
-        <v>266</v>
+        <v>121</v>
       </c>
       <c r="L217" s="3">
-        <v>0.32400000000000001</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33200000000000002</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>4</v>
       </c>
       <c r="B218" t="s">
         <v>7</v>
       </c>
       <c r="C218" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D218" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E218" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F218" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G218">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H218">
-        <v>3.56</v>
+        <v>3.52</v>
       </c>
       <c r="I218">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
       <c r="J218" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K218">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="L218" s="3">
-        <v>0.19600000000000001</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.18099999999999999</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>4</v>
       </c>
       <c r="B219" t="s">
         <v>7</v>
       </c>
       <c r="C219" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D219" t="s">
+        <v>39</v>
+      </c>
+      <c r="E219" t="s">
+        <v>86</v>
+      </c>
+      <c r="F219" t="s">
         <v>41</v>
       </c>
-      <c r="E219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G219">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="H219">
-        <v>3.9</v>
+        <v>3.89</v>
       </c>
       <c r="I219">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J219" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K219">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L219" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
         <v>4</v>
       </c>
       <c r="B220" t="s">
         <v>7</v>
       </c>
       <c r="C220" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D220" t="s">
+        <v>39</v>
+      </c>
+      <c r="E220" t="s">
+        <v>86</v>
+      </c>
+      <c r="F220" t="s">
         <v>41</v>
       </c>
-      <c r="E220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G220">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="H220">
-        <v>3.9</v>
+        <v>3.89</v>
       </c>
       <c r="I220">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J220" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K220">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L220" s="3">
-        <v>5.0999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.8000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
         <v>4</v>
       </c>
       <c r="B221" t="s">
         <v>7</v>
       </c>
       <c r="C221" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D221" t="s">
+        <v>39</v>
+      </c>
+      <c r="E221" t="s">
+        <v>86</v>
+      </c>
+      <c r="F221" t="s">
         <v>41</v>
       </c>
-      <c r="E221" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G221">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="H221">
-        <v>3.9</v>
+        <v>3.89</v>
       </c>
       <c r="I221">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J221" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K221">
-        <v>228</v>
+        <v>92</v>
       </c>
       <c r="L221" s="3">
-        <v>0.27800000000000002</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.251</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
         <v>4</v>
       </c>
       <c r="B222" t="s">
         <v>7</v>
       </c>
       <c r="C222" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D222" t="s">
+        <v>39</v>
+      </c>
+      <c r="E222" t="s">
+        <v>86</v>
+      </c>
+      <c r="F222" t="s">
         <v>41</v>
       </c>
-      <c r="E222" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G222">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="H222">
-        <v>3.9</v>
+        <v>3.89</v>
       </c>
       <c r="I222">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J222" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K222">
-        <v>305</v>
+        <v>144</v>
       </c>
       <c r="L222" s="3">
-        <v>0.372</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.39300000000000002</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
         <v>4</v>
       </c>
       <c r="B223" t="s">
         <v>7</v>
       </c>
       <c r="C223" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D223" t="s">
+        <v>39</v>
+      </c>
+      <c r="E223" t="s">
+        <v>86</v>
+      </c>
+      <c r="F223" t="s">
         <v>41</v>
       </c>
-      <c r="E223" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G223">
-        <v>819</v>
+        <v>366</v>
       </c>
       <c r="H223">
-        <v>3.9</v>
+        <v>3.89</v>
       </c>
       <c r="I223">
-        <v>0.9</v>
+        <v>0.91</v>
       </c>
       <c r="J223" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K223">
-        <v>240</v>
+        <v>104</v>
       </c>
       <c r="L223" s="3">
-        <v>0.29299999999999998</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28399999999999997</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
         <v>4</v>
       </c>
       <c r="B224" t="s">
         <v>7</v>
       </c>
       <c r="C224" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D224" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E224" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F224" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G224">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H224">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="I224">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J224" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K224">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L224" s="3">
-        <v>7.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
         <v>4</v>
       </c>
       <c r="B225" t="s">
         <v>7</v>
       </c>
       <c r="C225" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D225" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E225" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F225" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G225">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H225">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="I225">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J225" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K225">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="L225" s="3">
-        <v>7.3999999999999996E-2</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.6000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
         <v>4</v>
       </c>
       <c r="B226" t="s">
         <v>7</v>
       </c>
       <c r="C226" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D226" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E226" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F226" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G226">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H226">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="I226">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J226" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K226">
-        <v>244</v>
+        <v>109</v>
       </c>
       <c r="L226" s="3">
-        <v>0.29799999999999999</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29899999999999999</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
         <v>4</v>
       </c>
       <c r="B227" t="s">
         <v>7</v>
       </c>
       <c r="C227" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D227" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E227" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F227" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G227">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H227">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="I227">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J227" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K227">
-        <v>301</v>
+        <v>126</v>
       </c>
       <c r="L227" s="3">
-        <v>0.36699999999999999</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34599999999999997</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
         <v>4</v>
       </c>
       <c r="B228" t="s">
         <v>7</v>
       </c>
       <c r="C228" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D228" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E228" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F228" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G228">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H228">
-        <v>3.79</v>
+        <v>3.74</v>
       </c>
       <c r="I228">
-        <v>0.93</v>
+        <v>0.96</v>
       </c>
       <c r="J228" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K228">
-        <v>208</v>
+        <v>92</v>
       </c>
       <c r="L228" s="3">
-        <v>0.254</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.253</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
         <v>4</v>
       </c>
       <c r="B229" t="s">
         <v>7</v>
       </c>
       <c r="C229" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D229" t="s">
+        <v>43</v>
+      </c>
+      <c r="E229" t="s">
+        <v>88</v>
+      </c>
+      <c r="F229" t="s">
         <v>45</v>
       </c>
-      <c r="E229" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G229">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H229">
-        <v>3.77</v>
+        <v>3.64</v>
       </c>
       <c r="I229">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J229" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K229">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L229" s="3">
-        <v>6.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>4</v>
       </c>
       <c r="B230" t="s">
         <v>7</v>
       </c>
       <c r="C230" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D230" t="s">
+        <v>43</v>
+      </c>
+      <c r="E230" t="s">
+        <v>88</v>
+      </c>
+      <c r="F230" t="s">
         <v>45</v>
       </c>
-      <c r="E230" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G230">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H230">
-        <v>3.77</v>
+        <v>3.64</v>
       </c>
       <c r="I230">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J230" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K230">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="L230" s="3">
-        <v>7.6999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.104</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>4</v>
       </c>
       <c r="B231" t="s">
         <v>7</v>
       </c>
       <c r="C231" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D231" t="s">
+        <v>43</v>
+      </c>
+      <c r="E231" t="s">
+        <v>88</v>
+      </c>
+      <c r="F231" t="s">
         <v>45</v>
       </c>
-      <c r="E231" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G231">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H231">
-        <v>3.77</v>
+        <v>3.64</v>
       </c>
       <c r="I231">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J231" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K231">
-        <v>247</v>
+        <v>124</v>
       </c>
       <c r="L231" s="3">
-        <v>0.30099999999999999</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34100000000000003</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
         <v>4</v>
       </c>
       <c r="B232" t="s">
         <v>7</v>
       </c>
       <c r="C232" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D232" t="s">
+        <v>43</v>
+      </c>
+      <c r="E232" t="s">
+        <v>88</v>
+      </c>
+      <c r="F232" t="s">
         <v>45</v>
       </c>
-      <c r="E232" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G232">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H232">
-        <v>3.77</v>
+        <v>3.64</v>
       </c>
       <c r="I232">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J232" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K232">
-        <v>308</v>
+        <v>128</v>
       </c>
       <c r="L232" s="3">
-        <v>0.376</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35199999999999998</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>4</v>
       </c>
       <c r="B233" t="s">
         <v>7</v>
       </c>
       <c r="C233" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D233" t="s">
+        <v>43</v>
+      </c>
+      <c r="E233" t="s">
+        <v>88</v>
+      </c>
+      <c r="F233" t="s">
         <v>45</v>
       </c>
-      <c r="E233" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G233">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H233">
-        <v>3.77</v>
+        <v>3.64</v>
       </c>
       <c r="I233">
-        <v>0.92</v>
+        <v>0.93</v>
       </c>
       <c r="J233" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K233">
-        <v>197</v>
+        <v>73</v>
       </c>
       <c r="L233" s="3">
-        <v>0.24</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.20100000000000001</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>4</v>
       </c>
       <c r="B234" t="s">
         <v>7</v>
       </c>
       <c r="C234" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D234" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E234" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F234" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G234">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H234">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="I234">
         <v>0.89</v>
       </c>
       <c r="J234" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K234">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L234" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.0000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>4</v>
       </c>
       <c r="B235" t="s">
         <v>7</v>
       </c>
       <c r="C235" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D235" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E235" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F235" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G235">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H235">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="I235">
         <v>0.89</v>
       </c>
       <c r="J235" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K235">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="L235" s="3">
-        <v>6.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>4</v>
       </c>
       <c r="B236" t="s">
         <v>7</v>
       </c>
       <c r="C236" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D236" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E236" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F236" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G236">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H236">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="I236">
         <v>0.89</v>
       </c>
       <c r="J236" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K236">
-        <v>254</v>
+        <v>113</v>
       </c>
       <c r="L236" s="3">
-        <v>0.309</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>4</v>
       </c>
       <c r="B237" t="s">
         <v>7</v>
       </c>
       <c r="C237" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D237" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E237" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F237" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G237">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H237">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="I237">
         <v>0.89</v>
       </c>
       <c r="J237" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K237">
-        <v>318</v>
+        <v>151</v>
       </c>
       <c r="L237" s="3">
-        <v>0.38700000000000001</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.41399999999999998</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>4</v>
       </c>
       <c r="B238" t="s">
         <v>7</v>
       </c>
       <c r="C238" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D238" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E238" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F238" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G238">
-        <v>821</v>
+        <v>365</v>
       </c>
       <c r="H238">
-        <v>3.79</v>
+        <v>3.7</v>
       </c>
       <c r="I238">
         <v>0.89</v>
       </c>
       <c r="J238" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K238">
-        <v>195</v>
+        <v>69</v>
       </c>
       <c r="L238" s="3">
-        <v>0.23799999999999999</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.189</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>4</v>
       </c>
       <c r="B239" t="s">
         <v>7</v>
       </c>
       <c r="C239" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D239" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E239" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F239" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G239">
-        <v>821</v>
+        <v>366</v>
       </c>
       <c r="H239">
-        <v>3.64</v>
+        <v>3.54</v>
       </c>
       <c r="I239">
         <v>0.9</v>
       </c>
       <c r="J239" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K239">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L239" s="3">
-        <v>7.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>4</v>
       </c>
       <c r="B240" t="s">
         <v>7</v>
       </c>
       <c r="C240" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D240" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E240" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F240" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G240">
-        <v>821</v>
+        <v>366</v>
       </c>
       <c r="H240">
-        <v>3.64</v>
+        <v>3.54</v>
       </c>
       <c r="I240">
         <v>0.9</v>
       </c>
       <c r="J240" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K240">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="L240" s="3">
-        <v>8.5999999999999993E-2</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.115</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>4</v>
       </c>
       <c r="B241" t="s">
         <v>7</v>
       </c>
       <c r="C241" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D241" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E241" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F241" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G241">
-        <v>821</v>
+        <v>366</v>
       </c>
       <c r="H241">
-        <v>3.64</v>
+        <v>3.54</v>
       </c>
       <c r="I241">
         <v>0.9</v>
       </c>
       <c r="J241" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K241">
-        <v>287</v>
+        <v>133</v>
       </c>
       <c r="L241" s="3">
-        <v>0.35</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36299999999999999</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>4</v>
       </c>
       <c r="B242" t="s">
         <v>7</v>
       </c>
       <c r="C242" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D242" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E242" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F242" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G242">
-        <v>821</v>
+        <v>366</v>
       </c>
       <c r="H242">
-        <v>3.64</v>
+        <v>3.54</v>
       </c>
       <c r="I242">
         <v>0.9</v>
       </c>
       <c r="J242" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K242">
-        <v>307</v>
+        <v>134</v>
       </c>
       <c r="L242" s="3">
-        <v>0.374</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36599999999999999</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>4</v>
       </c>
       <c r="B243" t="s">
         <v>7</v>
       </c>
       <c r="C243" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D243" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E243" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F243" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G243">
-        <v>821</v>
+        <v>366</v>
       </c>
       <c r="H243">
-        <v>3.64</v>
+        <v>3.54</v>
       </c>
       <c r="I243">
         <v>0.9</v>
       </c>
       <c r="J243" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K243">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="L243" s="3">
-        <v>0.183</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>4</v>
       </c>
       <c r="B244" t="s">
         <v>7</v>
       </c>
       <c r="C244" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D244" t="s">
+        <v>46</v>
+      </c>
+      <c r="E244" t="s">
+        <v>91</v>
+      </c>
+      <c r="F244" t="s">
         <v>48</v>
       </c>
-      <c r="E244" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G244">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H244">
-        <v>3.67</v>
+        <v>3.59</v>
       </c>
       <c r="I244">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J244" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K244">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L244" s="3">
-        <v>7.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>4</v>
       </c>
       <c r="B245" t="s">
         <v>7</v>
       </c>
       <c r="C245" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D245" t="s">
+        <v>46</v>
+      </c>
+      <c r="E245" t="s">
+        <v>91</v>
+      </c>
+      <c r="F245" t="s">
         <v>48</v>
       </c>
-      <c r="E245" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G245">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H245">
-        <v>3.67</v>
+        <v>3.59</v>
       </c>
       <c r="I245">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J245" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K245">
         <v>34</v>
       </c>
-      <c r="K245">
-[...1 lines deleted...]
-      </c>
       <c r="L245" s="3">
-        <v>0.1</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>4</v>
       </c>
       <c r="B246" t="s">
         <v>7</v>
       </c>
       <c r="C246" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D246" t="s">
+        <v>46</v>
+      </c>
+      <c r="E246" t="s">
+        <v>91</v>
+      </c>
+      <c r="F246" t="s">
         <v>48</v>
       </c>
-      <c r="E246" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G246">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H246">
-        <v>3.67</v>
+        <v>3.59</v>
       </c>
       <c r="I246">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J246" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K246">
-        <v>254</v>
+        <v>140</v>
       </c>
       <c r="L246" s="3">
-        <v>0.311</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38300000000000001</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>4</v>
       </c>
       <c r="B247" t="s">
         <v>7</v>
       </c>
       <c r="C247" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D247" t="s">
+        <v>46</v>
+      </c>
+      <c r="E247" t="s">
+        <v>91</v>
+      </c>
+      <c r="F247" t="s">
         <v>48</v>
       </c>
-      <c r="E247" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G247">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H247">
-        <v>3.67</v>
+        <v>3.59</v>
       </c>
       <c r="I247">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J247" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K247">
-        <v>309</v>
+        <v>127</v>
       </c>
       <c r="L247" s="3">
-        <v>0.378</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34699999999999998</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>4</v>
       </c>
       <c r="B248" t="s">
         <v>7</v>
       </c>
       <c r="C248" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D248" t="s">
+        <v>46</v>
+      </c>
+      <c r="E248" t="s">
+        <v>91</v>
+      </c>
+      <c r="F248" t="s">
         <v>48</v>
       </c>
-      <c r="E248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G248">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H248">
-        <v>3.67</v>
+        <v>3.59</v>
       </c>
       <c r="I248">
-        <v>0.94</v>
+        <v>0.9</v>
       </c>
       <c r="J248" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K248">
-        <v>167</v>
+        <v>63</v>
       </c>
       <c r="L248" s="3">
-        <v>0.20399999999999999</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17199999999999999</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>4</v>
       </c>
       <c r="B249" t="s">
         <v>7</v>
       </c>
       <c r="C249" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D249" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E249" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F249" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G249">
-        <v>820</v>
+        <v>366</v>
       </c>
       <c r="H249">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="I249">
-        <v>0.97</v>
+        <v>1.02</v>
       </c>
       <c r="J249" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K249">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L249" s="3">
-        <v>1.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>4</v>
       </c>
       <c r="B250" t="s">
         <v>7</v>
       </c>
       <c r="C250" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D250" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E250" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F250" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G250">
-        <v>820</v>
+        <v>366</v>
       </c>
       <c r="H250">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="I250">
-        <v>0.97</v>
+        <v>1.02</v>
       </c>
       <c r="J250" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K250">
-        <v>120</v>
+        <v>73</v>
       </c>
       <c r="L250" s="3">
-        <v>0.14599999999999999</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.19900000000000001</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>4</v>
       </c>
       <c r="B251" t="s">
         <v>7</v>
       </c>
       <c r="C251" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D251" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E251" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F251" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G251">
-        <v>820</v>
+        <v>366</v>
       </c>
       <c r="H251">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="I251">
-        <v>0.97</v>
+        <v>1.02</v>
       </c>
       <c r="J251" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K251">
-        <v>301</v>
+        <v>131</v>
       </c>
       <c r="L251" s="3">
-        <v>0.36699999999999999</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35799999999999998</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>4</v>
       </c>
       <c r="B252" t="s">
         <v>7</v>
       </c>
       <c r="C252" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D252" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E252" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F252" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G252">
-        <v>820</v>
+        <v>366</v>
       </c>
       <c r="H252">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="I252">
-        <v>0.97</v>
+        <v>1.02</v>
       </c>
       <c r="J252" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K252">
-        <v>262</v>
+        <v>103</v>
       </c>
       <c r="L252" s="3">
-        <v>0.32</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28100000000000003</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>4</v>
       </c>
       <c r="B253" t="s">
         <v>7</v>
       </c>
       <c r="C253" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D253" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E253" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F253" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G253">
-        <v>820</v>
+        <v>366</v>
       </c>
       <c r="H253">
-        <v>3.43</v>
+        <v>3.31</v>
       </c>
       <c r="I253">
-        <v>0.97</v>
+        <v>1.02</v>
       </c>
       <c r="J253" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K253">
-        <v>122</v>
+        <v>50</v>
       </c>
       <c r="L253" s="3">
-        <v>0.14899999999999999</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13700000000000001</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>4</v>
       </c>
       <c r="B254" t="s">
         <v>7</v>
       </c>
       <c r="C254" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D254" t="s">
+        <v>49</v>
+      </c>
+      <c r="E254" t="s">
+        <v>93</v>
+      </c>
+      <c r="F254" t="s">
         <v>51</v>
       </c>
-      <c r="E254" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G254">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H254">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="I254">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
       <c r="J254" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K254">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="L254" s="3">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>4</v>
       </c>
       <c r="B255" t="s">
         <v>7</v>
       </c>
       <c r="C255" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D255" t="s">
+        <v>49</v>
+      </c>
+      <c r="E255" t="s">
+        <v>93</v>
+      </c>
+      <c r="F255" t="s">
         <v>51</v>
       </c>
-      <c r="E255" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G255">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H255">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="I255">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
       <c r="J255" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K255">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="L255" s="3">
-        <v>0.126</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.153</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>4</v>
       </c>
       <c r="B256" t="s">
         <v>7</v>
       </c>
       <c r="C256" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D256" t="s">
+        <v>49</v>
+      </c>
+      <c r="E256" t="s">
+        <v>93</v>
+      </c>
+      <c r="F256" t="s">
         <v>51</v>
       </c>
-      <c r="E256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G256">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H256">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="I256">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
       <c r="J256" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K256">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="L256" s="3">
-        <v>0.34599999999999997</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35199999999999998</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>4</v>
       </c>
       <c r="B257" t="s">
         <v>7</v>
       </c>
       <c r="C257" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D257" t="s">
+        <v>49</v>
+      </c>
+      <c r="E257" t="s">
+        <v>93</v>
+      </c>
+      <c r="F257" t="s">
         <v>51</v>
       </c>
-      <c r="E257" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G257">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H257">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="I257">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
       <c r="J257" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K257">
-        <v>282</v>
+        <v>122</v>
       </c>
       <c r="L257" s="3">
-        <v>0.34499999999999997</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
         <v>4</v>
       </c>
       <c r="B258" t="s">
         <v>7</v>
       </c>
       <c r="C258" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D258" t="s">
+        <v>49</v>
+      </c>
+      <c r="E258" t="s">
+        <v>93</v>
+      </c>
+      <c r="F258" t="s">
         <v>51</v>
       </c>
-      <c r="E258" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G258">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="H258">
-        <v>3.55</v>
+        <v>3.46</v>
       </c>
       <c r="I258">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
       <c r="J258" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K258">
-        <v>142</v>
+        <v>55</v>
       </c>
       <c r="L258" s="3">
-        <v>0.17399999999999999</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
         <v>4</v>
       </c>
       <c r="B259" t="s">
         <v>7</v>
       </c>
       <c r="C259" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D259" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E259" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F259" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G259">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H259">
-        <v>3.58</v>
+        <v>3.52</v>
       </c>
       <c r="I259">
         <v>0.92</v>
       </c>
       <c r="J259" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K259">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L259" s="3">
-        <v>8.9999999999999993E-3</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>4</v>
       </c>
       <c r="B260" t="s">
         <v>7</v>
       </c>
       <c r="C260" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D260" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E260" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F260" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G260">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H260">
-        <v>3.58</v>
+        <v>3.52</v>
       </c>
       <c r="I260">
         <v>0.92</v>
       </c>
       <c r="J260" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K260">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="L260" s="3">
-        <v>0.10199999999999999</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.126</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>4</v>
       </c>
       <c r="B261" t="s">
         <v>7</v>
       </c>
       <c r="C261" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D261" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E261" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F261" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G261">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H261">
-        <v>3.58</v>
+        <v>3.52</v>
       </c>
       <c r="I261">
         <v>0.92</v>
       </c>
       <c r="J261" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K261">
-        <v>293</v>
+        <v>139</v>
       </c>
       <c r="L261" s="3">
-        <v>0.35699999999999998</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38200000000000001</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>4</v>
       </c>
       <c r="B262" t="s">
         <v>7</v>
       </c>
       <c r="C262" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D262" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E262" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F262" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G262">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H262">
-        <v>3.58</v>
+        <v>3.52</v>
       </c>
       <c r="I262">
         <v>0.92</v>
       </c>
       <c r="J262" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K262">
-        <v>297</v>
+        <v>118</v>
       </c>
       <c r="L262" s="3">
-        <v>0.36199999999999999</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32400000000000001</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>4</v>
       </c>
       <c r="B263" t="s">
         <v>7</v>
       </c>
       <c r="C263" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D263" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E263" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F263" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G263">
-        <v>820</v>
+        <v>364</v>
       </c>
       <c r="H263">
-        <v>3.58</v>
+        <v>3.52</v>
       </c>
       <c r="I263">
         <v>0.92</v>
       </c>
       <c r="J263" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K263">
-        <v>139</v>
+        <v>60</v>
       </c>
       <c r="L263" s="3">
-        <v>0.17</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16500000000000001</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>4</v>
       </c>
       <c r="B264" t="s">
         <v>7</v>
       </c>
       <c r="C264" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D264" t="s">
+        <v>52</v>
+      </c>
+      <c r="E264" t="s">
+        <v>95</v>
+      </c>
+      <c r="F264" t="s">
         <v>54</v>
       </c>
-      <c r="E264" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G264">
-        <v>818</v>
+        <v>365</v>
       </c>
       <c r="H264">
         <v>3.91</v>
       </c>
       <c r="I264">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J264" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K264">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L264" s="3">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="265" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="265" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>4</v>
       </c>
       <c r="B265" t="s">
         <v>7</v>
       </c>
       <c r="C265" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D265" t="s">
+        <v>52</v>
+      </c>
+      <c r="E265" t="s">
+        <v>95</v>
+      </c>
+      <c r="F265" t="s">
         <v>54</v>
       </c>
-      <c r="E265" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G265">
-        <v>818</v>
+        <v>365</v>
       </c>
       <c r="H265">
         <v>3.91</v>
       </c>
       <c r="I265">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J265" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K265">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="L265" s="3">
-        <v>5.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>4</v>
       </c>
       <c r="B266" t="s">
         <v>7</v>
       </c>
       <c r="C266" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D266" t="s">
+        <v>52</v>
+      </c>
+      <c r="E266" t="s">
+        <v>95</v>
+      </c>
+      <c r="F266" t="s">
         <v>54</v>
       </c>
-      <c r="E266" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G266">
-        <v>818</v>
+        <v>365</v>
       </c>
       <c r="H266">
         <v>3.91</v>
       </c>
       <c r="I266">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J266" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K266">
-        <v>218</v>
+        <v>106</v>
       </c>
       <c r="L266" s="3">
-        <v>0.26700000000000002</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28999999999999998</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>4</v>
       </c>
       <c r="B267" t="s">
         <v>7</v>
       </c>
       <c r="C267" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D267" t="s">
+        <v>52</v>
+      </c>
+      <c r="E267" t="s">
+        <v>95</v>
+      </c>
+      <c r="F267" t="s">
         <v>54</v>
       </c>
-      <c r="E267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G267">
-        <v>818</v>
+        <v>365</v>
       </c>
       <c r="H267">
         <v>3.91</v>
       </c>
       <c r="I267">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J267" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K267">
-        <v>311</v>
+        <v>136</v>
       </c>
       <c r="L267" s="3">
-        <v>0.38</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.373</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>4</v>
       </c>
       <c r="B268" t="s">
         <v>7</v>
       </c>
       <c r="C268" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D268" t="s">
+        <v>52</v>
+      </c>
+      <c r="E268" t="s">
+        <v>95</v>
+      </c>
+      <c r="F268" t="s">
         <v>54</v>
       </c>
-      <c r="E268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G268">
-        <v>818</v>
+        <v>365</v>
       </c>
       <c r="H268">
         <v>3.91</v>
       </c>
       <c r="I268">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J268" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K268">
-        <v>242</v>
+        <v>107</v>
       </c>
       <c r="L268" s="3">
-        <v>0.29599999999999999</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29299999999999998</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>4</v>
       </c>
       <c r="B269" t="s">
         <v>7</v>
       </c>
       <c r="C269" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D269" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E269" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F269" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G269">
-        <v>824</v>
+        <v>366</v>
       </c>
       <c r="H269">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="I269">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
       <c r="J269" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K269">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L269" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>4</v>
       </c>
       <c r="B270" t="s">
         <v>7</v>
       </c>
       <c r="C270" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D270" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E270" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F270" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G270">
-        <v>824</v>
+        <v>366</v>
       </c>
       <c r="H270">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="I270">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
       <c r="J270" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K270">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="L270" s="3">
-        <v>7.9000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.8000000000000004E-2</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
         <v>4</v>
       </c>
       <c r="B271" t="s">
         <v>7</v>
       </c>
       <c r="C271" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D271" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E271" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F271" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G271">
-        <v>824</v>
+        <v>366</v>
       </c>
       <c r="H271">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="I271">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
       <c r="J271" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K271">
-        <v>232</v>
+        <v>108</v>
       </c>
       <c r="L271" s="3">
-        <v>0.28199999999999997</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29499999999999998</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
         <v>4</v>
       </c>
       <c r="B272" t="s">
         <v>7</v>
       </c>
       <c r="C272" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D272" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E272" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F272" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G272">
-        <v>824</v>
+        <v>366</v>
       </c>
       <c r="H272">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="I272">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
       <c r="J272" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K272">
-        <v>243</v>
+        <v>111</v>
       </c>
       <c r="L272" s="3">
-        <v>0.29499999999999998</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.30299999999999999</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>4</v>
       </c>
       <c r="B273" t="s">
         <v>7</v>
       </c>
       <c r="C273" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D273" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E273" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F273" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G273">
-        <v>824</v>
+        <v>366</v>
       </c>
       <c r="H273">
-        <v>3.89</v>
+        <v>3.78</v>
       </c>
       <c r="I273">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
       <c r="J273" s="7" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="K273">
-        <v>278</v>
+        <v>106</v>
       </c>
       <c r="L273" s="3">
-        <v>0.33700000000000002</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28999999999999998</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>4</v>
       </c>
       <c r="B274" t="s">
         <v>7</v>
       </c>
       <c r="C274" t="s">
+        <v>55</v>
+      </c>
+      <c r="D274" t="s">
+        <v>56</v>
+      </c>
+      <c r="E274" t="s">
+        <v>40</v>
+      </c>
+      <c r="F274" t="s">
+        <v>96</v>
+      </c>
+      <c r="G274">
+        <v>366</v>
+      </c>
+      <c r="H274">
+        <v>3.78</v>
+      </c>
+      <c r="I274">
+        <v>0.99</v>
+      </c>
+      <c r="J274" s="7" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
       <c r="K274">
         <v>3</v>
       </c>
       <c r="L274" s="3">
-        <v>4.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.0000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>4</v>
       </c>
       <c r="B275" t="s">
         <v>7</v>
       </c>
       <c r="C275" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D275" t="s">
+        <v>58</v>
+      </c>
+      <c r="E275" t="s">
+        <v>63</v>
+      </c>
+      <c r="F275" t="s">
+        <v>98</v>
+      </c>
+      <c r="G275">
+        <v>382</v>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J275" s="7" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>62</v>
       </c>
       <c r="K275">
         <v>11</v>
       </c>
       <c r="L275" s="3">
-        <v>1.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>4</v>
       </c>
       <c r="B276" t="s">
         <v>7</v>
       </c>
       <c r="C276" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D276" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E276" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F276" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G276">
-        <v>846</v>
+        <v>382</v>
       </c>
       <c r="H276" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I276" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J276" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="J276" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K276">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L276" s="3">
-        <v>6.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
         <v>4</v>
       </c>
       <c r="B277" t="s">
         <v>7</v>
       </c>
       <c r="C277" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D277" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E277" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F277" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G277">
-        <v>846</v>
+        <v>382</v>
       </c>
       <c r="H277" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J277" s="7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K277">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="L277" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.5E-2</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
         <v>4</v>
       </c>
       <c r="B278" t="s">
         <v>7</v>
       </c>
       <c r="C278" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D278" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E278" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F278" t="s">
+        <v>98</v>
+      </c>
+      <c r="G278">
+        <v>382</v>
+      </c>
+      <c r="H278" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J278" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="G278">
-[...10 lines deleted...]
-      </c>
       <c r="K278">
-        <v>736</v>
+        <v>343</v>
       </c>
       <c r="L278" s="3">
-        <v>0.87</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.89800000000000002</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>4</v>
       </c>
       <c r="B279" t="s">
         <v>7</v>
       </c>
       <c r="C279" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D279" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E279" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F279" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G279">
-        <v>846</v>
+        <v>382</v>
       </c>
       <c r="H279" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J279" s="7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="K279">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L279" s="3">
-        <v>1.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>4</v>
       </c>
       <c r="B280" t="s">
         <v>7</v>
       </c>
       <c r="C280" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D280" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E280" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F280" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G280">
-        <v>850</v>
+        <v>383</v>
       </c>
       <c r="H280" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J280" s="7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="K280">
-        <v>118</v>
+        <v>55</v>
       </c>
       <c r="L280" s="3">
-        <v>0.13900000000000001</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14399999999999999</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>4</v>
       </c>
       <c r="B281" t="s">
         <v>7</v>
       </c>
       <c r="C281" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D281" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E281" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F281" t="s">
+        <v>64</v>
+      </c>
+      <c r="G281">
+        <v>383</v>
+      </c>
+      <c r="H281" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J281" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="G281">
-[...10 lines deleted...]
-      </c>
       <c r="K281">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="L281" s="3">
-        <v>9.8000000000000004E-2</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.4000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>4</v>
       </c>
       <c r="B282" t="s">
         <v>7</v>
       </c>
       <c r="C282" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D282" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E282" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F282" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G282">
-        <v>850</v>
+        <v>383</v>
       </c>
       <c r="H282" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J282" s="7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K282">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L282" s="3">
-        <v>8.9999999999999993E-3</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>4</v>
       </c>
       <c r="B283" t="s">
         <v>7</v>
       </c>
       <c r="C283" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D283" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E283" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F283" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G283">
-        <v>850</v>
+        <v>383</v>
       </c>
       <c r="H283" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J283" s="7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="K283">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="L283" s="3">
-        <v>1.9E-2</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>4</v>
       </c>
       <c r="B284" t="s">
         <v>7</v>
       </c>
       <c r="C284" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D284" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E284" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F284" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G284">
-        <v>850</v>
+        <v>383</v>
       </c>
       <c r="H284" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J284" s="7" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K284">
         <v>0</v>
       </c>
       <c r="L284" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="285" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="285" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>4</v>
       </c>
       <c r="B285" t="s">
         <v>7</v>
       </c>
       <c r="C285" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D285" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E285" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F285" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G285">
-        <v>850</v>
+        <v>383</v>
       </c>
       <c r="H285" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J285" s="7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="K285">
-        <v>625</v>
+        <v>283</v>
       </c>
       <c r="L285" s="3">
-        <v>0.73499999999999999</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.73899999999999999</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>4</v>
       </c>
       <c r="B286" t="s">
         <v>7</v>
       </c>
       <c r="C286" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D286" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E286" t="s">
+        <v>72</v>
+      </c>
+      <c r="F286" t="s">
+        <v>73</v>
+      </c>
+      <c r="G286">
+        <v>382</v>
+      </c>
+      <c r="H286" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J286" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="F286" t="s">
-[...5 lines deleted...]
-      <c r="H286" s="5" t="s">
+      <c r="K286">
         <v>105</v>
       </c>
-      <c r="I286" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L286" s="3">
-        <v>0.27100000000000002</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27500000000000002</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>4</v>
       </c>
       <c r="B287" t="s">
         <v>7</v>
       </c>
       <c r="C287" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D287" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E287" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F287" t="s">
+        <v>73</v>
+      </c>
+      <c r="G287">
+        <v>382</v>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J287" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="G287">
-[...10 lines deleted...]
-      </c>
       <c r="K287">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="L287" s="3">
-        <v>0.08</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0999999999999994E-2</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>4</v>
       </c>
       <c r="B288" t="s">
         <v>7</v>
       </c>
       <c r="C288" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D288" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E288" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F288" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G288">
-        <v>849</v>
+        <v>382</v>
       </c>
       <c r="H288" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J288" s="7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="K288">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L288" s="3">
-        <v>1.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>4</v>
       </c>
       <c r="B289" t="s">
         <v>7</v>
       </c>
       <c r="C289" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D289" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E289" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F289" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G289">
-        <v>849</v>
+        <v>382</v>
       </c>
       <c r="H289" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I289" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J289" s="7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K289">
-        <v>536</v>
+        <v>241</v>
       </c>
       <c r="L289" s="3">
         <v>0.63100000000000001</v>
       </c>
     </row>
-    <row r="290" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="290" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>4</v>
       </c>
       <c r="B290" t="s">
         <v>7</v>
       </c>
       <c r="C290" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D290" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E290" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F290" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G290">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H290" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J290">
         <v>1</v>
       </c>
       <c r="K290">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="L290" s="3">
-        <v>9.1999999999999998E-2</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.2999999999999995E-2</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>4</v>
       </c>
       <c r="B291" t="s">
         <v>7</v>
       </c>
       <c r="C291" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D291" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E291" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F291" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G291">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H291" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J291">
         <v>2</v>
       </c>
       <c r="K291">
-        <v>186</v>
+        <v>97</v>
       </c>
       <c r="L291" s="3">
-        <v>0.224</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.26300000000000001</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>4</v>
       </c>
       <c r="B292" t="s">
         <v>7</v>
       </c>
       <c r="C292" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D292" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E292" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F292" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G292">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H292" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>59</v>
+      </c>
+      <c r="J292" s="7" t="s">
+        <v>70</v>
       </c>
       <c r="K292">
-        <v>375</v>
+        <v>180</v>
       </c>
       <c r="L292" s="3">
-        <v>0.45200000000000001</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.48799999999999999</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>4</v>
       </c>
       <c r="B293" t="s">
         <v>7</v>
       </c>
       <c r="C293" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D293" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E293" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F293" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G293">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H293" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>59</v>
+      </c>
+      <c r="J293" s="7" t="s">
+        <v>71</v>
       </c>
       <c r="K293">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="L293" s="3">
-        <v>0.13700000000000001</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.114</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>4</v>
       </c>
       <c r="B294" t="s">
         <v>7</v>
       </c>
       <c r="C294" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D294" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E294" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F294" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G294">
-        <v>830</v>
+        <v>369</v>
       </c>
       <c r="H294" s="5" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>59</v>
+      </c>
+      <c r="J294" s="7" t="s">
+        <v>79</v>
       </c>
       <c r="K294">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="L294" s="3">
-        <v>3.1E-2</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.7E-2</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>4</v>
       </c>
       <c r="B295" t="s">
         <v>7</v>
       </c>
       <c r="C295" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D295" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E295" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F295" t="s">
+        <v>78</v>
+      </c>
+      <c r="G295">
+        <v>369</v>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J295" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="G295">
-[...10 lines deleted...]
-      </c>
       <c r="K295">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="L295" s="3">
-        <v>1.9E-2</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>4</v>
       </c>
       <c r="B296" t="s">
         <v>7</v>
       </c>
       <c r="C296" t="s">
+        <v>55</v>
+      </c>
+      <c r="D296" t="s">
+        <v>58</v>
+      </c>
+      <c r="E296" t="s">
+        <v>102</v>
+      </c>
+      <c r="F296" t="s">
+        <v>78</v>
+      </c>
+      <c r="G296">
+        <v>369</v>
+      </c>
+      <c r="H296" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J296" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="K296">
+        <v>9</v>
+      </c>
+      <c r="L296" s="3">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>4</v>
+      </c>
+      <c r="B297" t="s">
+        <v>104</v>
+      </c>
+      <c r="C297" t="s">
+        <v>28</v>
+      </c>
+      <c r="D297" t="s">
+        <v>29</v>
+      </c>
+      <c r="E297" t="s">
+        <v>82</v>
+      </c>
+      <c r="F297" t="s">
+        <v>30</v>
+      </c>
+      <c r="G297">
+        <v>363</v>
+      </c>
+      <c r="H297">
+        <v>3.75</v>
+      </c>
+      <c r="I297">
+        <v>0.8</v>
+      </c>
+      <c r="J297" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K297">
+        <v>2</v>
+      </c>
+      <c r="L297" s="3">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>4</v>
+      </c>
+      <c r="B298" t="s">
+        <v>104</v>
+      </c>
+      <c r="C298" t="s">
+        <v>28</v>
+      </c>
+      <c r="D298" t="s">
+        <v>29</v>
+      </c>
+      <c r="E298" t="s">
+        <v>82</v>
+      </c>
+      <c r="F298" t="s">
+        <v>30</v>
+      </c>
+      <c r="G298">
+        <v>363</v>
+      </c>
+      <c r="H298">
+        <v>3.75</v>
+      </c>
+      <c r="I298">
+        <v>0.8</v>
+      </c>
+      <c r="J298" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K298">
+        <v>13</v>
+      </c>
+      <c r="L298" s="3">
+        <v>3.5999999999999997E-2</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>4</v>
+      </c>
+      <c r="B299" t="s">
+        <v>104</v>
+      </c>
+      <c r="C299" t="s">
+        <v>28</v>
+      </c>
+      <c r="D299" t="s">
+        <v>29</v>
+      </c>
+      <c r="E299" t="s">
+        <v>82</v>
+      </c>
+      <c r="F299" t="s">
+        <v>30</v>
+      </c>
+      <c r="G299">
+        <v>363</v>
+      </c>
+      <c r="H299">
+        <v>3.75</v>
+      </c>
+      <c r="I299">
+        <v>0.8</v>
+      </c>
+      <c r="J299" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K299">
+        <v>121</v>
+      </c>
+      <c r="L299" s="3">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>4</v>
+      </c>
+      <c r="B300" t="s">
+        <v>104</v>
+      </c>
+      <c r="C300" t="s">
+        <v>28</v>
+      </c>
+      <c r="D300" t="s">
+        <v>29</v>
+      </c>
+      <c r="E300" t="s">
+        <v>82</v>
+      </c>
+      <c r="F300" t="s">
+        <v>30</v>
+      </c>
+      <c r="G300">
+        <v>363</v>
+      </c>
+      <c r="H300">
+        <v>3.75</v>
+      </c>
+      <c r="I300">
+        <v>0.8</v>
+      </c>
+      <c r="J300" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K300">
+        <v>164</v>
+      </c>
+      <c r="L300" s="3">
+        <v>0.45200000000000001</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>4</v>
+      </c>
+      <c r="B301" t="s">
+        <v>104</v>
+      </c>
+      <c r="C301" t="s">
+        <v>28</v>
+      </c>
+      <c r="D301" t="s">
+        <v>29</v>
+      </c>
+      <c r="E301" t="s">
+        <v>82</v>
+      </c>
+      <c r="F301" t="s">
+        <v>30</v>
+      </c>
+      <c r="G301">
+        <v>363</v>
+      </c>
+      <c r="H301">
+        <v>3.75</v>
+      </c>
+      <c r="I301">
+        <v>0.8</v>
+      </c>
+      <c r="J301" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K301">
+        <v>63</v>
+      </c>
+      <c r="L301" s="3">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>4</v>
+      </c>
+      <c r="B302" t="s">
+        <v>104</v>
+      </c>
+      <c r="C302" t="s">
+        <v>28</v>
+      </c>
+      <c r="D302" t="s">
+        <v>29</v>
+      </c>
+      <c r="E302" t="s">
+        <v>83</v>
+      </c>
+      <c r="F302" t="s">
+        <v>36</v>
+      </c>
+      <c r="G302">
+        <v>363</v>
+      </c>
+      <c r="H302">
+        <v>3.6</v>
+      </c>
+      <c r="I302">
+        <v>0.89</v>
+      </c>
+      <c r="J302" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K302">
+        <v>1</v>
+      </c>
+      <c r="L302" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B303" t="s">
+        <v>104</v>
+      </c>
+      <c r="C303" t="s">
+        <v>28</v>
+      </c>
+      <c r="D303" t="s">
+        <v>29</v>
+      </c>
+      <c r="E303" t="s">
+        <v>83</v>
+      </c>
+      <c r="F303" t="s">
+        <v>36</v>
+      </c>
+      <c r="G303">
+        <v>363</v>
+      </c>
+      <c r="H303">
+        <v>3.6</v>
+      </c>
+      <c r="I303">
+        <v>0.89</v>
+      </c>
+      <c r="J303" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K303">
+        <v>40</v>
+      </c>
+      <c r="L303" s="3">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>4</v>
+      </c>
+      <c r="B304" t="s">
+        <v>104</v>
+      </c>
+      <c r="C304" t="s">
+        <v>28</v>
+      </c>
+      <c r="D304" t="s">
+        <v>29</v>
+      </c>
+      <c r="E304" t="s">
+        <v>83</v>
+      </c>
+      <c r="F304" t="s">
+        <v>36</v>
+      </c>
+      <c r="G304">
+        <v>363</v>
+      </c>
+      <c r="H304">
+        <v>3.6</v>
+      </c>
+      <c r="I304">
+        <v>0.89</v>
+      </c>
+      <c r="J304" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K304">
+        <v>118</v>
+      </c>
+      <c r="L304" s="3">
+        <v>0.32500000000000001</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>4</v>
+      </c>
+      <c r="B305" t="s">
+        <v>104</v>
+      </c>
+      <c r="C305" t="s">
+        <v>28</v>
+      </c>
+      <c r="D305" t="s">
+        <v>29</v>
+      </c>
+      <c r="E305" t="s">
+        <v>83</v>
+      </c>
+      <c r="F305" t="s">
+        <v>36</v>
+      </c>
+      <c r="G305">
+        <v>363</v>
+      </c>
+      <c r="H305">
+        <v>3.6</v>
+      </c>
+      <c r="I305">
+        <v>0.89</v>
+      </c>
+      <c r="J305" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K305">
+        <v>147</v>
+      </c>
+      <c r="L305" s="3">
+        <v>0.40500000000000003</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>4</v>
+      </c>
+      <c r="B306" t="s">
+        <v>104</v>
+      </c>
+      <c r="C306" t="s">
+        <v>28</v>
+      </c>
+      <c r="D306" t="s">
+        <v>29</v>
+      </c>
+      <c r="E306" t="s">
+        <v>83</v>
+      </c>
+      <c r="F306" t="s">
+        <v>36</v>
+      </c>
+      <c r="G306">
+        <v>363</v>
+      </c>
+      <c r="H306">
+        <v>3.6</v>
+      </c>
+      <c r="I306">
+        <v>0.89</v>
+      </c>
+      <c r="J306" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K306">
         <v>57</v>
       </c>
-      <c r="D296" t="s">
-[...2 lines deleted...]
-      <c r="E296" t="s">
+      <c r="L306" s="3">
+        <v>0.157</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>4</v>
+      </c>
+      <c r="B307" t="s">
         <v>104</v>
       </c>
-      <c r="F296" t="s">
-[...14 lines deleted...]
-      <c r="K296">
+      <c r="C307" t="s">
+        <v>28</v>
+      </c>
+      <c r="D307" t="s">
+        <v>29</v>
+      </c>
+      <c r="E307" t="s">
+        <v>84</v>
+      </c>
+      <c r="F307" t="s">
         <v>37</v>
       </c>
-      <c r="L296" s="3">
-[...13 lines deleted...]
-      <c r="D297" t="s">
+      <c r="G307">
+        <v>365</v>
+      </c>
+      <c r="H307">
+        <v>3.48</v>
+      </c>
+      <c r="I307">
+        <v>0.9</v>
+      </c>
+      <c r="J307" s="7" t="s">
         <v>31</v>
-      </c>
-[...396 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K307">
         <v>2</v>
       </c>
       <c r="L307" s="3">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
-    <row r="308" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="308" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
         <v>4</v>
       </c>
       <c r="B308" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C308" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D308" t="s">
+        <v>29</v>
+      </c>
+      <c r="E308" t="s">
+        <v>84</v>
+      </c>
+      <c r="F308" t="s">
+        <v>37</v>
+      </c>
+      <c r="G308">
+        <v>365</v>
+      </c>
+      <c r="H308">
+        <v>3.48</v>
+      </c>
+      <c r="I308">
+        <v>0.9</v>
+      </c>
+      <c r="J308" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K308">
+        <v>45</v>
+      </c>
+      <c r="L308" s="3">
+        <v>0.123</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>4</v>
+      </c>
+      <c r="B309" t="s">
+        <v>104</v>
+      </c>
+      <c r="C309" t="s">
+        <v>28</v>
+      </c>
+      <c r="D309" t="s">
+        <v>29</v>
+      </c>
+      <c r="E309" t="s">
+        <v>84</v>
+      </c>
+      <c r="F309" t="s">
+        <v>37</v>
+      </c>
+      <c r="G309">
+        <v>365</v>
+      </c>
+      <c r="H309">
+        <v>3.48</v>
+      </c>
+      <c r="I309">
+        <v>0.9</v>
+      </c>
+      <c r="J309" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K309">
+        <v>145</v>
+      </c>
+      <c r="L309" s="3">
+        <v>0.39700000000000002</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>4</v>
+      </c>
+      <c r="B310" t="s">
+        <v>104</v>
+      </c>
+      <c r="C310" t="s">
+        <v>28</v>
+      </c>
+      <c r="D310" t="s">
+        <v>29</v>
+      </c>
+      <c r="E310" t="s">
+        <v>84</v>
+      </c>
+      <c r="F310" t="s">
+        <v>37</v>
+      </c>
+      <c r="G310">
+        <v>365</v>
+      </c>
+      <c r="H310">
+        <v>3.48</v>
+      </c>
+      <c r="I310">
+        <v>0.9</v>
+      </c>
+      <c r="J310" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K310">
+        <v>123</v>
+      </c>
+      <c r="L310" s="3">
+        <v>0.33700000000000002</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>4</v>
+      </c>
+      <c r="B311" t="s">
+        <v>104</v>
+      </c>
+      <c r="C311" t="s">
+        <v>28</v>
+      </c>
+      <c r="D311" t="s">
+        <v>29</v>
+      </c>
+      <c r="E311" t="s">
+        <v>84</v>
+      </c>
+      <c r="F311" t="s">
+        <v>37</v>
+      </c>
+      <c r="G311">
+        <v>365</v>
+      </c>
+      <c r="H311">
+        <v>3.48</v>
+      </c>
+      <c r="I311">
+        <v>0.9</v>
+      </c>
+      <c r="J311" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K311">
+        <v>50</v>
+      </c>
+      <c r="L311" s="3">
+        <v>0.13700000000000001</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>4</v>
+      </c>
+      <c r="B312" t="s">
+        <v>104</v>
+      </c>
+      <c r="C312" t="s">
+        <v>28</v>
+      </c>
+      <c r="D312" t="s">
+        <v>29</v>
+      </c>
+      <c r="E312" t="s">
+        <v>85</v>
+      </c>
+      <c r="F312" t="s">
+        <v>38</v>
+      </c>
+      <c r="G312">
+        <v>364</v>
+      </c>
+      <c r="H312">
+        <v>3.46</v>
+      </c>
+      <c r="I312">
+        <v>0.97</v>
+      </c>
+      <c r="J312" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E308" t="s">
+      <c r="K312">
+        <v>4</v>
+      </c>
+      <c r="L312" s="3">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>4</v>
+      </c>
+      <c r="B313" t="s">
+        <v>104</v>
+      </c>
+      <c r="C313" t="s">
+        <v>28</v>
+      </c>
+      <c r="D313" t="s">
+        <v>29</v>
+      </c>
+      <c r="E313" t="s">
+        <v>85</v>
+      </c>
+      <c r="F313" t="s">
+        <v>38</v>
+      </c>
+      <c r="G313">
+        <v>364</v>
+      </c>
+      <c r="H313">
+        <v>3.46</v>
+      </c>
+      <c r="I313">
+        <v>0.97</v>
+      </c>
+      <c r="J313" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K313">
+        <v>57</v>
+      </c>
+      <c r="L313" s="3">
+        <v>0.157</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>4</v>
+      </c>
+      <c r="B314" t="s">
+        <v>104</v>
+      </c>
+      <c r="C314" t="s">
+        <v>28</v>
+      </c>
+      <c r="D314" t="s">
+        <v>29</v>
+      </c>
+      <c r="E314" t="s">
+        <v>85</v>
+      </c>
+      <c r="F314" t="s">
+        <v>38</v>
+      </c>
+      <c r="G314">
+        <v>364</v>
+      </c>
+      <c r="H314">
+        <v>3.46</v>
+      </c>
+      <c r="I314">
+        <v>0.97</v>
+      </c>
+      <c r="J314" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K314">
+        <v>128</v>
+      </c>
+      <c r="L314" s="3">
+        <v>0.35199999999999998</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>4</v>
+      </c>
+      <c r="B315" t="s">
+        <v>104</v>
+      </c>
+      <c r="C315" t="s">
+        <v>28</v>
+      </c>
+      <c r="D315" t="s">
+        <v>29</v>
+      </c>
+      <c r="E315" t="s">
+        <v>85</v>
+      </c>
+      <c r="F315" t="s">
+        <v>38</v>
+      </c>
+      <c r="G315">
+        <v>364</v>
+      </c>
+      <c r="H315">
+        <v>3.46</v>
+      </c>
+      <c r="I315">
+        <v>0.97</v>
+      </c>
+      <c r="J315" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K315">
+        <v>119</v>
+      </c>
+      <c r="L315" s="3">
+        <v>0.32700000000000001</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>4</v>
+      </c>
+      <c r="B316" t="s">
+        <v>104</v>
+      </c>
+      <c r="C316" t="s">
+        <v>28</v>
+      </c>
+      <c r="D316" t="s">
+        <v>29</v>
+      </c>
+      <c r="E316" t="s">
+        <v>85</v>
+      </c>
+      <c r="F316" t="s">
+        <v>38</v>
+      </c>
+      <c r="G316">
+        <v>364</v>
+      </c>
+      <c r="H316">
+        <v>3.46</v>
+      </c>
+      <c r="I316">
+        <v>0.97</v>
+      </c>
+      <c r="J316" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K316">
+        <v>56</v>
+      </c>
+      <c r="L316" s="3">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>4</v>
+      </c>
+      <c r="B317" t="s">
+        <v>104</v>
+      </c>
+      <c r="C317" t="s">
+        <v>28</v>
+      </c>
+      <c r="D317" t="s">
+        <v>39</v>
+      </c>
+      <c r="E317" t="s">
         <v>86</v>
       </c>
-      <c r="F308" t="s">
+      <c r="F317" t="s">
+        <v>41</v>
+      </c>
+      <c r="G317">
+        <v>364</v>
+      </c>
+      <c r="H317">
+        <v>3.84</v>
+      </c>
+      <c r="I317">
+        <v>0.88</v>
+      </c>
+      <c r="J317" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K317">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>4</v>
+      </c>
+      <c r="B318" t="s">
+        <v>104</v>
+      </c>
+      <c r="C318" t="s">
+        <v>28</v>
+      </c>
+      <c r="D318" t="s">
         <v>39</v>
       </c>
-      <c r="G308">
+      <c r="E318" t="s">
+        <v>86</v>
+      </c>
+      <c r="F318" t="s">
+        <v>41</v>
+      </c>
+      <c r="G318">
         <v>364</v>
       </c>
-      <c r="H308">
-[...5 lines deleted...]
-      <c r="J308" s="7" t="s">
+      <c r="H318">
+        <v>3.84</v>
+      </c>
+      <c r="I318">
+        <v>0.88</v>
+      </c>
+      <c r="J318" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K318">
+        <v>26</v>
+      </c>
+      <c r="L318" s="3">
+        <v>7.0999999999999994E-2</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>4</v>
+      </c>
+      <c r="B319" t="s">
+        <v>104</v>
+      </c>
+      <c r="C319" t="s">
+        <v>28</v>
+      </c>
+      <c r="D319" t="s">
+        <v>39</v>
+      </c>
+      <c r="E319" t="s">
+        <v>86</v>
+      </c>
+      <c r="F319" t="s">
+        <v>41</v>
+      </c>
+      <c r="G319">
+        <v>364</v>
+      </c>
+      <c r="H319">
+        <v>3.84</v>
+      </c>
+      <c r="I319">
+        <v>0.88</v>
+      </c>
+      <c r="J319" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K319">
+        <v>96</v>
+      </c>
+      <c r="L319" s="3">
+        <v>0.26400000000000001</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>4</v>
+      </c>
+      <c r="B320" t="s">
+        <v>104</v>
+      </c>
+      <c r="C320" t="s">
+        <v>28</v>
+      </c>
+      <c r="D320" t="s">
+        <v>39</v>
+      </c>
+      <c r="E320" t="s">
+        <v>86</v>
+      </c>
+      <c r="F320" t="s">
+        <v>41</v>
+      </c>
+      <c r="G320">
+        <v>364</v>
+      </c>
+      <c r="H320">
+        <v>3.84</v>
+      </c>
+      <c r="I320">
+        <v>0.88</v>
+      </c>
+      <c r="J320" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="K308">
-[...16 lines deleted...]
-      <c r="D309" t="s">
+      <c r="K320">
+        <v>152</v>
+      </c>
+      <c r="L320" s="3">
+        <v>0.41799999999999998</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>4</v>
+      </c>
+      <c r="B321" t="s">
+        <v>104</v>
+      </c>
+      <c r="C321" t="s">
+        <v>28</v>
+      </c>
+      <c r="D321" t="s">
+        <v>39</v>
+      </c>
+      <c r="E321" t="s">
+        <v>86</v>
+      </c>
+      <c r="F321" t="s">
+        <v>41</v>
+      </c>
+      <c r="G321">
+        <v>364</v>
+      </c>
+      <c r="H321">
+        <v>3.84</v>
+      </c>
+      <c r="I321">
+        <v>0.88</v>
+      </c>
+      <c r="J321" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K321">
+        <v>90</v>
+      </c>
+      <c r="L321" s="3">
+        <v>0.247</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>4</v>
+      </c>
+      <c r="B322" t="s">
+        <v>104</v>
+      </c>
+      <c r="C322" t="s">
+        <v>28</v>
+      </c>
+      <c r="D322" t="s">
+        <v>39</v>
+      </c>
+      <c r="E322" t="s">
+        <v>87</v>
+      </c>
+      <c r="F322" t="s">
+        <v>42</v>
+      </c>
+      <c r="G322">
+        <v>363</v>
+      </c>
+      <c r="H322">
+        <v>3.7</v>
+      </c>
+      <c r="I322">
+        <v>0.92</v>
+      </c>
+      <c r="J322" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E309" t="s">
-[...2 lines deleted...]
-      <c r="F309" t="s">
+      <c r="K322">
+        <v>1</v>
+      </c>
+      <c r="L322" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>4</v>
+      </c>
+      <c r="B323" t="s">
+        <v>104</v>
+      </c>
+      <c r="C323" t="s">
+        <v>28</v>
+      </c>
+      <c r="D323" t="s">
         <v>39</v>
       </c>
-      <c r="G309">
-[...8 lines deleted...]
-      <c r="J309" s="7" t="s">
+      <c r="E323" t="s">
+        <v>87</v>
+      </c>
+      <c r="F323" t="s">
+        <v>42</v>
+      </c>
+      <c r="G323">
+        <v>363</v>
+      </c>
+      <c r="H323">
+        <v>3.7</v>
+      </c>
+      <c r="I323">
+        <v>0.92</v>
+      </c>
+      <c r="J323" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K323">
+        <v>36</v>
+      </c>
+      <c r="L323" s="3">
+        <v>9.9000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>4</v>
+      </c>
+      <c r="B324" t="s">
+        <v>104</v>
+      </c>
+      <c r="C324" t="s">
+        <v>28</v>
+      </c>
+      <c r="D324" t="s">
+        <v>39</v>
+      </c>
+      <c r="E324" t="s">
+        <v>87</v>
+      </c>
+      <c r="F324" t="s">
+        <v>42</v>
+      </c>
+      <c r="G324">
+        <v>363</v>
+      </c>
+      <c r="H324">
+        <v>3.7</v>
+      </c>
+      <c r="I324">
+        <v>0.92</v>
+      </c>
+      <c r="J324" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K324">
+        <v>112</v>
+      </c>
+      <c r="L324" s="3">
+        <v>0.309</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>4</v>
+      </c>
+      <c r="B325" t="s">
+        <v>104</v>
+      </c>
+      <c r="C325" t="s">
+        <v>28</v>
+      </c>
+      <c r="D325" t="s">
+        <v>39</v>
+      </c>
+      <c r="E325" t="s">
+        <v>87</v>
+      </c>
+      <c r="F325" t="s">
+        <v>42</v>
+      </c>
+      <c r="G325">
+        <v>363</v>
+      </c>
+      <c r="H325">
+        <v>3.7</v>
+      </c>
+      <c r="I325">
+        <v>0.92</v>
+      </c>
+      <c r="J325" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K325">
+        <v>137</v>
+      </c>
+      <c r="L325" s="3">
+        <v>0.377</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>4</v>
+      </c>
+      <c r="B326" t="s">
+        <v>104</v>
+      </c>
+      <c r="C326" t="s">
+        <v>28</v>
+      </c>
+      <c r="D326" t="s">
+        <v>39</v>
+      </c>
+      <c r="E326" t="s">
+        <v>87</v>
+      </c>
+      <c r="F326" t="s">
+        <v>42</v>
+      </c>
+      <c r="G326">
+        <v>363</v>
+      </c>
+      <c r="H326">
+        <v>3.7</v>
+      </c>
+      <c r="I326">
+        <v>0.92</v>
+      </c>
+      <c r="J326" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="K309">
-[...16 lines deleted...]
-      <c r="D310" t="s">
+      <c r="K326">
+        <v>77</v>
+      </c>
+      <c r="L326" s="3">
+        <v>0.21199999999999999</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>4</v>
+      </c>
+      <c r="B327" t="s">
+        <v>104</v>
+      </c>
+      <c r="C327" t="s">
+        <v>28</v>
+      </c>
+      <c r="D327" t="s">
+        <v>43</v>
+      </c>
+      <c r="E327" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" t="s">
+        <v>44</v>
+      </c>
+      <c r="G327">
+        <v>363</v>
+      </c>
+      <c r="H327">
+        <v>3.66</v>
+      </c>
+      <c r="I327">
+        <v>0.87</v>
+      </c>
+      <c r="J327" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E310" t="s">
-[...90 lines deleted...]
-      <c r="J312" s="7" t="s">
+      <c r="K327">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>4</v>
+      </c>
+      <c r="B328" t="s">
+        <v>104</v>
+      </c>
+      <c r="C328" t="s">
+        <v>28</v>
+      </c>
+      <c r="D328" t="s">
+        <v>43</v>
+      </c>
+      <c r="E328" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" t="s">
+        <v>44</v>
+      </c>
+      <c r="G328">
+        <v>363</v>
+      </c>
+      <c r="H328">
+        <v>3.66</v>
+      </c>
+      <c r="I328">
+        <v>0.87</v>
+      </c>
+      <c r="J328" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K328">
+        <v>34</v>
+      </c>
+      <c r="L328" s="3">
+        <v>9.4E-2</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>4</v>
+      </c>
+      <c r="B329" t="s">
+        <v>104</v>
+      </c>
+      <c r="C329" t="s">
+        <v>28</v>
+      </c>
+      <c r="D329" t="s">
+        <v>43</v>
+      </c>
+      <c r="E329" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" t="s">
+        <v>44</v>
+      </c>
+      <c r="G329">
+        <v>363</v>
+      </c>
+      <c r="H329">
+        <v>3.66</v>
+      </c>
+      <c r="I329">
+        <v>0.87</v>
+      </c>
+      <c r="J329" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="K312">
-[...34 lines deleted...]
-      <c r="J313" s="7" t="s">
+      <c r="K329">
+        <v>116</v>
+      </c>
+      <c r="L329" s="3">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>4</v>
+      </c>
+      <c r="B330" t="s">
+        <v>104</v>
+      </c>
+      <c r="C330" t="s">
+        <v>28</v>
+      </c>
+      <c r="D330" t="s">
+        <v>43</v>
+      </c>
+      <c r="E330" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" t="s">
+        <v>44</v>
+      </c>
+      <c r="G330">
+        <v>363</v>
+      </c>
+      <c r="H330">
+        <v>3.66</v>
+      </c>
+      <c r="I330">
+        <v>0.87</v>
+      </c>
+      <c r="J330" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="K313">
-[...34 lines deleted...]
-      <c r="J314" s="7" t="s">
+      <c r="K330">
+        <v>151</v>
+      </c>
+      <c r="L330" s="3">
+        <v>0.41599999999999998</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>4</v>
+      </c>
+      <c r="B331" t="s">
+        <v>104</v>
+      </c>
+      <c r="C331" t="s">
+        <v>28</v>
+      </c>
+      <c r="D331" t="s">
+        <v>43</v>
+      </c>
+      <c r="E331" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" t="s">
+        <v>44</v>
+      </c>
+      <c r="G331">
+        <v>363</v>
+      </c>
+      <c r="H331">
+        <v>3.66</v>
+      </c>
+      <c r="I331">
+        <v>0.87</v>
+      </c>
+      <c r="J331" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="K314">
-[...98 lines deleted...]
-      <c r="F317" t="s">
+      <c r="K331">
+        <v>62</v>
+      </c>
+      <c r="L331" s="3">
+        <v>0.17100000000000001</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>4</v>
+      </c>
+      <c r="B332" t="s">
+        <v>104</v>
+      </c>
+      <c r="C332" t="s">
+        <v>28</v>
+      </c>
+      <c r="D332" t="s">
         <v>43</v>
       </c>
-      <c r="G317">
-[...370 lines deleted...]
-      <c r="D327" t="s">
+      <c r="E332" t="s">
+        <v>105</v>
+      </c>
+      <c r="F332" t="s">
         <v>45</v>
       </c>
-      <c r="E327" t="s">
-[...8 lines deleted...]
-      <c r="H327">
+      <c r="G332">
+        <v>363</v>
+      </c>
+      <c r="H332">
         <v>3.64</v>
-      </c>
-[...188 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="I332">
         <v>0.89</v>
       </c>
       <c r="J332" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K332">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L332" s="3">
-        <v>8.0000000000000002E-3</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
         <v>4</v>
       </c>
       <c r="B333" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C333" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D333" t="s">
+        <v>43</v>
+      </c>
+      <c r="E333" t="s">
+        <v>105</v>
+      </c>
+      <c r="F333" t="s">
         <v>45</v>
       </c>
-      <c r="E333" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G333">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H333">
-        <v>3.7</v>
+        <v>3.64</v>
       </c>
       <c r="I333">
         <v>0.89</v>
       </c>
       <c r="J333" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K333">
         <v>34</v>
       </c>
-      <c r="K333">
-[...1 lines deleted...]
-      </c>
       <c r="L333" s="3">
-        <v>7.9000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.4E-2</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
         <v>4</v>
       </c>
       <c r="B334" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C334" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D334" t="s">
+        <v>43</v>
+      </c>
+      <c r="E334" t="s">
+        <v>105</v>
+      </c>
+      <c r="F334" t="s">
         <v>45</v>
       </c>
-      <c r="E334" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G334">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H334">
-        <v>3.7</v>
+        <v>3.64</v>
       </c>
       <c r="I334">
         <v>0.89</v>
       </c>
       <c r="J334" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K334">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="L334" s="3">
-        <v>0.31</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
         <v>4</v>
       </c>
       <c r="B335" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C335" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D335" t="s">
+        <v>43</v>
+      </c>
+      <c r="E335" t="s">
+        <v>105</v>
+      </c>
+      <c r="F335" t="s">
         <v>45</v>
       </c>
-      <c r="E335" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G335">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H335">
-        <v>3.7</v>
+        <v>3.64</v>
       </c>
       <c r="I335">
         <v>0.89</v>
       </c>
       <c r="J335" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K335">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="L335" s="3">
-        <v>0.41399999999999998</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.41299999999999998</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
         <v>4</v>
       </c>
       <c r="B336" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C336" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D336" t="s">
+        <v>43</v>
+      </c>
+      <c r="E336" t="s">
+        <v>105</v>
+      </c>
+      <c r="F336" t="s">
         <v>45</v>
       </c>
-      <c r="E336" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G336">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H336">
-        <v>3.7</v>
+        <v>3.64</v>
       </c>
       <c r="I336">
         <v>0.89</v>
       </c>
       <c r="J336" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K336">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="L336" s="3">
-        <v>0.189</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16800000000000001</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
         <v>4</v>
       </c>
       <c r="B337" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C337" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D337" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E337" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F337" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G337">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H337">
-        <v>3.54</v>
+        <v>3.58</v>
       </c>
       <c r="I337">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
       <c r="J337" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K337">
+        <v>1</v>
+      </c>
+      <c r="L337" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>4</v>
+      </c>
+      <c r="B338" t="s">
+        <v>104</v>
+      </c>
+      <c r="C338" t="s">
+        <v>28</v>
+      </c>
+      <c r="D338" t="s">
+        <v>46</v>
+      </c>
+      <c r="E338" t="s">
+        <v>90</v>
+      </c>
+      <c r="F338" t="s">
+        <v>47</v>
+      </c>
+      <c r="G338">
+        <v>360</v>
+      </c>
+      <c r="H338">
+        <v>3.58</v>
+      </c>
+      <c r="I338">
+        <v>0.88</v>
+      </c>
+      <c r="J338" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K338">
+        <v>38</v>
+      </c>
+      <c r="L338" s="3">
+        <v>0.106</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>4</v>
+      </c>
+      <c r="B339" t="s">
+        <v>104</v>
+      </c>
+      <c r="C339" t="s">
+        <v>28</v>
+      </c>
+      <c r="D339" t="s">
+        <v>46</v>
+      </c>
+      <c r="E339" t="s">
+        <v>90</v>
+      </c>
+      <c r="F339" t="s">
+        <v>47</v>
+      </c>
+      <c r="G339">
+        <v>360</v>
+      </c>
+      <c r="H339">
+        <v>3.58</v>
+      </c>
+      <c r="I339">
+        <v>0.88</v>
+      </c>
+      <c r="J339" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="K337">
-[...34 lines deleted...]
-      <c r="J338" s="7" t="s">
+      <c r="K339">
+        <v>126</v>
+      </c>
+      <c r="L339" s="3">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>4</v>
+      </c>
+      <c r="B340" t="s">
+        <v>104</v>
+      </c>
+      <c r="C340" t="s">
+        <v>28</v>
+      </c>
+      <c r="D340" t="s">
+        <v>46</v>
+      </c>
+      <c r="E340" t="s">
+        <v>90</v>
+      </c>
+      <c r="F340" t="s">
+        <v>47</v>
+      </c>
+      <c r="G340">
+        <v>360</v>
+      </c>
+      <c r="H340">
+        <v>3.58</v>
+      </c>
+      <c r="I340">
+        <v>0.88</v>
+      </c>
+      <c r="J340" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="K338">
-[...34 lines deleted...]
-      <c r="J339" s="7" t="s">
+      <c r="K340">
+        <v>141</v>
+      </c>
+      <c r="L340" s="3">
+        <v>0.39200000000000002</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>4</v>
+      </c>
+      <c r="B341" t="s">
+        <v>104</v>
+      </c>
+      <c r="C341" t="s">
+        <v>28</v>
+      </c>
+      <c r="D341" t="s">
+        <v>46</v>
+      </c>
+      <c r="E341" t="s">
+        <v>90</v>
+      </c>
+      <c r="F341" t="s">
+        <v>47</v>
+      </c>
+      <c r="G341">
+        <v>360</v>
+      </c>
+      <c r="H341">
+        <v>3.58</v>
+      </c>
+      <c r="I341">
+        <v>0.88</v>
+      </c>
+      <c r="J341" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="K339">
-[...74 lines deleted...]
-      </c>
       <c r="K341">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="L341" s="3">
         <v>0.15</v>
       </c>
     </row>
-    <row r="342" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="342" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
         <v>4</v>
       </c>
       <c r="B342" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C342" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D342" t="s">
+        <v>46</v>
+      </c>
+      <c r="E342" t="s">
+        <v>91</v>
+      </c>
+      <c r="F342" t="s">
         <v>48</v>
       </c>
-      <c r="E342" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G342">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H342">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="I342">
         <v>0.9</v>
       </c>
       <c r="J342" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K342">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L342" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
         <v>4</v>
       </c>
       <c r="B343" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C343" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D343" t="s">
+        <v>46</v>
+      </c>
+      <c r="E343" t="s">
+        <v>91</v>
+      </c>
+      <c r="F343" t="s">
         <v>48</v>
       </c>
-      <c r="E343" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G343">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H343">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="I343">
         <v>0.9</v>
       </c>
       <c r="J343" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K343">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L343" s="3">
-        <v>9.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.11899999999999999</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
         <v>4</v>
       </c>
       <c r="B344" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C344" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D344" t="s">
+        <v>46</v>
+      </c>
+      <c r="E344" t="s">
+        <v>91</v>
+      </c>
+      <c r="F344" t="s">
         <v>48</v>
       </c>
-      <c r="E344" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G344">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H344">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="I344">
         <v>0.9</v>
       </c>
       <c r="J344" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K344">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="L344" s="3">
-        <v>0.38300000000000001</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
         <v>4</v>
       </c>
       <c r="B345" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C345" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D345" t="s">
+        <v>46</v>
+      </c>
+      <c r="E345" t="s">
+        <v>91</v>
+      </c>
+      <c r="F345" t="s">
         <v>48</v>
       </c>
-      <c r="E345" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G345">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H345">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="I345">
         <v>0.9</v>
       </c>
       <c r="J345" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K345">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="L345" s="3">
-        <v>0.34699999999999998</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38600000000000001</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
         <v>4</v>
       </c>
       <c r="B346" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C346" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D346" t="s">
+        <v>46</v>
+      </c>
+      <c r="E346" t="s">
+        <v>91</v>
+      </c>
+      <c r="F346" t="s">
         <v>48</v>
       </c>
-      <c r="E346" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G346">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H346">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="I346">
         <v>0.9</v>
       </c>
       <c r="J346" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K346">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L346" s="3">
-        <v>0.17199999999999999</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.158</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
         <v>4</v>
       </c>
       <c r="B347" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C347" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D347" t="s">
+        <v>49</v>
+      </c>
+      <c r="E347" t="s">
+        <v>92</v>
+      </c>
+      <c r="F347" t="s">
+        <v>50</v>
+      </c>
+      <c r="G347">
+        <v>361</v>
+      </c>
+      <c r="H347">
+        <v>3.35</v>
+      </c>
+      <c r="I347">
+        <v>0.92</v>
+      </c>
+      <c r="J347" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K347">
+        <v>4</v>
+      </c>
+      <c r="L347" s="3">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>4</v>
+      </c>
+      <c r="B348" t="s">
+        <v>104</v>
+      </c>
+      <c r="C348" t="s">
+        <v>28</v>
+      </c>
+      <c r="D348" t="s">
+        <v>49</v>
+      </c>
+      <c r="E348" t="s">
+        <v>92</v>
+      </c>
+      <c r="F348" t="s">
+        <v>50</v>
+      </c>
+      <c r="G348">
+        <v>361</v>
+      </c>
+      <c r="H348">
+        <v>3.35</v>
+      </c>
+      <c r="I348">
+        <v>0.92</v>
+      </c>
+      <c r="J348" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K348">
+        <v>54</v>
+      </c>
+      <c r="L348" s="3">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>4</v>
+      </c>
+      <c r="B349" t="s">
+        <v>104</v>
+      </c>
+      <c r="C349" t="s">
+        <v>28</v>
+      </c>
+      <c r="D349" t="s">
+        <v>49</v>
+      </c>
+      <c r="E349" t="s">
+        <v>92</v>
+      </c>
+      <c r="F349" t="s">
+        <v>50</v>
+      </c>
+      <c r="G349">
+        <v>361</v>
+      </c>
+      <c r="H349">
+        <v>3.35</v>
+      </c>
+      <c r="I349">
+        <v>0.92</v>
+      </c>
+      <c r="J349" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K349">
+        <v>158</v>
+      </c>
+      <c r="L349" s="3">
+        <v>0.438</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>4</v>
+      </c>
+      <c r="B350" t="s">
+        <v>104</v>
+      </c>
+      <c r="C350" t="s">
+        <v>28</v>
+      </c>
+      <c r="D350" t="s">
+        <v>49</v>
+      </c>
+      <c r="E350" t="s">
+        <v>92</v>
+      </c>
+      <c r="F350" t="s">
+        <v>50</v>
+      </c>
+      <c r="G350">
+        <v>361</v>
+      </c>
+      <c r="H350">
+        <v>3.35</v>
+      </c>
+      <c r="I350">
+        <v>0.92</v>
+      </c>
+      <c r="J350" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K350">
+        <v>100</v>
+      </c>
+      <c r="L350" s="3">
+        <v>0.27700000000000002</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>4</v>
+      </c>
+      <c r="B351" t="s">
+        <v>104</v>
+      </c>
+      <c r="C351" t="s">
+        <v>28</v>
+      </c>
+      <c r="D351" t="s">
+        <v>49</v>
+      </c>
+      <c r="E351" t="s">
+        <v>92</v>
+      </c>
+      <c r="F351" t="s">
+        <v>50</v>
+      </c>
+      <c r="G351">
+        <v>361</v>
+      </c>
+      <c r="H351">
+        <v>3.35</v>
+      </c>
+      <c r="I351">
+        <v>0.92</v>
+      </c>
+      <c r="J351" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K351">
+        <v>45</v>
+      </c>
+      <c r="L351" s="3">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>4</v>
+      </c>
+      <c r="B352" t="s">
+        <v>104</v>
+      </c>
+      <c r="C352" t="s">
+        <v>28</v>
+      </c>
+      <c r="D352" t="s">
+        <v>49</v>
+      </c>
+      <c r="E352" t="s">
+        <v>93</v>
+      </c>
+      <c r="F352" t="s">
         <v>51</v>
       </c>
-      <c r="E347" t="s">
-[...194 lines deleted...]
-      </c>
       <c r="G352">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H352">
         <v>3.46</v>
       </c>
       <c r="I352">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="J352" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K352">
         <v>4</v>
       </c>
       <c r="L352" s="3">
         <v>1.0999999999999999E-2</v>
       </c>
     </row>
-    <row r="353" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="353" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
         <v>4</v>
       </c>
       <c r="B353" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C353" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D353" t="s">
+        <v>49</v>
+      </c>
+      <c r="E353" t="s">
+        <v>93</v>
+      </c>
+      <c r="F353" t="s">
         <v>51</v>
       </c>
-      <c r="E353" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G353">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H353">
         <v>3.46</v>
       </c>
       <c r="I353">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="J353" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K353">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="L353" s="3">
-        <v>0.153</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.122</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
         <v>4</v>
       </c>
       <c r="B354" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C354" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D354" t="s">
+        <v>49</v>
+      </c>
+      <c r="E354" t="s">
+        <v>93</v>
+      </c>
+      <c r="F354" t="s">
         <v>51</v>
       </c>
-      <c r="E354" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G354">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H354">
         <v>3.46</v>
       </c>
       <c r="I354">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="J354" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K354">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="L354" s="3">
-        <v>0.35199999999999998</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.39100000000000001</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
         <v>4</v>
       </c>
       <c r="B355" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C355" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D355" t="s">
+        <v>49</v>
+      </c>
+      <c r="E355" t="s">
+        <v>93</v>
+      </c>
+      <c r="F355" t="s">
         <v>51</v>
       </c>
-      <c r="E355" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G355">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H355">
         <v>3.46</v>
       </c>
       <c r="I355">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="J355" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K355">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="L355" s="3">
-        <v>0.33300000000000002</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34599999999999997</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
         <v>4</v>
       </c>
       <c r="B356" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C356" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D356" t="s">
+        <v>49</v>
+      </c>
+      <c r="E356" t="s">
+        <v>93</v>
+      </c>
+      <c r="F356" t="s">
         <v>51</v>
       </c>
-      <c r="E356" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G356">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="H356">
         <v>3.46</v>
       </c>
       <c r="I356">
-        <v>0.96</v>
+        <v>0.91</v>
       </c>
       <c r="J356" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K356">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="L356" s="3">
-        <v>0.15</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="357" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
         <v>4</v>
       </c>
       <c r="B357" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C357" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D357" t="s">
+        <v>52</v>
+      </c>
+      <c r="E357" t="s">
+        <v>94</v>
+      </c>
+      <c r="F357" t="s">
+        <v>53</v>
+      </c>
+      <c r="G357">
+        <v>360</v>
+      </c>
+      <c r="H357">
+        <v>3.51</v>
+      </c>
+      <c r="I357">
+        <v>0.9</v>
+      </c>
+      <c r="J357" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K357">
+        <v>4</v>
+      </c>
+      <c r="L357" s="3">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="358" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>4</v>
+      </c>
+      <c r="B358" t="s">
+        <v>104</v>
+      </c>
+      <c r="C358" t="s">
+        <v>28</v>
+      </c>
+      <c r="D358" t="s">
+        <v>52</v>
+      </c>
+      <c r="E358" t="s">
+        <v>94</v>
+      </c>
+      <c r="F358" t="s">
+        <v>53</v>
+      </c>
+      <c r="G358">
+        <v>360</v>
+      </c>
+      <c r="H358">
+        <v>3.51</v>
+      </c>
+      <c r="I358">
+        <v>0.9</v>
+      </c>
+      <c r="J358" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K358">
+        <v>38</v>
+      </c>
+      <c r="L358" s="3">
+        <v>0.106</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>4</v>
+      </c>
+      <c r="B359" t="s">
+        <v>104</v>
+      </c>
+      <c r="C359" t="s">
+        <v>28</v>
+      </c>
+      <c r="D359" t="s">
+        <v>52</v>
+      </c>
+      <c r="E359" t="s">
+        <v>94</v>
+      </c>
+      <c r="F359" t="s">
+        <v>53</v>
+      </c>
+      <c r="G359">
+        <v>360</v>
+      </c>
+      <c r="H359">
+        <v>3.51</v>
+      </c>
+      <c r="I359">
+        <v>0.9</v>
+      </c>
+      <c r="J359" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K359">
+        <v>142</v>
+      </c>
+      <c r="L359" s="3">
+        <v>0.39400000000000002</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>4</v>
+      </c>
+      <c r="B360" t="s">
+        <v>104</v>
+      </c>
+      <c r="C360" t="s">
+        <v>28</v>
+      </c>
+      <c r="D360" t="s">
+        <v>52</v>
+      </c>
+      <c r="E360" t="s">
+        <v>94</v>
+      </c>
+      <c r="F360" t="s">
+        <v>53</v>
+      </c>
+      <c r="G360">
+        <v>360</v>
+      </c>
+      <c r="H360">
+        <v>3.51</v>
+      </c>
+      <c r="I360">
+        <v>0.9</v>
+      </c>
+      <c r="J360" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K360">
+        <v>124</v>
+      </c>
+      <c r="L360" s="3">
+        <v>0.34399999999999997</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>4</v>
+      </c>
+      <c r="B361" t="s">
+        <v>104</v>
+      </c>
+      <c r="C361" t="s">
+        <v>28</v>
+      </c>
+      <c r="D361" t="s">
+        <v>52</v>
+      </c>
+      <c r="E361" t="s">
+        <v>94</v>
+      </c>
+      <c r="F361" t="s">
+        <v>53</v>
+      </c>
+      <c r="G361">
+        <v>360</v>
+      </c>
+      <c r="H361">
+        <v>3.51</v>
+      </c>
+      <c r="I361">
+        <v>0.9</v>
+      </c>
+      <c r="J361" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K361">
+        <v>52</v>
+      </c>
+      <c r="L361" s="3">
+        <v>0.14399999999999999</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>4</v>
+      </c>
+      <c r="B362" t="s">
+        <v>104</v>
+      </c>
+      <c r="C362" t="s">
+        <v>28</v>
+      </c>
+      <c r="D362" t="s">
+        <v>52</v>
+      </c>
+      <c r="E362" t="s">
+        <v>95</v>
+      </c>
+      <c r="F362" t="s">
         <v>54</v>
       </c>
-      <c r="E357" t="s">
-[...194 lines deleted...]
-      </c>
       <c r="G362">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H362">
-        <v>3.91</v>
+        <v>3.84</v>
       </c>
       <c r="I362">
         <v>0.88</v>
       </c>
       <c r="J362" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="K362">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L362" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
         <v>4</v>
       </c>
       <c r="B363" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C363" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D363" t="s">
+        <v>52</v>
+      </c>
+      <c r="E363" t="s">
+        <v>95</v>
+      </c>
+      <c r="F363" t="s">
         <v>54</v>
       </c>
-      <c r="E363" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G363">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H363">
-        <v>3.91</v>
+        <v>3.84</v>
       </c>
       <c r="I363">
         <v>0.88</v>
       </c>
       <c r="J363" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K363">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="L363" s="3">
-        <v>3.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.4000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
         <v>4</v>
       </c>
       <c r="B364" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C364" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D364" t="s">
+        <v>52</v>
+      </c>
+      <c r="E364" t="s">
+        <v>95</v>
+      </c>
+      <c r="F364" t="s">
         <v>54</v>
       </c>
-      <c r="E364" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G364">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H364">
-        <v>3.91</v>
+        <v>3.84</v>
       </c>
       <c r="I364">
         <v>0.88</v>
       </c>
       <c r="J364" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="K364">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="L364" s="3">
-        <v>0.28999999999999998</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.26900000000000002</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
         <v>4</v>
       </c>
       <c r="B365" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C365" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D365" t="s">
+        <v>52</v>
+      </c>
+      <c r="E365" t="s">
+        <v>95</v>
+      </c>
+      <c r="F365" t="s">
         <v>54</v>
       </c>
-      <c r="E365" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G365">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H365">
-        <v>3.91</v>
+        <v>3.84</v>
       </c>
       <c r="I365">
         <v>0.88</v>
       </c>
       <c r="J365" s="7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K365">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="L365" s="3">
-        <v>0.373</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.41799999999999998</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
         <v>4</v>
       </c>
       <c r="B366" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C366" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D366" t="s">
+        <v>52</v>
+      </c>
+      <c r="E366" t="s">
+        <v>95</v>
+      </c>
+      <c r="F366" t="s">
         <v>54</v>
       </c>
-      <c r="E366" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G366">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H366">
-        <v>3.91</v>
+        <v>3.84</v>
       </c>
       <c r="I366">
         <v>0.88</v>
       </c>
       <c r="J366" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="K366">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="L366" s="3">
-        <v>0.29299999999999998</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.247</v>
+      </c>
+    </row>
+    <row r="367" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
         <v>4</v>
       </c>
       <c r="B367" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C367" t="s">
+        <v>55</v>
+      </c>
+      <c r="D367" t="s">
+        <v>56</v>
+      </c>
+      <c r="E367" t="s">
+        <v>40</v>
+      </c>
+      <c r="F367" t="s">
+        <v>96</v>
+      </c>
+      <c r="G367">
+        <v>361</v>
+      </c>
+      <c r="H367">
+        <v>3.79</v>
+      </c>
+      <c r="I367">
+        <v>0.91</v>
+      </c>
+      <c r="J367" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K367">
+        <v>1</v>
+      </c>
+      <c r="L367" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>4</v>
+      </c>
+      <c r="B368" t="s">
+        <v>104</v>
+      </c>
+      <c r="C368" t="s">
+        <v>55</v>
+      </c>
+      <c r="D368" t="s">
+        <v>56</v>
+      </c>
+      <c r="E368" t="s">
+        <v>40</v>
+      </c>
+      <c r="F368" t="s">
+        <v>96</v>
+      </c>
+      <c r="G368">
+        <v>361</v>
+      </c>
+      <c r="H368">
+        <v>3.79</v>
+      </c>
+      <c r="I368">
+        <v>0.91</v>
+      </c>
+      <c r="J368" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K368">
+        <v>29</v>
+      </c>
+      <c r="L368" s="3">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>4</v>
+      </c>
+      <c r="B369" t="s">
+        <v>104</v>
+      </c>
+      <c r="C369" t="s">
+        <v>55</v>
+      </c>
+      <c r="D369" t="s">
+        <v>56</v>
+      </c>
+      <c r="E369" t="s">
+        <v>40</v>
+      </c>
+      <c r="F369" t="s">
+        <v>96</v>
+      </c>
+      <c r="G369">
+        <v>361</v>
+      </c>
+      <c r="H369">
+        <v>3.79</v>
+      </c>
+      <c r="I369">
+        <v>0.91</v>
+      </c>
+      <c r="J369" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K369">
+        <v>100</v>
+      </c>
+      <c r="L369" s="3">
+        <v>0.27700000000000002</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>4</v>
+      </c>
+      <c r="B370" t="s">
+        <v>104</v>
+      </c>
+      <c r="C370" t="s">
+        <v>55</v>
+      </c>
+      <c r="D370" t="s">
+        <v>56</v>
+      </c>
+      <c r="E370" t="s">
+        <v>40</v>
+      </c>
+      <c r="F370" t="s">
+        <v>96</v>
+      </c>
+      <c r="G370">
+        <v>361</v>
+      </c>
+      <c r="H370">
+        <v>3.79</v>
+      </c>
+      <c r="I370">
+        <v>0.91</v>
+      </c>
+      <c r="J370" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K370">
+        <v>143</v>
+      </c>
+      <c r="L370" s="3">
+        <v>0.39600000000000002</v>
+      </c>
+    </row>
+    <row r="371" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>4</v>
+      </c>
+      <c r="B371" t="s">
+        <v>104</v>
+      </c>
+      <c r="C371" t="s">
+        <v>55</v>
+      </c>
+      <c r="D371" t="s">
+        <v>56</v>
+      </c>
+      <c r="E371" t="s">
+        <v>40</v>
+      </c>
+      <c r="F371" t="s">
+        <v>96</v>
+      </c>
+      <c r="G371">
+        <v>361</v>
+      </c>
+      <c r="H371">
+        <v>3.79</v>
+      </c>
+      <c r="I371">
+        <v>0.91</v>
+      </c>
+      <c r="J371" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="K371">
+        <v>87</v>
+      </c>
+      <c r="L371" s="3">
+        <v>0.24099999999999999</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>4</v>
+      </c>
+      <c r="B372" t="s">
+        <v>104</v>
+      </c>
+      <c r="C372" t="s">
+        <v>55</v>
+      </c>
+      <c r="D372" t="s">
+        <v>56</v>
+      </c>
+      <c r="E372" t="s">
+        <v>40</v>
+      </c>
+      <c r="F372" t="s">
+        <v>96</v>
+      </c>
+      <c r="G372">
+        <v>361</v>
+      </c>
+      <c r="H372">
+        <v>3.79</v>
+      </c>
+      <c r="I372">
+        <v>0.91</v>
+      </c>
+      <c r="J372" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="D367" t="s">
+      <c r="K372">
+        <v>1</v>
+      </c>
+      <c r="L372" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>4</v>
+      </c>
+      <c r="B373" t="s">
+        <v>104</v>
+      </c>
+      <c r="C373" t="s">
+        <v>55</v>
+      </c>
+      <c r="D373" t="s">
         <v>58</v>
       </c>
-      <c r="E367" t="s">
-[...2 lines deleted...]
-      <c r="F367" t="s">
+      <c r="E373" t="s">
+        <v>63</v>
+      </c>
+      <c r="F373" t="s">
         <v>98</v>
       </c>
-      <c r="G367">
-[...28 lines deleted...]
-      <c r="D368" t="s">
+      <c r="G373">
+        <v>376</v>
+      </c>
+      <c r="H373" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J373" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="K373">
+        <v>322</v>
+      </c>
+      <c r="L373" s="3">
+        <v>0.85599999999999998</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>4</v>
+      </c>
+      <c r="B374" t="s">
+        <v>104</v>
+      </c>
+      <c r="C374" t="s">
+        <v>55</v>
+      </c>
+      <c r="D374" t="s">
         <v>58</v>
       </c>
-      <c r="E368" t="s">
-[...2 lines deleted...]
-      <c r="F368" t="s">
+      <c r="E374" t="s">
+        <v>63</v>
+      </c>
+      <c r="F374" t="s">
         <v>98</v>
       </c>
-      <c r="G368">
-[...8 lines deleted...]
-      <c r="J368" s="7" t="s">
+      <c r="G374">
+        <v>376</v>
+      </c>
+      <c r="H374" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J374" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K374">
+        <v>10</v>
+      </c>
+      <c r="L374" s="3">
+        <v>2.7E-2</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>4</v>
+      </c>
+      <c r="B375" t="s">
+        <v>104</v>
+      </c>
+      <c r="C375" t="s">
+        <v>55</v>
+      </c>
+      <c r="D375" t="s">
+        <v>58</v>
+      </c>
+      <c r="E375" t="s">
+        <v>63</v>
+      </c>
+      <c r="F375" t="s">
+        <v>98</v>
+      </c>
+      <c r="G375">
+        <v>376</v>
+      </c>
+      <c r="H375" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J375" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K375">
+        <v>9</v>
+      </c>
+      <c r="L375" s="3">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>4</v>
+      </c>
+      <c r="B376" t="s">
+        <v>104</v>
+      </c>
+      <c r="C376" t="s">
+        <v>55</v>
+      </c>
+      <c r="D376" t="s">
+        <v>58</v>
+      </c>
+      <c r="E376" t="s">
+        <v>63</v>
+      </c>
+      <c r="F376" t="s">
+        <v>98</v>
+      </c>
+      <c r="G376">
+        <v>376</v>
+      </c>
+      <c r="H376" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J376" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K376">
+        <v>1</v>
+      </c>
+      <c r="L376" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>4</v>
+      </c>
+      <c r="B377" t="s">
+        <v>104</v>
+      </c>
+      <c r="C377" t="s">
+        <v>55</v>
+      </c>
+      <c r="D377" t="s">
+        <v>58</v>
+      </c>
+      <c r="E377" t="s">
+        <v>63</v>
+      </c>
+      <c r="F377" t="s">
+        <v>98</v>
+      </c>
+      <c r="G377">
+        <v>376</v>
+      </c>
+      <c r="H377" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J377" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="K377">
         <v>34</v>
       </c>
-      <c r="K368">
-[...16 lines deleted...]
-      <c r="D369" t="s">
+      <c r="L377" s="3">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>4</v>
+      </c>
+      <c r="B378" t="s">
+        <v>104</v>
+      </c>
+      <c r="C378" t="s">
+        <v>55</v>
+      </c>
+      <c r="D378" t="s">
         <v>58</v>
       </c>
-      <c r="E369" t="s">
-[...34 lines deleted...]
-      <c r="D370" t="s">
+      <c r="E378" t="s">
+        <v>69</v>
+      </c>
+      <c r="F378" t="s">
+        <v>64</v>
+      </c>
+      <c r="G378">
+        <v>376</v>
+      </c>
+      <c r="H378" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J378" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="K378">
+        <v>272</v>
+      </c>
+      <c r="L378" s="3">
+        <v>0.72299999999999998</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>4</v>
+      </c>
+      <c r="B379" t="s">
+        <v>104</v>
+      </c>
+      <c r="C379" t="s">
+        <v>55</v>
+      </c>
+      <c r="D379" t="s">
         <v>58</v>
       </c>
-      <c r="E370" t="s">
-[...34 lines deleted...]
-      <c r="D371" t="s">
+      <c r="E379" t="s">
+        <v>69</v>
+      </c>
+      <c r="F379" t="s">
+        <v>64</v>
+      </c>
+      <c r="G379">
+        <v>376</v>
+      </c>
+      <c r="H379" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I379" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J379" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K379">
+        <v>51</v>
+      </c>
+      <c r="L379" s="3">
+        <v>0.13600000000000001</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>4</v>
+      </c>
+      <c r="B380" t="s">
+        <v>104</v>
+      </c>
+      <c r="C380" t="s">
+        <v>55</v>
+      </c>
+      <c r="D380" t="s">
         <v>58</v>
       </c>
-      <c r="E371" t="s">
-[...14 lines deleted...]
-      <c r="J371" s="7" t="s">
+      <c r="E380" t="s">
+        <v>69</v>
+      </c>
+      <c r="F380" t="s">
+        <v>64</v>
+      </c>
+      <c r="G380">
+        <v>376</v>
+      </c>
+      <c r="H380" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J380" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K380">
+        <v>1</v>
+      </c>
+      <c r="L380" s="3">
+        <v>3.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>4</v>
+      </c>
+      <c r="B381" t="s">
+        <v>104</v>
+      </c>
+      <c r="C381" t="s">
+        <v>55</v>
+      </c>
+      <c r="D381" t="s">
+        <v>58</v>
+      </c>
+      <c r="E381" t="s">
+        <v>69</v>
+      </c>
+      <c r="F381" t="s">
+        <v>64</v>
+      </c>
+      <c r="G381">
+        <v>376</v>
+      </c>
+      <c r="H381" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I381" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J381" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K381">
+        <v>39</v>
+      </c>
+      <c r="L381" s="3">
+        <v>0.104</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>4</v>
+      </c>
+      <c r="B382" t="s">
+        <v>104</v>
+      </c>
+      <c r="C382" t="s">
+        <v>55</v>
+      </c>
+      <c r="D382" t="s">
+        <v>58</v>
+      </c>
+      <c r="E382" t="s">
+        <v>69</v>
+      </c>
+      <c r="F382" t="s">
+        <v>64</v>
+      </c>
+      <c r="G382">
+        <v>376</v>
+      </c>
+      <c r="H382" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I382" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J382" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K382">
+        <v>3</v>
+      </c>
+      <c r="L382" s="3">
+        <v>8.0000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>4</v>
+      </c>
+      <c r="B383" t="s">
+        <v>104</v>
+      </c>
+      <c r="C383" t="s">
+        <v>55</v>
+      </c>
+      <c r="D383" t="s">
+        <v>58</v>
+      </c>
+      <c r="E383" t="s">
+        <v>69</v>
+      </c>
+      <c r="F383" t="s">
+        <v>64</v>
+      </c>
+      <c r="G383">
+        <v>376</v>
+      </c>
+      <c r="H383" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I383" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J383" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="K371">
-[...16 lines deleted...]
-      <c r="D372" t="s">
+      <c r="K383">
+        <v>10</v>
+      </c>
+      <c r="L383" s="3">
+        <v>2.7E-2</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>4</v>
+      </c>
+      <c r="B384" t="s">
+        <v>104</v>
+      </c>
+      <c r="C384" t="s">
+        <v>55</v>
+      </c>
+      <c r="D384" t="s">
         <v>58</v>
       </c>
-      <c r="E372" t="s">
-[...14 lines deleted...]
-      <c r="J372" s="7" t="s">
+      <c r="E384" t="s">
+        <v>72</v>
+      </c>
+      <c r="F384" t="s">
+        <v>73</v>
+      </c>
+      <c r="G384">
+        <v>374</v>
+      </c>
+      <c r="H384" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="K372">
-[...148 lines deleted...]
-      <c r="J376" s="7" t="s">
+      <c r="I384" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J384" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="K384">
+        <v>213</v>
+      </c>
+      <c r="L384" s="3">
+        <v>0.56999999999999995</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A385" t="s">
+        <v>4</v>
+      </c>
+      <c r="B385" t="s">
+        <v>104</v>
+      </c>
+      <c r="C385" t="s">
+        <v>55</v>
+      </c>
+      <c r="D385" t="s">
+        <v>58</v>
+      </c>
+      <c r="E385" t="s">
+        <v>72</v>
+      </c>
+      <c r="F385" t="s">
+        <v>73</v>
+      </c>
+      <c r="G385">
+        <v>374</v>
+      </c>
+      <c r="H385" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I385" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J385" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K385">
+        <v>124</v>
+      </c>
+      <c r="L385" s="3">
+        <v>0.33200000000000002</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>4</v>
+      </c>
+      <c r="B386" t="s">
+        <v>104</v>
+      </c>
+      <c r="C386" t="s">
+        <v>55</v>
+      </c>
+      <c r="D386" t="s">
+        <v>58</v>
+      </c>
+      <c r="E386" t="s">
+        <v>72</v>
+      </c>
+      <c r="F386" t="s">
+        <v>73</v>
+      </c>
+      <c r="G386">
+        <v>374</v>
+      </c>
+      <c r="H386" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I386" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J386" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="K386">
+        <v>32</v>
+      </c>
+      <c r="L386" s="3">
+        <v>8.5999999999999993E-2</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>4</v>
+      </c>
+      <c r="B387" t="s">
+        <v>104</v>
+      </c>
+      <c r="C387" t="s">
+        <v>55</v>
+      </c>
+      <c r="D387" t="s">
+        <v>58</v>
+      </c>
+      <c r="E387" t="s">
+        <v>72</v>
+      </c>
+      <c r="F387" t="s">
+        <v>73</v>
+      </c>
+      <c r="G387">
+        <v>374</v>
+      </c>
+      <c r="H387" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J387" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="K387">
+        <v>5</v>
+      </c>
+      <c r="L387" s="3">
+        <v>1.2999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>4</v>
+      </c>
+      <c r="B388" t="s">
+        <v>104</v>
+      </c>
+      <c r="C388" t="s">
+        <v>55</v>
+      </c>
+      <c r="D388" t="s">
+        <v>58</v>
+      </c>
+      <c r="E388" t="s">
         <v>102</v>
       </c>
-      <c r="K376">
-[...376 lines deleted...]
-      <c r="J386" s="7" t="s">
+      <c r="F388" t="s">
         <v>78</v>
       </c>
-      <c r="K386">
-[...62 lines deleted...]
-      </c>
       <c r="G388">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="H388" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J388">
         <v>1</v>
       </c>
       <c r="K388">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="L388" s="3">
-        <v>7.2999999999999995E-2</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:12" x14ac:dyDescent="0.35">
+        <v>8.6999999999999994E-2</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
         <v>4</v>
       </c>
       <c r="B389" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C389" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D389" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E389" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F389" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G389">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="H389" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J389">
         <v>2</v>
       </c>
       <c r="K389">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L389" s="3">
-        <v>0.26300000000000001</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
         <v>4</v>
       </c>
       <c r="B390" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="C390" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D390" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E390" t="s">
+        <v>102</v>
+      </c>
+      <c r="F390" t="s">
+        <v>78</v>
+      </c>
+      <c r="G390">
+        <v>367</v>
+      </c>
+      <c r="H390" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J390" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K390">
+        <v>153</v>
+      </c>
+      <c r="L390" s="3">
+        <v>0.41699999999999998</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>4</v>
+      </c>
+      <c r="B391" t="s">
         <v>104</v>
       </c>
-      <c r="F390" t="s">
+      <c r="C391" t="s">
+        <v>55</v>
+      </c>
+      <c r="D391" t="s">
+        <v>58</v>
+      </c>
+      <c r="E391" t="s">
+        <v>102</v>
+      </c>
+      <c r="F391" t="s">
+        <v>78</v>
+      </c>
+      <c r="G391">
+        <v>367</v>
+      </c>
+      <c r="H391" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I391" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J391" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K391">
+        <v>45</v>
+      </c>
+      <c r="L391" s="3">
+        <v>0.123</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>4</v>
+      </c>
+      <c r="B392" t="s">
+        <v>104</v>
+      </c>
+      <c r="C392" t="s">
+        <v>55</v>
+      </c>
+      <c r="D392" t="s">
+        <v>58</v>
+      </c>
+      <c r="E392" t="s">
+        <v>102</v>
+      </c>
+      <c r="F392" t="s">
+        <v>78</v>
+      </c>
+      <c r="G392">
+        <v>367</v>
+      </c>
+      <c r="H392" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I392" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J392" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="K392">
+        <v>14</v>
+      </c>
+      <c r="L392" s="3">
+        <v>3.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>4</v>
+      </c>
+      <c r="B393" t="s">
+        <v>104</v>
+      </c>
+      <c r="C393" t="s">
+        <v>55</v>
+      </c>
+      <c r="D393" t="s">
+        <v>58</v>
+      </c>
+      <c r="E393" t="s">
+        <v>102</v>
+      </c>
+      <c r="F393" t="s">
+        <v>78</v>
+      </c>
+      <c r="G393">
+        <v>367</v>
+      </c>
+      <c r="H393" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I393" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J393" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="G390">
-[...31 lines deleted...]
-      <c r="E391" t="s">
+      <c r="K393">
+        <v>6</v>
+      </c>
+      <c r="L393" s="3">
+        <v>1.6E-2</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>4</v>
+      </c>
+      <c r="B394" t="s">
         <v>104</v>
       </c>
-      <c r="F391" t="s">
-[...49 lines deleted...]
-      <c r="J392" s="7" t="s">
+      <c r="C394" t="s">
+        <v>55</v>
+      </c>
+      <c r="D394" t="s">
+        <v>58</v>
+      </c>
+      <c r="E394" t="s">
+        <v>102</v>
+      </c>
+      <c r="F394" t="s">
+        <v>78</v>
+      </c>
+      <c r="G394">
+        <v>367</v>
+      </c>
+      <c r="H394" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J394" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="K392">
-[...74 lines deleted...]
-      </c>
       <c r="K394">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="L394" s="3">
-        <v>2.4E-2</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.9000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
         <v>4</v>
       </c>
       <c r="B395" t="s">
         <v>106</v>
       </c>
       <c r="C395" t="s">
+        <v>28</v>
+      </c>
+      <c r="D395" t="s">
+        <v>29</v>
+      </c>
+      <c r="E395" t="s">
+        <v>82</v>
+      </c>
+      <c r="F395" t="s">
         <v>30</v>
       </c>
-      <c r="D395" t="s">
+      <c r="G395">
+        <v>404</v>
+      </c>
+      <c r="H395" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="I395" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J395" t="s">
         <v>31</v>
       </c>
-      <c r="E395" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K395">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L395" s="3">
-        <v>6.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
         <v>4</v>
       </c>
       <c r="B396" t="s">
         <v>106</v>
       </c>
       <c r="C396" t="s">
+        <v>28</v>
+      </c>
+      <c r="D396" t="s">
+        <v>29</v>
+      </c>
+      <c r="E396" t="s">
+        <v>82</v>
+      </c>
+      <c r="F396" t="s">
         <v>30</v>
       </c>
-      <c r="D396" t="s">
-[...5 lines deleted...]
-      <c r="F396" t="s">
+      <c r="G396">
+        <v>404</v>
+      </c>
+      <c r="H396" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="I396" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J396" t="s">
         <v>32</v>
       </c>
-      <c r="G396">
-[...10 lines deleted...]
-      </c>
       <c r="K396">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="L396" s="3">
-        <v>3.5999999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:12" x14ac:dyDescent="0.35">
+        <v>4.4999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
         <v>4</v>
       </c>
       <c r="B397" t="s">
         <v>106</v>
       </c>
       <c r="C397" t="s">
+        <v>28</v>
+      </c>
+      <c r="D397" t="s">
+        <v>29</v>
+      </c>
+      <c r="E397" t="s">
+        <v>82</v>
+      </c>
+      <c r="F397" t="s">
         <v>30</v>
       </c>
-      <c r="D397" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G397">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>404</v>
+      </c>
+      <c r="H397" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="I397" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J397" t="s">
+        <v>33</v>
       </c>
       <c r="K397">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="L397" s="3">
-        <v>0.33300000000000002</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.376</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
         <v>4</v>
       </c>
       <c r="B398" t="s">
         <v>106</v>
       </c>
       <c r="C398" t="s">
+        <v>28</v>
+      </c>
+      <c r="D398" t="s">
+        <v>29</v>
+      </c>
+      <c r="E398" t="s">
+        <v>82</v>
+      </c>
+      <c r="F398" t="s">
         <v>30</v>
       </c>
-      <c r="D398" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G398">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>404</v>
+      </c>
+      <c r="H398" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="I398" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J398" t="s">
+        <v>34</v>
       </c>
       <c r="K398">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="L398" s="3">
-        <v>0.45200000000000001</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38600000000000001</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
         <v>4</v>
       </c>
       <c r="B399" t="s">
         <v>106</v>
       </c>
       <c r="C399" t="s">
+        <v>28</v>
+      </c>
+      <c r="D399" t="s">
+        <v>29</v>
+      </c>
+      <c r="E399" t="s">
+        <v>82</v>
+      </c>
+      <c r="F399" t="s">
         <v>30</v>
       </c>
-      <c r="D399" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G399">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>404</v>
+      </c>
+      <c r="H399" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="I399" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="J399" t="s">
+        <v>35</v>
       </c>
       <c r="K399">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="L399" s="3">
-        <v>0.17399999999999999</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.186</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
         <v>4</v>
       </c>
       <c r="B400" t="s">
         <v>106</v>
       </c>
       <c r="C400" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D400" t="s">
+        <v>29</v>
+      </c>
+      <c r="E400" t="s">
+        <v>83</v>
+      </c>
+      <c r="F400" t="s">
+        <v>36</v>
+      </c>
+      <c r="G400">
+        <v>401</v>
+      </c>
+      <c r="H400" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I400" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J400" t="s">
         <v>31</v>
       </c>
-      <c r="E400" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K400">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L400" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
         <v>4</v>
       </c>
       <c r="B401" t="s">
         <v>106</v>
       </c>
       <c r="C401" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D401" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E401" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F401" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G401">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="H401">
+        <v>401</v>
+      </c>
+      <c r="H401" s="8">
         <v>3.6</v>
       </c>
-      <c r="I401">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="I401" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J401" t="s">
+        <v>32</v>
       </c>
       <c r="K401">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="L401" s="3">
-        <v>0.11</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.11700000000000001</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
         <v>4</v>
       </c>
       <c r="B402" t="s">
         <v>106</v>
       </c>
       <c r="C402" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D402" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E402" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F402" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G402">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="H402">
+        <v>401</v>
+      </c>
+      <c r="H402" s="8">
         <v>3.6</v>
       </c>
-      <c r="I402">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="I402" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J402" t="s">
+        <v>33</v>
       </c>
       <c r="K402">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="L402" s="3">
-        <v>0.32500000000000001</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32400000000000001</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
         <v>4</v>
       </c>
       <c r="B403" t="s">
         <v>106</v>
       </c>
       <c r="C403" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D403" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E403" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F403" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G403">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="H403">
+        <v>401</v>
+      </c>
+      <c r="H403" s="8">
         <v>3.6</v>
       </c>
-      <c r="I403">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="I403" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J403" t="s">
+        <v>34</v>
       </c>
       <c r="K403">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="L403" s="3">
-        <v>0.40500000000000003</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35399999999999998</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
         <v>4</v>
       </c>
       <c r="B404" t="s">
         <v>106</v>
       </c>
       <c r="C404" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D404" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E404" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F404" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G404">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="H404">
+        <v>401</v>
+      </c>
+      <c r="H404" s="8">
         <v>3.6</v>
       </c>
-      <c r="I404">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="I404" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J404" t="s">
+        <v>35</v>
       </c>
       <c r="K404">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="L404" s="3">
-        <v>0.157</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.192</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
         <v>4</v>
       </c>
       <c r="B405" t="s">
         <v>106</v>
       </c>
       <c r="C405" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D405" t="s">
+        <v>29</v>
+      </c>
+      <c r="E405" t="s">
+        <v>84</v>
+      </c>
+      <c r="F405" t="s">
+        <v>37</v>
+      </c>
+      <c r="G405">
+        <v>402</v>
+      </c>
+      <c r="H405" s="8">
+        <v>3.44</v>
+      </c>
+      <c r="I405" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J405" t="s">
         <v>31</v>
       </c>
-      <c r="E405" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K405">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L405" s="3">
-        <v>5.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
         <v>4</v>
       </c>
       <c r="B406" t="s">
         <v>106</v>
       </c>
       <c r="C406" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D406" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E406" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F406" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G406">
-        <v>365</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H406" s="8">
+        <v>3.44</v>
+      </c>
+      <c r="I406" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J406" t="s">
+        <v>32</v>
       </c>
       <c r="K406">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="L406" s="3">
-        <v>0.123</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16400000000000001</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
         <v>4</v>
       </c>
       <c r="B407" t="s">
         <v>106</v>
       </c>
       <c r="C407" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D407" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E407" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F407" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G407">
-        <v>365</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H407" s="8">
+        <v>3.44</v>
+      </c>
+      <c r="I407" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J407" t="s">
+        <v>33</v>
       </c>
       <c r="K407">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="L407" s="3">
-        <v>0.39700000000000002</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34599999999999997</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
         <v>4</v>
       </c>
       <c r="B408" t="s">
         <v>106</v>
       </c>
       <c r="C408" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D408" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E408" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F408" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G408">
-        <v>365</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H408" s="8">
+        <v>3.44</v>
+      </c>
+      <c r="I408" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J408" t="s">
+        <v>34</v>
       </c>
       <c r="K408">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="L408" s="3">
-        <v>0.33700000000000002</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33100000000000002</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
         <v>4</v>
       </c>
       <c r="B409" t="s">
         <v>106</v>
       </c>
       <c r="C409" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D409" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E409" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F409" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G409">
-        <v>365</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H409" s="8">
+        <v>3.44</v>
+      </c>
+      <c r="I409" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J409" t="s">
+        <v>35</v>
       </c>
       <c r="K409">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="L409" s="3">
-        <v>0.13700000000000001</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.14699999999999999</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
         <v>4</v>
       </c>
       <c r="B410" t="s">
         <v>106</v>
       </c>
       <c r="C410" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D410" t="s">
+        <v>29</v>
+      </c>
+      <c r="E410" t="s">
+        <v>85</v>
+      </c>
+      <c r="F410" t="s">
+        <v>38</v>
+      </c>
+      <c r="G410">
+        <v>402</v>
+      </c>
+      <c r="H410" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I410" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J410" t="s">
         <v>31</v>
       </c>
-      <c r="E410" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K410">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="L410" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.1999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
         <v>4</v>
       </c>
       <c r="B411" t="s">
         <v>106</v>
       </c>
       <c r="C411" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D411" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E411" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F411" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G411">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H411" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I411" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J411" t="s">
+        <v>32</v>
       </c>
       <c r="K411">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L411" s="3">
-        <v>0.157</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
         <v>4</v>
       </c>
       <c r="B412" t="s">
         <v>106</v>
       </c>
       <c r="C412" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D412" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E412" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F412" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G412">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H412" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I412" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J412" t="s">
+        <v>33</v>
       </c>
       <c r="K412">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="L412" s="3">
-        <v>0.35199999999999998</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.376</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
         <v>4</v>
       </c>
       <c r="B413" t="s">
         <v>106</v>
       </c>
       <c r="C413" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D413" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E413" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F413" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G413">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H413" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I413" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J413" t="s">
+        <v>34</v>
       </c>
       <c r="K413">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="L413" s="3">
-        <v>0.32700000000000001</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.311</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
         <v>4</v>
       </c>
       <c r="B414" t="s">
         <v>106</v>
       </c>
       <c r="C414" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D414" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E414" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F414" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G414">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H414" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I414" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J414" t="s">
+        <v>35</v>
       </c>
       <c r="K414">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="L414" s="3">
-        <v>0.154</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13700000000000001</v>
+      </c>
+    </row>
+    <row r="415" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
         <v>4</v>
       </c>
       <c r="B415" t="s">
         <v>106</v>
       </c>
       <c r="C415" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D415" t="s">
+        <v>39</v>
+      </c>
+      <c r="E415" t="s">
+        <v>86</v>
+      </c>
+      <c r="F415" t="s">
         <v>41</v>
       </c>
-      <c r="E415" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G415">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>403</v>
+      </c>
+      <c r="H415" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="I415" s="8">
+        <v>1</v>
+      </c>
+      <c r="J415" t="s">
+        <v>31</v>
       </c>
       <c r="K415">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="L415" s="3">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="416" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
         <v>4</v>
       </c>
       <c r="B416" t="s">
         <v>106</v>
       </c>
       <c r="C416" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D416" t="s">
+        <v>39</v>
+      </c>
+      <c r="E416" t="s">
+        <v>86</v>
+      </c>
+      <c r="F416" t="s">
         <v>41</v>
       </c>
-      <c r="E416" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G416">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>403</v>
+      </c>
+      <c r="H416" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="I416" s="8">
+        <v>1</v>
+      </c>
+      <c r="J416" t="s">
+        <v>32</v>
       </c>
       <c r="K416">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="L416" s="3">
-        <v>7.0999999999999994E-2</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.104</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
         <v>4</v>
       </c>
       <c r="B417" t="s">
         <v>106</v>
       </c>
       <c r="C417" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D417" t="s">
+        <v>39</v>
+      </c>
+      <c r="E417" t="s">
+        <v>86</v>
+      </c>
+      <c r="F417" t="s">
         <v>41</v>
       </c>
-      <c r="E417" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G417">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>403</v>
+      </c>
+      <c r="H417" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="I417" s="8">
+        <v>1</v>
+      </c>
+      <c r="J417" t="s">
+        <v>33</v>
       </c>
       <c r="K417">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="L417" s="3">
-        <v>0.26400000000000001</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.28299999999999997</v>
+      </c>
+    </row>
+    <row r="418" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
         <v>4</v>
       </c>
       <c r="B418" t="s">
         <v>106</v>
       </c>
       <c r="C418" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D418" t="s">
+        <v>39</v>
+      </c>
+      <c r="E418" t="s">
+        <v>86</v>
+      </c>
+      <c r="F418" t="s">
         <v>41</v>
       </c>
-      <c r="E418" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G418">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>403</v>
+      </c>
+      <c r="H418" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="I418" s="8">
+        <v>1</v>
+      </c>
+      <c r="J418" t="s">
+        <v>34</v>
       </c>
       <c r="K418">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="L418" s="3">
-        <v>0.41799999999999998</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34200000000000003</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
         <v>4</v>
       </c>
       <c r="B419" t="s">
         <v>106</v>
       </c>
       <c r="C419" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D419" t="s">
+        <v>39</v>
+      </c>
+      <c r="E419" t="s">
+        <v>86</v>
+      </c>
+      <c r="F419" t="s">
         <v>41</v>
       </c>
-      <c r="E419" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G419">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>403</v>
+      </c>
+      <c r="H419" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="I419" s="8">
+        <v>1</v>
+      </c>
+      <c r="J419" t="s">
+        <v>35</v>
       </c>
       <c r="K419">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="L419" s="3">
-        <v>0.247</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.25800000000000001</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
         <v>4</v>
       </c>
       <c r="B420" t="s">
         <v>106</v>
       </c>
       <c r="C420" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D420" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E420" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F420" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G420">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H420" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I420" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J420" t="s">
+        <v>31</v>
       </c>
       <c r="K420">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L420" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
         <v>4</v>
       </c>
       <c r="B421" t="s">
         <v>106</v>
       </c>
       <c r="C421" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D421" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E421" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F421" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G421">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H421" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I421" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J421" t="s">
+        <v>32</v>
       </c>
       <c r="K421">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="L421" s="3">
-        <v>9.9000000000000005E-2</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.11700000000000001</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
         <v>4</v>
       </c>
       <c r="B422" t="s">
         <v>106</v>
       </c>
       <c r="C422" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D422" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E422" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F422" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G422">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H422" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I422" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J422" t="s">
+        <v>33</v>
       </c>
       <c r="K422">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="L422" s="3">
-        <v>0.309</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.30599999999999999</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
         <v>4</v>
       </c>
       <c r="B423" t="s">
         <v>106</v>
       </c>
       <c r="C423" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D423" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E423" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F423" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G423">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H423" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I423" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J423" t="s">
+        <v>34</v>
       </c>
       <c r="K423">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="L423" s="3">
-        <v>0.377</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35299999999999998</v>
+      </c>
+    </row>
+    <row r="424" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
         <v>4</v>
       </c>
       <c r="B424" t="s">
         <v>106</v>
       </c>
       <c r="C424" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D424" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E424" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F424" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G424">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H424" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I424" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J424" t="s">
+        <v>35</v>
       </c>
       <c r="K424">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="L424" s="3">
-        <v>0.21199999999999999</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.214</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
         <v>4</v>
       </c>
       <c r="B425" t="s">
         <v>106</v>
       </c>
       <c r="C425" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D425" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E425" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F425" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G425">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>403</v>
+      </c>
+      <c r="H425" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I425" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J425" t="s">
+        <v>31</v>
       </c>
       <c r="K425">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+      <c r="L425" s="3">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="426" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
         <v>4</v>
       </c>
       <c r="B426" t="s">
         <v>106</v>
       </c>
       <c r="C426" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D426" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E426" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F426" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G426">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>403</v>
+      </c>
+      <c r="H426" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I426" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J426" t="s">
+        <v>32</v>
       </c>
       <c r="K426">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="L426" s="3">
-        <v>9.4E-2</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:12" x14ac:dyDescent="0.35">
+        <v>9.9000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
         <v>4</v>
       </c>
       <c r="B427" t="s">
         <v>106</v>
       </c>
       <c r="C427" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D427" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E427" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F427" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G427">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>403</v>
+      </c>
+      <c r="H427" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I427" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J427" t="s">
+        <v>33</v>
       </c>
       <c r="K427">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="L427" s="3">
-        <v>0.32</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="428" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
         <v>4</v>
       </c>
       <c r="B428" t="s">
         <v>106</v>
       </c>
       <c r="C428" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D428" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E428" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F428" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G428">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>403</v>
+      </c>
+      <c r="H428" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I428" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J428" t="s">
+        <v>34</v>
       </c>
       <c r="K428">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="L428" s="3">
-        <v>0.41599999999999998</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35699999999999998</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
         <v>4</v>
       </c>
       <c r="B429" t="s">
         <v>106</v>
       </c>
       <c r="C429" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D429" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E429" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F429" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G429">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>403</v>
+      </c>
+      <c r="H429" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="I429" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="J429" t="s">
+        <v>35</v>
       </c>
       <c r="K429">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="L429" s="3">
-        <v>0.17100000000000001</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.19600000000000001</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
         <v>4</v>
       </c>
       <c r="B430" t="s">
         <v>106</v>
       </c>
       <c r="C430" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D430" t="s">
+        <v>43</v>
+      </c>
+      <c r="E430" t="s">
+        <v>105</v>
+      </c>
+      <c r="F430" t="s">
         <v>45</v>
       </c>
-      <c r="E430" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G430">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>403</v>
+      </c>
+      <c r="H430" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I430" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J430" t="s">
+        <v>31</v>
       </c>
       <c r="K430">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L430" s="3">
-        <v>6.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
         <v>4</v>
       </c>
       <c r="B431" t="s">
         <v>106</v>
       </c>
       <c r="C431" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D431" t="s">
+        <v>43</v>
+      </c>
+      <c r="E431" t="s">
+        <v>105</v>
+      </c>
+      <c r="F431" t="s">
         <v>45</v>
       </c>
-      <c r="E431" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G431">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>403</v>
+      </c>
+      <c r="H431" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I431" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J431" t="s">
+        <v>32</v>
       </c>
       <c r="K431">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="L431" s="3">
-        <v>9.4E-2</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.112</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
         <v>4</v>
       </c>
       <c r="B432" t="s">
         <v>106</v>
       </c>
       <c r="C432" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D432" t="s">
+        <v>43</v>
+      </c>
+      <c r="E432" t="s">
+        <v>105</v>
+      </c>
+      <c r="F432" t="s">
         <v>45</v>
       </c>
-      <c r="E432" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G432">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>403</v>
+      </c>
+      <c r="H432" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I432" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J432" t="s">
+        <v>33</v>
       </c>
       <c r="K432">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="L432" s="3">
-        <v>0.32</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
         <v>4</v>
       </c>
       <c r="B433" t="s">
         <v>106</v>
       </c>
       <c r="C433" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D433" t="s">
+        <v>43</v>
+      </c>
+      <c r="E433" t="s">
+        <v>105</v>
+      </c>
+      <c r="F433" t="s">
         <v>45</v>
       </c>
-      <c r="E433" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G433">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>403</v>
+      </c>
+      <c r="H433" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I433" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J433" t="s">
+        <v>34</v>
       </c>
       <c r="K433">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="L433" s="3">
-        <v>0.41299999999999998</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
         <v>4</v>
       </c>
       <c r="B434" t="s">
         <v>106</v>
       </c>
       <c r="C434" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D434" t="s">
+        <v>43</v>
+      </c>
+      <c r="E434" t="s">
+        <v>105</v>
+      </c>
+      <c r="F434" t="s">
         <v>45</v>
       </c>
-      <c r="E434" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G434">
-        <v>363</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>403</v>
+      </c>
+      <c r="H434" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I434" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J434" t="s">
+        <v>35</v>
       </c>
       <c r="K434">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="L434" s="3">
-        <v>0.16800000000000001</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.186</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
         <v>4</v>
       </c>
       <c r="B435" t="s">
         <v>106</v>
       </c>
       <c r="C435" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D435" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E435" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F435" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G435">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H435" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="I435" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J435" t="s">
+        <v>31</v>
       </c>
       <c r="K435">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L435" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
         <v>4</v>
       </c>
       <c r="B436" t="s">
         <v>106</v>
       </c>
       <c r="C436" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D436" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E436" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F436" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G436">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H436" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="I436" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J436" t="s">
+        <v>32</v>
       </c>
       <c r="K436">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="L436" s="3">
-        <v>0.106</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13400000000000001</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
         <v>4</v>
       </c>
       <c r="B437" t="s">
         <v>106</v>
       </c>
       <c r="C437" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D437" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E437" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F437" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G437">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H437" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="I437" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J437" t="s">
+        <v>33</v>
       </c>
       <c r="K437">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="L437" s="3">
-        <v>0.35</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34799999999999998</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
         <v>4</v>
       </c>
       <c r="B438" t="s">
         <v>106</v>
       </c>
       <c r="C438" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D438" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E438" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F438" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G438">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H438" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="I438" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J438" t="s">
+        <v>34</v>
       </c>
       <c r="K438">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="L438" s="3">
-        <v>0.39200000000000002</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33800000000000002</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
         <v>4</v>
       </c>
       <c r="B439" t="s">
         <v>106</v>
       </c>
       <c r="C439" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D439" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E439" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F439" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G439">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H439" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="I439" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J439" t="s">
+        <v>35</v>
       </c>
       <c r="K439">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="L439" s="3">
-        <v>0.15</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16700000000000001</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
         <v>4</v>
       </c>
       <c r="B440" t="s">
         <v>106</v>
       </c>
       <c r="C440" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D440" t="s">
+        <v>46</v>
+      </c>
+      <c r="E440" t="s">
+        <v>91</v>
+      </c>
+      <c r="F440" t="s">
         <v>48</v>
       </c>
-      <c r="E440" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G440">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H440" s="8">
+        <v>3.52</v>
+      </c>
+      <c r="I440" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J440" t="s">
+        <v>31</v>
       </c>
       <c r="K440">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L440" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
         <v>4</v>
       </c>
       <c r="B441" t="s">
         <v>106</v>
       </c>
       <c r="C441" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D441" t="s">
+        <v>46</v>
+      </c>
+      <c r="E441" t="s">
+        <v>91</v>
+      </c>
+      <c r="F441" t="s">
         <v>48</v>
       </c>
-      <c r="E441" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G441">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H441" s="8">
+        <v>3.52</v>
+      </c>
+      <c r="I441" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J441" t="s">
+        <v>32</v>
       </c>
       <c r="K441">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="L441" s="3">
-        <v>0.11899999999999999</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13900000000000001</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
         <v>4</v>
       </c>
       <c r="B442" t="s">
         <v>106</v>
       </c>
       <c r="C442" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D442" t="s">
+        <v>46</v>
+      </c>
+      <c r="E442" t="s">
+        <v>91</v>
+      </c>
+      <c r="F442" t="s">
         <v>48</v>
       </c>
-      <c r="E442" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G442">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H442" s="8">
+        <v>3.52</v>
+      </c>
+      <c r="I442" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J442" t="s">
+        <v>33</v>
       </c>
       <c r="K442">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="L442" s="3">
-        <v>0.33300000000000002</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34100000000000003</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
         <v>4</v>
       </c>
       <c r="B443" t="s">
         <v>106</v>
       </c>
       <c r="C443" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D443" t="s">
+        <v>46</v>
+      </c>
+      <c r="E443" t="s">
+        <v>91</v>
+      </c>
+      <c r="F443" t="s">
         <v>48</v>
       </c>
-      <c r="E443" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G443">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H443" s="8">
+        <v>3.52</v>
+      </c>
+      <c r="I443" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J443" t="s">
+        <v>34</v>
       </c>
       <c r="K443">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="L443" s="3">
-        <v>0.38600000000000001</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.34100000000000003</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
         <v>4</v>
       </c>
       <c r="B444" t="s">
         <v>106</v>
       </c>
       <c r="C444" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D444" t="s">
+        <v>46</v>
+      </c>
+      <c r="E444" t="s">
+        <v>91</v>
+      </c>
+      <c r="F444" t="s">
         <v>48</v>
       </c>
-      <c r="E444" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G444">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H444" s="8">
+        <v>3.52</v>
+      </c>
+      <c r="I444" s="8">
+        <v>0.96</v>
+      </c>
+      <c r="J444" t="s">
+        <v>35</v>
       </c>
       <c r="K444">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="L444" s="3">
-        <v>0.158</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.16900000000000001</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
         <v>4</v>
       </c>
       <c r="B445" t="s">
         <v>106</v>
       </c>
       <c r="C445" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D445" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E445" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F445" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G445">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H445" s="8">
+        <v>3.28</v>
+      </c>
+      <c r="I445" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J445" t="s">
+        <v>31</v>
       </c>
       <c r="K445">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="L445" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.2000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="446" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
         <v>4</v>
       </c>
       <c r="B446" t="s">
         <v>106</v>
       </c>
       <c r="C446" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D446" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E446" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F446" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G446">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H446" s="8">
+        <v>3.28</v>
+      </c>
+      <c r="I446" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J446" t="s">
+        <v>32</v>
       </c>
       <c r="K446">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="L446" s="3">
-        <v>0.15</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.157</v>
+      </c>
+    </row>
+    <row r="447" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
         <v>4</v>
       </c>
       <c r="B447" t="s">
         <v>106</v>
       </c>
       <c r="C447" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D447" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E447" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F447" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G447">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H447" s="8">
+        <v>3.28</v>
+      </c>
+      <c r="I447" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J447" t="s">
+        <v>33</v>
       </c>
       <c r="K447">
-        <v>158</v>
+        <v>174</v>
       </c>
       <c r="L447" s="3">
-        <v>0.438</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.433</v>
+      </c>
+    </row>
+    <row r="448" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
         <v>4</v>
       </c>
       <c r="B448" t="s">
         <v>106</v>
       </c>
       <c r="C448" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D448" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E448" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F448" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G448">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H448" s="8">
+        <v>3.28</v>
+      </c>
+      <c r="I448" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J448" t="s">
+        <v>34</v>
       </c>
       <c r="K448">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="L448" s="3">
-        <v>0.27700000000000002</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.254</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
         <v>4</v>
       </c>
       <c r="B449" t="s">
         <v>106</v>
       </c>
       <c r="C449" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D449" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E449" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F449" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G449">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H449" s="8">
+        <v>3.28</v>
+      </c>
+      <c r="I449" s="8">
+        <v>0.98</v>
+      </c>
+      <c r="J449" t="s">
+        <v>35</v>
       </c>
       <c r="K449">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L449" s="3">
-        <v>0.125</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.124</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
         <v>4</v>
       </c>
       <c r="B450" t="s">
         <v>106</v>
       </c>
       <c r="C450" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D450" t="s">
+        <v>49</v>
+      </c>
+      <c r="E450" t="s">
+        <v>93</v>
+      </c>
+      <c r="F450" t="s">
         <v>51</v>
       </c>
-      <c r="E450" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G450">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H450" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I450" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="J450" t="s">
+        <v>31</v>
       </c>
       <c r="K450">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L450" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
         <v>4</v>
       </c>
       <c r="B451" t="s">
         <v>106</v>
       </c>
       <c r="C451" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D451" t="s">
+        <v>49</v>
+      </c>
+      <c r="E451" t="s">
+        <v>93</v>
+      </c>
+      <c r="F451" t="s">
         <v>51</v>
       </c>
-      <c r="E451" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G451">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H451" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I451" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="J451" t="s">
+        <v>32</v>
       </c>
       <c r="K451">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="L451" s="3">
-        <v>0.122</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
         <v>4</v>
       </c>
       <c r="B452" t="s">
         <v>106</v>
       </c>
       <c r="C452" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D452" t="s">
+        <v>49</v>
+      </c>
+      <c r="E452" t="s">
+        <v>93</v>
+      </c>
+      <c r="F452" t="s">
         <v>51</v>
       </c>
-      <c r="E452" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G452">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H452" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I452" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="J452" t="s">
+        <v>33</v>
       </c>
       <c r="K452">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="L452" s="3">
-        <v>0.39100000000000001</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.38800000000000001</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
         <v>4</v>
       </c>
       <c r="B453" t="s">
         <v>106</v>
       </c>
       <c r="C453" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D453" t="s">
+        <v>49</v>
+      </c>
+      <c r="E453" t="s">
+        <v>93</v>
+      </c>
+      <c r="F453" t="s">
         <v>51</v>
       </c>
-      <c r="E453" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G453">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H453" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I453" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="J453" t="s">
+        <v>34</v>
       </c>
       <c r="K453">
         <v>125</v>
       </c>
       <c r="L453" s="3">
-        <v>0.34599999999999997</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.311</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
         <v>4</v>
       </c>
       <c r="B454" t="s">
         <v>106</v>
       </c>
       <c r="C454" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D454" t="s">
+        <v>49</v>
+      </c>
+      <c r="E454" t="s">
+        <v>93</v>
+      </c>
+      <c r="F454" t="s">
         <v>51</v>
       </c>
-      <c r="E454" t="s">
-[...2 lines deleted...]
-      <c r="F454" t="s">
+      <c r="G454">
+        <v>402</v>
+      </c>
+      <c r="H454" s="8">
+        <v>3.39</v>
+      </c>
+      <c r="I454" s="8">
+        <v>0.95</v>
+      </c>
+      <c r="J454" t="s">
+        <v>35</v>
+      </c>
+      <c r="K454">
         <v>53</v>
       </c>
-      <c r="G454">
-[...13 lines deleted...]
-      </c>
       <c r="L454" s="3">
-        <v>0.13</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13200000000000001</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
         <v>4</v>
       </c>
       <c r="B455" t="s">
         <v>106</v>
       </c>
       <c r="C455" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D455" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E455" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F455" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G455">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>403</v>
+      </c>
+      <c r="H455" s="8">
+        <v>3.45</v>
+      </c>
+      <c r="I455" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J455" t="s">
+        <v>31</v>
       </c>
       <c r="K455">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L455" s="3">
-        <v>1.0999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.7000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
         <v>4</v>
       </c>
       <c r="B456" t="s">
         <v>106</v>
       </c>
       <c r="C456" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D456" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E456" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F456" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G456">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>403</v>
+      </c>
+      <c r="H456" s="8">
+        <v>3.45</v>
+      </c>
+      <c r="I456" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J456" t="s">
+        <v>32</v>
       </c>
       <c r="K456">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="L456" s="3">
-        <v>0.106</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13200000000000001</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
         <v>4</v>
       </c>
       <c r="B457" t="s">
         <v>106</v>
       </c>
       <c r="C457" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D457" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E457" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F457" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G457">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>403</v>
+      </c>
+      <c r="H457" s="8">
+        <v>3.45</v>
+      </c>
+      <c r="I457" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J457" t="s">
+        <v>33</v>
       </c>
       <c r="K457">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="L457" s="3">
-        <v>0.39400000000000002</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.39200000000000002</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
         <v>4</v>
       </c>
       <c r="B458" t="s">
         <v>106</v>
       </c>
       <c r="C458" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D458" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E458" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F458" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G458">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>403</v>
+      </c>
+      <c r="H458" s="8">
+        <v>3.45</v>
+      </c>
+      <c r="I458" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J458" t="s">
+        <v>34</v>
       </c>
       <c r="K458">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="L458" s="3">
-        <v>0.34399999999999997</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29799999999999999</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
         <v>4</v>
       </c>
       <c r="B459" t="s">
         <v>106</v>
       </c>
       <c r="C459" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D459" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E459" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F459" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G459">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>403</v>
+      </c>
+      <c r="H459" s="8">
+        <v>3.45</v>
+      </c>
+      <c r="I459" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="J459" t="s">
+        <v>35</v>
       </c>
       <c r="K459">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="L459" s="3">
-        <v>0.14399999999999999</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.161</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
         <v>4</v>
       </c>
       <c r="B460" t="s">
         <v>106</v>
       </c>
       <c r="C460" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D460" t="s">
+        <v>52</v>
+      </c>
+      <c r="E460" t="s">
+        <v>95</v>
+      </c>
+      <c r="F460" t="s">
         <v>54</v>
       </c>
-      <c r="E460" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G460">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>402</v>
+      </c>
+      <c r="H460" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="I460" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="J460" t="s">
+        <v>31</v>
       </c>
       <c r="K460">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L460" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
         <v>4</v>
       </c>
       <c r="B461" t="s">
         <v>106</v>
       </c>
       <c r="C461" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D461" t="s">
+        <v>52</v>
+      </c>
+      <c r="E461" t="s">
+        <v>95</v>
+      </c>
+      <c r="F461" t="s">
         <v>54</v>
       </c>
-      <c r="E461" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G461">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>402</v>
+      </c>
+      <c r="H461" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="I461" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="J461" t="s">
+        <v>32</v>
       </c>
       <c r="K461">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L461" s="3">
-        <v>6.4000000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.7000000000000004E-2</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
         <v>4</v>
       </c>
       <c r="B462" t="s">
         <v>106</v>
       </c>
       <c r="C462" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D462" t="s">
+        <v>52</v>
+      </c>
+      <c r="E462" t="s">
+        <v>95</v>
+      </c>
+      <c r="F462" t="s">
         <v>54</v>
       </c>
-      <c r="E462" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G462">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>402</v>
+      </c>
+      <c r="H462" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="I462" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="J462" t="s">
+        <v>33</v>
       </c>
       <c r="K462">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="L462" s="3">
-        <v>0.26900000000000002</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.32300000000000001</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
         <v>4</v>
       </c>
       <c r="B463" t="s">
         <v>106</v>
       </c>
       <c r="C463" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D463" t="s">
+        <v>52</v>
+      </c>
+      <c r="E463" t="s">
+        <v>95</v>
+      </c>
+      <c r="F463" t="s">
         <v>54</v>
       </c>
-      <c r="E463" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G463">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>402</v>
+      </c>
+      <c r="H463" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="I463" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="J463" t="s">
+        <v>34</v>
       </c>
       <c r="K463">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="L463" s="3">
-        <v>0.41799999999999998</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.35799999999999998</v>
+      </c>
+    </row>
+    <row r="464" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
         <v>4</v>
       </c>
       <c r="B464" t="s">
         <v>106</v>
       </c>
       <c r="C464" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D464" t="s">
+        <v>52</v>
+      </c>
+      <c r="E464" t="s">
+        <v>95</v>
+      </c>
+      <c r="F464" t="s">
         <v>54</v>
       </c>
-      <c r="E464" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G464">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>402</v>
+      </c>
+      <c r="H464" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="I464" s="8">
+        <v>0.92</v>
+      </c>
+      <c r="J464" t="s">
+        <v>35</v>
       </c>
       <c r="K464">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="L464" s="3">
-        <v>0.247</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.24399999999999999</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
         <v>4</v>
       </c>
       <c r="B465" t="s">
         <v>106</v>
       </c>
       <c r="C465" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D465" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E465" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F465" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G465">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>403</v>
+      </c>
+      <c r="H465" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I465" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J465" t="s">
+        <v>31</v>
       </c>
       <c r="K465">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L465" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
         <v>4</v>
       </c>
       <c r="B466" t="s">
         <v>106</v>
       </c>
       <c r="C466" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D466" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E466" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F466" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G466">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>34</v>
+        <v>403</v>
+      </c>
+      <c r="H466" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I466" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J466" t="s">
+        <v>32</v>
       </c>
       <c r="K466">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L466" s="3">
-        <v>0.08</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.107</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
         <v>4</v>
       </c>
       <c r="B467" t="s">
         <v>106</v>
       </c>
       <c r="C467" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D467" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E467" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F467" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G467">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>403</v>
+      </c>
+      <c r="H467" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I467" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J467" t="s">
+        <v>33</v>
       </c>
       <c r="K467">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="L467" s="3">
-        <v>0.27700000000000002</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="468" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
         <v>4</v>
       </c>
       <c r="B468" t="s">
         <v>106</v>
       </c>
       <c r="C468" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D468" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E468" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F468" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G468">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>36</v>
+        <v>403</v>
+      </c>
+      <c r="H468" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I468" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J468" t="s">
+        <v>34</v>
       </c>
       <c r="K468">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="L468" s="3">
-        <v>0.39600000000000002</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.29499999999999998</v>
+      </c>
+    </row>
+    <row r="469" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
         <v>4</v>
       </c>
       <c r="B469" t="s">
         <v>106</v>
       </c>
       <c r="C469" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D469" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E469" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F469" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G469">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>99</v>
+        <v>403</v>
+      </c>
+      <c r="H469" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I469" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J469" t="s">
+        <v>97</v>
       </c>
       <c r="K469">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="L469" s="3">
-        <v>0.24099999999999999</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27800000000000002</v>
+      </c>
+    </row>
+    <row r="470" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
         <v>4</v>
       </c>
       <c r="B470" t="s">
         <v>106</v>
       </c>
       <c r="C470" t="s">
+        <v>55</v>
+      </c>
+      <c r="D470" t="s">
+        <v>56</v>
+      </c>
+      <c r="E470" t="s">
+        <v>40</v>
+      </c>
+      <c r="F470" t="s">
+        <v>96</v>
+      </c>
+      <c r="G470">
+        <v>403</v>
+      </c>
+      <c r="H470" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="I470" s="8">
+        <v>1.02</v>
+      </c>
+      <c r="J470" t="s">
         <v>57</v>
       </c>
-      <c r="D470" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K470">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="471" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
         <v>4</v>
       </c>
       <c r="B471" t="s">
         <v>106</v>
       </c>
       <c r="C471" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D471" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E471" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F471" t="s">
+        <v>98</v>
+      </c>
+      <c r="G471">
+        <v>408</v>
+      </c>
+      <c r="H471" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I471" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J471" t="s">
         <v>100</v>
       </c>
-      <c r="G471">
-[...10 lines deleted...]
-      </c>
       <c r="K471">
-        <v>322</v>
+        <v>360</v>
       </c>
       <c r="L471" s="3">
-        <v>0.85599999999999998</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.88200000000000001</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
         <v>4</v>
       </c>
       <c r="B472" t="s">
         <v>106</v>
       </c>
       <c r="C472" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D472" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E472" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F472" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G472">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>64</v>
+        <v>408</v>
+      </c>
+      <c r="H472" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I472" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J472" t="s">
+        <v>62</v>
       </c>
       <c r="K472">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L472" s="3">
         <v>2.7E-2</v>
       </c>
     </row>
-    <row r="473" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="473" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
         <v>4</v>
       </c>
       <c r="B473" t="s">
         <v>106</v>
       </c>
       <c r="C473" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D473" t="s">
+        <v>58</v>
+      </c>
+      <c r="E473" t="s">
+        <v>63</v>
+      </c>
+      <c r="F473" t="s">
+        <v>98</v>
+      </c>
+      <c r="G473">
+        <v>408</v>
+      </c>
+      <c r="H473" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I473" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J473" t="s">
         <v>60</v>
       </c>
-      <c r="E473" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K473">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="L473" s="3">
-        <v>2.4E-2</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
         <v>4</v>
       </c>
       <c r="B474" t="s">
         <v>106</v>
       </c>
       <c r="C474" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D474" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E474" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F474" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G474">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="H474" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="H474" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I474" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J474" t="s">
         <v>61</v>
       </c>
-      <c r="I474" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K474">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L474" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
         <v>4</v>
       </c>
       <c r="B475" t="s">
         <v>106</v>
       </c>
       <c r="C475" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D475" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E475" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F475" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G475">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>101</v>
+        <v>408</v>
+      </c>
+      <c r="H475" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I475" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J475" t="s">
+        <v>99</v>
       </c>
       <c r="K475">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="L475" s="3">
-        <v>0.09</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.3999999999999996E-2</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
         <v>4</v>
       </c>
       <c r="B476" t="s">
         <v>106</v>
       </c>
       <c r="C476" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D476" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E476" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F476" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G476">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>408</v>
+      </c>
+      <c r="H476" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I476" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J476" t="s">
+        <v>101</v>
       </c>
       <c r="K476">
-        <v>272</v>
+        <v>308</v>
       </c>
       <c r="L476" s="3">
-        <v>0.72299999999999998</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.755</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
         <v>4</v>
       </c>
       <c r="B477" t="s">
         <v>106</v>
       </c>
       <c r="C477" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D477" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E477" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F477" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G477">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>67</v>
+        <v>408</v>
+      </c>
+      <c r="H477" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I477" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J477" t="s">
+        <v>65</v>
       </c>
       <c r="K477">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="L477" s="3">
-        <v>0.13600000000000001</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13700000000000001</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
         <v>4</v>
       </c>
       <c r="B478" t="s">
         <v>106</v>
       </c>
       <c r="C478" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D478" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E478" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F478" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G478">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>70</v>
+        <v>408</v>
+      </c>
+      <c r="H478" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I478" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J478" t="s">
+        <v>68</v>
       </c>
       <c r="K478">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L478" s="3">
-        <v>3.0000000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
         <v>4</v>
       </c>
       <c r="B479" t="s">
         <v>106</v>
       </c>
       <c r="C479" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D479" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E479" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F479" t="s">
+        <v>64</v>
+      </c>
+      <c r="G479">
+        <v>408</v>
+      </c>
+      <c r="H479" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I479" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J479" t="s">
         <v>66</v>
       </c>
-      <c r="G479">
-[...10 lines deleted...]
-      </c>
       <c r="K479">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="L479" s="3">
-        <v>0.104</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.8E-2</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
         <v>4</v>
       </c>
       <c r="B480" t="s">
         <v>106</v>
       </c>
       <c r="C480" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D480" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E480" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F480" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G480">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>408</v>
+      </c>
+      <c r="H480" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I480" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J480" t="s">
+        <v>67</v>
       </c>
       <c r="K480">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="L480" s="3">
-        <v>8.0000000000000002E-3</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
         <v>4</v>
       </c>
       <c r="B481" t="s">
         <v>106</v>
       </c>
       <c r="C481" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D481" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E481" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F481" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G481">
-        <v>376</v>
-[...8 lines deleted...]
-        <v>101</v>
+        <v>408</v>
+      </c>
+      <c r="H481" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I481" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J481" t="s">
+        <v>99</v>
       </c>
       <c r="K481">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L481" s="3">
-        <v>2.7E-2</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
         <v>4</v>
       </c>
       <c r="B482" t="s">
         <v>106</v>
       </c>
       <c r="C482" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D482" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E482" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F482" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G482">
-        <v>374</v>
-[...8 lines deleted...]
-        <v>79</v>
+        <v>408</v>
+      </c>
+      <c r="H482" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I482" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J482" t="s">
+        <v>77</v>
       </c>
       <c r="K482">
-        <v>213</v>
+        <v>240</v>
       </c>
       <c r="L482" s="3">
-        <v>0.56999999999999995</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.58799999999999997</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
         <v>4</v>
       </c>
       <c r="B483" t="s">
         <v>106</v>
       </c>
       <c r="C483" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D483" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E483" t="s">
+        <v>72</v>
+      </c>
+      <c r="F483" t="s">
+        <v>73</v>
+      </c>
+      <c r="G483">
+        <v>408</v>
+      </c>
+      <c r="H483" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I483" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J483" t="s">
         <v>74</v>
       </c>
-      <c r="F483" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K483">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="L483" s="3">
-        <v>0.33200000000000002</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.33100000000000002</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
         <v>4</v>
       </c>
       <c r="B484" t="s">
         <v>106</v>
       </c>
       <c r="C484" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D484" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E484" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F484" t="s">
+        <v>73</v>
+      </c>
+      <c r="G484">
+        <v>408</v>
+      </c>
+      <c r="H484" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I484" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J484" t="s">
         <v>75</v>
       </c>
-      <c r="G484">
-[...10 lines deleted...]
-      </c>
       <c r="K484">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="L484" s="3">
-        <v>8.5999999999999993E-2</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.5999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
         <v>4</v>
       </c>
       <c r="B485" t="s">
         <v>106</v>
       </c>
       <c r="C485" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D485" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E485" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F485" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G485">
-        <v>374</v>
-[...8 lines deleted...]
-        <v>78</v>
+        <v>408</v>
+      </c>
+      <c r="H485" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I485" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J485" t="s">
+        <v>76</v>
       </c>
       <c r="K485">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L485" s="3">
-        <v>1.2999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
         <v>4</v>
       </c>
       <c r="B486" t="s">
         <v>106</v>
       </c>
       <c r="C486" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D486" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E486" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F486" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G486">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H486" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I486" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J486">
         <v>1</v>
       </c>
       <c r="K486">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="L486" s="3">
-        <v>8.6999999999999994E-2</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.111</v>
+      </c>
+    </row>
+    <row r="487" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
         <v>4</v>
       </c>
       <c r="B487" t="s">
         <v>106</v>
       </c>
       <c r="C487" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D487" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E487" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F487" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G487">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H487" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I487" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J487">
         <v>2</v>
       </c>
       <c r="K487">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="L487" s="3">
-        <v>0.27</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.23499999999999999</v>
+      </c>
+    </row>
+    <row r="488" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
         <v>4</v>
       </c>
       <c r="B488" t="s">
         <v>106</v>
       </c>
       <c r="C488" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D488" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E488" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F488" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G488">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H488" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I488" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J488" s="7" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K488">
-        <v>153</v>
+        <v>188</v>
       </c>
       <c r="L488" s="3">
-        <v>0.41699999999999998</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.46400000000000002</v>
+      </c>
+    </row>
+    <row r="489" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
         <v>4</v>
       </c>
       <c r="B489" t="s">
         <v>106</v>
       </c>
       <c r="C489" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D489" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E489" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F489" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G489">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H489" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I489" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J489" s="7" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K489">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="L489" s="3">
-        <v>0.123</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.121</v>
+      </c>
+    </row>
+    <row r="490" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
         <v>4</v>
       </c>
       <c r="B490" t="s">
         <v>106</v>
       </c>
       <c r="C490" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D490" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E490" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F490" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G490">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H490" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I490" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J490" s="7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K490">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="L490" s="3">
-        <v>3.7999999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
         <v>4</v>
       </c>
       <c r="B491" t="s">
         <v>106</v>
       </c>
       <c r="C491" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D491" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E491" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F491" t="s">
+        <v>78</v>
+      </c>
+      <c r="G491">
+        <v>405</v>
+      </c>
+      <c r="H491" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I491" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J491" s="7" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
       <c r="K491">
         <v>6</v>
       </c>
       <c r="L491" s="3">
-        <v>1.6E-2</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="492" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
         <v>4</v>
       </c>
       <c r="B492" t="s">
         <v>106</v>
       </c>
       <c r="C492" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D492" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E492" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F492" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G492">
-        <v>367</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>405</v>
+      </c>
+      <c r="H492" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I492" s="9" t="s">
+        <v>59</v>
       </c>
       <c r="J492" s="7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K492">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="L492" s="3">
-        <v>4.9000000000000002E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C60A99B06662F7498067D863E2360CC7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd0b241df6bac0e59d237b63786466a2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4856a8f8f2479c168cf62795d0f4dcb0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C60A99B06662F7498067D863E2360CC7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d229ab758ede60e7b821072ca61bc4b9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5725d268063ba5bb73d4d834cfcd9c38" ns2:_="" ns3:_="">
     <xsd:import namespace="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <xsd:import namespace="9ad29d76-2333-4199-b26e-86abc5591379"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -20417,66 +20430,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="229e9b74-61ee-4ee3-b4f7-125c81c3f29e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ad29d76-2333-4199-b26e-86abc5591379" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87070FA1-A6DB-4D49-969B-F6F26230163A}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED299927-33AA-4541-91C2-A9F66047667D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C20ADD8C-8473-418B-9D36-508B1110682A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <ds:schemaRef ds:uri="9ad29d76-2333-4199-b26e-86abc5591379"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE9DFDE-1015-457B-BFE0-8ACE0E2E4831}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>