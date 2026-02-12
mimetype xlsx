--- v0 (2025-10-25)
+++ v1 (2026-02-12)
@@ -19,83 +19,83 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://calctc.sharepoint.com/sites/DataDashboards/Shared Documents/Data Dashboards/Commission at a Glance/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{11367C33-CAA1-460F-BFF9-4A093E26F026}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="62" documentId="14_{11367C33-CAA1-460F-BFF9-4A093E26F026}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD576596-FBFA-4074-BCA0-53D7FAC9D17A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3A701B5F-BAE1-4298-A056-0899FAA3C297}"/>
   </bookViews>
   <sheets>
     <sheet name="Institutions by Segment" sheetId="1" r:id="rId1"/>
     <sheet name="Programs by Segment" sheetId="2" r:id="rId2"/>
     <sheet name="Site Visits_Total by Segment" sheetId="3" r:id="rId3"/>
     <sheet name="Site Visits_Map by Segment" sheetId="9" r:id="rId4"/>
     <sheet name="Site Visits_Accred Status" sheetId="11" r:id="rId5"/>
     <sheet name="Total Applications Processed" sheetId="5" r:id="rId6"/>
     <sheet name="Credentials by Segment" sheetId="6" r:id="rId7"/>
     <sheet name="Distribution of Credentials" sheetId="7" r:id="rId8"/>
     <sheet name="Adverse Actions" sheetId="8" r:id="rId9"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="74">
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Total Institutions</t>
   </si>
   <si>
     <t>Total Approved Institutions</t>
   </si>
   <si>
     <t>California State University</t>
   </si>
   <si>
     <t>University of California</t>
   </si>
   <si>
     <t>Private/Independent Institution</t>
   </si>
   <si>
     <t>Local Education Agency</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
@@ -215,114 +215,108 @@
   <si>
     <t>Suspensions</t>
   </si>
   <si>
     <t>Suspension - Is the temporary inactivation of a credential for a specified period of time. A suspension may be stayed on conditions of probation or may be an actual suspension or may be both. If an actual suspension, the credential holder may not work in a position requiring a credential during the period of actual suspension.</t>
   </si>
   <si>
     <t>Figure 1. Number of Institutions by Segment</t>
   </si>
   <si>
     <t>Figure 2. Percent of Active Preparation Programs by Segment</t>
   </si>
   <si>
     <t>University Of California</t>
   </si>
   <si>
     <t>Accreditation Status</t>
   </si>
   <si>
     <t>Accreditation</t>
   </si>
   <si>
     <t>Accreditation with Stipulations</t>
   </si>
   <si>
-    <t>Accreditation with Major Stipulations</t>
-[...1 lines deleted...]
-  <si>
     <t>Total Accreditation Status</t>
   </si>
   <si>
     <t>Accreditation Description</t>
   </si>
   <si>
     <t>Total Site Visits Completed:Figure 5. Instituton Accreditation Status Received After Site Visits</t>
   </si>
   <si>
     <t>Total Site Visits Completed: Figure 3. Total Segment</t>
   </si>
   <si>
     <t>Total Site Visits Completed: Figure 4. Map by Segment</t>
   </si>
   <si>
     <t>Figure 6. Total Applications Processed</t>
   </si>
   <si>
     <t>Figure 7. New Credentials Recommended by Segment</t>
   </si>
   <si>
     <t>Figure 8. Distribution of New Credentials by Type</t>
   </si>
   <si>
     <t>Figure 9. Total Adverse Actions</t>
   </si>
   <si>
     <t>Private Admonitions</t>
   </si>
   <si>
     <t>An adverse action defined and governed by Education Code section 44438.</t>
   </si>
   <si>
     <t>The institution has demonstrated that it meets or exceeds the Common and Program Standards and is effectively preparing educators.</t>
   </si>
   <si>
-    <t>The institution has been found to have significant deficiencies in meeting the Common or Program Standards. Areas of concern are tied to matters of curriculum, field experience, and/or candidate competence.</t>
-[...1 lines deleted...]
-  <si>
     <t>The institution has been found to have some Common or Program Standards that are not fully met. The deficiencies are primarily technical in nature and generally relate to operational, administrative, and/or procedural concerns.</t>
   </si>
   <si>
     <t>Authorizes the holder to provide service in the care, development, and instruction of children in a child care and development program. These permits are typically used in preschool and after school programs.</t>
   </si>
   <si>
     <t>Teaching either career technical, trade, or vocational courses in a K-12 setting, or teaching specific academic and non-academic courses organized primarily for adults. Authorizations for these credentials are geared towards industry sectors instead of standard academic areas. For example: Transportation, Business and Finance, and Public Services.</t>
   </si>
   <si>
     <t>Teaching all academic subjects to children with special needs. Education Specialist credentials are authorized by area of support need instead of academic subject.</t>
   </si>
   <si>
     <t>Teaching a variety of subjects in a self-contained classroom as commonly found in elementary school.</t>
   </si>
   <si>
     <t>Serving as a school administrator, counselor, psychologist, social worker, child welfare and attendance worker, nurse, librarian; and/or providing audiology, orientation and mobility, and language, speech and hearing services.</t>
   </si>
   <si>
     <t>Teaching a specific subject in a departmentalized classroom.</t>
   </si>
   <si>
-    <t>2023-24</t>
+    <t>2024-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -535,63 +529,63 @@
     <tableColumn id="1" xr3:uid="{F7026AAB-4B32-46BF-86C3-4CD3D24EC0B6}" name="Segment"/>
     <tableColumn id="2" xr3:uid="{842088CF-D3BA-4755-8730-C9E3D6C573C7}" name="Percent of Total" dataDxfId="10" dataCellStyle="Percent"/>
     <tableColumn id="3" xr3:uid="{BBBECEA5-1D76-4DBA-A2AE-0E99B41FA209}" name="Total Active Programs"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9DFA3E94-531D-421F-B962-48B185D2BE4A}" name="Table3" displayName="Table3" ref="A2:C6" totalsRowShown="0" headerRowDxfId="9">
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{383C4D3C-F9D1-44FF-8DA3-08F4341EBF2B}" name="Segment"/>
     <tableColumn id="2" xr3:uid="{1DFA34E7-A8CB-4B97-84BD-32F40475ACB6}" name="Total Institutions"/>
     <tableColumn id="3" xr3:uid="{B2891158-8FA3-432F-9638-2BD29720F91A}" name="Total Site Visits"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Total site visits completed by segment"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{721D8E9B-7D2A-4333-B6C6-C0660A6FC0DB}" name="Table411" displayName="Table411" ref="A2:D38" totalsRowShown="0" headerRowDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{721D8E9B-7D2A-4333-B6C6-C0660A6FC0DB}" name="Table411" displayName="Table411" ref="A2:D18" totalsRowShown="0" headerRowDxfId="8">
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{F4D7D4DE-E972-498E-A0F2-6694E27B2E6D}" name="Latitude"/>
     <tableColumn id="2" xr3:uid="{DAF3D605-2773-4980-8DD3-2A0796BDC00C}" name="Longitude"/>
     <tableColumn id="3" xr3:uid="{193DB657-C759-49FC-8B7A-775896B9033D}" name="Segment"/>
     <tableColumn id="4" xr3:uid="{8235BB68-63E1-43E9-B804-3B12A90D4A4E}" name="State"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{5345BACE-4A8D-4A8E-94AC-EFAA21F71D4E}" name="Table9" displayName="Table9" ref="A2:D5" totalsRowShown="0" headerRowDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{5345BACE-4A8D-4A8E-94AC-EFAA21F71D4E}" name="Table9" displayName="Table9" ref="A2:D4" totalsRowShown="0" headerRowDxfId="7">
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{D7512B40-0B7A-423F-8C7F-6B6AF660EC5B}" name="Accreditation Status"/>
     <tableColumn id="2" xr3:uid="{B29E654E-6EA8-46C5-A6BA-4C6F8DA32738}" name="Accreditation Description"/>
     <tableColumn id="3" xr3:uid="{BEEF167E-1242-4AF0-B07B-DA77523D8B75}" name="Total Accreditation Status"/>
     <tableColumn id="4" xr3:uid="{962C3EC2-B6D0-4ED5-AB3C-245953609836}" name="Total Site Visits"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2DA569EF-4F7C-4CA5-9506-955004B1352B}" name="Table5" displayName="Table5" ref="A2:D4" totalsRowShown="0" headerRowDxfId="6">
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{8CD05E8D-2ECE-43B5-B512-721505115802}" name="Fiscal Year"/>
     <tableColumn id="2" xr3:uid="{EB63DA84-B3F2-444C-BA92-4C927E52ACC8}" name="Credential Status"/>
     <tableColumn id="4" xr3:uid="{AF8E6B75-C0A3-4E5B-9FE9-660013A7B285}" name="Percent of Total" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{7AA66A02-3BEF-4EF3-8CBA-75F97A680CA1}" name="Total Applications Processed"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altTextSummary="Total new and renewal applications processed in fiscal year 2017-18"/>
     </ext>
   </extLst>
 </table>
@@ -996,1440 +990,1152 @@
   <sheetData>
     <row r="1" spans="1:3" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>23</v>
       </c>
       <c r="C3">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
         <v>9</v>
       </c>
       <c r="C4">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C5">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
         <v>168</v>
       </c>
       <c r="C6">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
         <v>1</v>
       </c>
       <c r="C7">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94E4877B-BE1F-482E-9801-23312F2267C7}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="22.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="3">
-        <v>0.29699999999999999</v>
+        <v>0.29899999999999999</v>
       </c>
       <c r="C3">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="3">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="C4">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="3">
-        <v>0.28799999999999998</v>
+        <v>0.28699999999999998</v>
       </c>
       <c r="C5">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="3">
-        <v>0.35299999999999998</v>
+        <v>0.35199999999999998</v>
       </c>
       <c r="C6">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="3">
         <v>1E-3</v>
       </c>
       <c r="C7">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F732FA82-96EA-4092-9C79-A7F3CA732173}">
   <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>50</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C4" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C5" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA5AD91A-AB94-490E-A4C4-ADC09BF0ED9A}">
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3">
-        <v>32.764156</v>
+        <v>33.744376729999999</v>
       </c>
       <c r="B3">
-        <v>-116.843155</v>
+        <v>-118.027844555</v>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4">
-        <v>33.118076000000002</v>
+        <v>34.009143999999999</v>
       </c>
       <c r="B4">
-        <v>-117.11403</v>
+        <v>-118.108406</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>33.037262792</v>
+        <v>33.916668000000001</v>
       </c>
       <c r="B5">
-        <v>-117.238653775</v>
+        <v>-118.12926400000001</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>33.922289999999997</v>
+        <v>34.387318356000002</v>
       </c>
       <c r="B6">
-        <v>-117.56083</v>
+        <v>-118.54526741399999</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>34.081535000000002</v>
+        <v>36.851559465000001</v>
       </c>
       <c r="B7">
-        <v>-117.6579</v>
+        <v>-121.40458037499999</v>
       </c>
       <c r="C7" t="s">
         <v>6</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>34.019098411999998</v>
+        <v>39.133583000000002</v>
       </c>
       <c r="B8">
-        <v>-117.693481268</v>
+        <v>-121.63343999999999</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>33.672417000000003</v>
+        <v>36.654146668000003</v>
       </c>
       <c r="B9">
-        <v>-117.88120000000001</v>
+        <v>-121.637854412</v>
       </c>
       <c r="C9" t="s">
         <v>6</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>33.866593444000003</v>
+        <v>37.688969999999998</v>
       </c>
       <c r="B10">
-        <v>-117.95071788</v>
+        <v>-121.79142</v>
       </c>
       <c r="C10" t="s">
         <v>6</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>34.594376531000002</v>
+        <v>37.386294999999997</v>
       </c>
       <c r="B11">
-        <v>-118.112082241</v>
+        <v>-121.90106</v>
       </c>
       <c r="C11" t="s">
         <v>6</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>34.139668</v>
+        <v>37.658206081000003</v>
       </c>
       <c r="B12">
-        <v>-118.133835</v>
+        <v>-122.097138379</v>
       </c>
       <c r="C12" t="s">
         <v>6</v>
       </c>
       <c r="D12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13">
-        <v>33.882711999999998</v>
+        <v>37.565897448000001</v>
       </c>
       <c r="B13">
-        <v>-118.13389100000001</v>
+        <v>-122.27310488800001</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14">
-        <v>33.828606051999998</v>
+        <v>37.577399999999997</v>
       </c>
       <c r="B14">
-        <v>-118.213096781</v>
+        <v>-122.331276</v>
       </c>
       <c r="C14" t="s">
         <v>6</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15">
-        <v>34.148567</v>
+        <v>39.034460000000003</v>
       </c>
       <c r="B15">
-        <v>-118.25011000000001</v>
+        <v>-122.91571</v>
       </c>
       <c r="C15" t="s">
         <v>6</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16">
-        <v>33.827260000000003</v>
+        <v>32.900319779999997</v>
       </c>
       <c r="B16">
-        <v>-118.32032</v>
+        <v>-117.09694069</v>
       </c>
       <c r="C16" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17">
-        <v>34.191549999999999</v>
+        <v>37.979861999999997</v>
       </c>
       <c r="B17">
-        <v>-118.3236</v>
+        <v>-122.514084</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18">
-        <v>35.343922421999999</v>
+        <v>37.658786999999997</v>
       </c>
       <c r="B18">
-        <v>-119.065391183</v>
+        <v>-122.062225</v>
       </c>
       <c r="C18" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
-[...269 lines deleted...]
-      <c r="D38" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AD968A6-A4B1-4CAB-AABE-C5B07E5E513A}">
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="41.5703125" customWidth="1"/>
     <col min="2" max="2" width="34.85546875" customWidth="1"/>
     <col min="3" max="3" width="25.7109375" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>52</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C3">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D3">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D4">
-        <v>35</v>
-[...13 lines deleted...]
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD51605B-9EA7-4383-8336-7893277B1D5C}">
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" customWidth="1"/>
     <col min="3" max="3" width="17.140625" customWidth="1"/>
     <col min="4" max="4" width="28.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="4">
-        <v>0.40699999999999997</v>
+        <v>0.39800000000000002</v>
       </c>
       <c r="D3" s="6">
-        <v>329475</v>
+        <v>328732</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="4">
-        <v>0.59299999999999997</v>
+        <v>0.60199999999999998</v>
       </c>
       <c r="D4" s="6">
-        <v>329475</v>
-[...3 lines deleted...]
-      <c r="C5" s="4"/>
+        <v>328732</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A01F5A4-9409-43B3-B472-37F20931DF63}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="4">
-        <v>0.36299999999999999</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="4">
-        <v>0.06</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="4">
-        <v>0.44700000000000001</v>
+        <v>0.45600000000000002</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="4">
-        <v>0.13</v>
+        <v>0.13600000000000001</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCD55B59-7F83-4D30-A44A-DFFABA60DF05}">
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="38.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="198.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" s="4">
-        <v>0.16400000000000001</v>
+        <v>0.17499999999999999</v>
       </c>
       <c r="D3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="4">
-        <v>5.6000000000000001E-2</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="D4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="4">
-        <v>0.12</v>
+        <v>0.11700000000000001</v>
       </c>
       <c r="D5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="4">
-        <v>0.223</v>
+        <v>0.24299999999999999</v>
       </c>
       <c r="D6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="4">
-        <v>0.23200000000000001</v>
+        <v>0.21199999999999999</v>
       </c>
       <c r="D7" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="4">
-        <v>0.20499999999999999</v>
+        <v>0.20399999999999999</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36E668D7-5555-46D1-AB1A-85FE16CDE6A1}">
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="20" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" customWidth="1"/>
     <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="2" spans="1:7" s="1" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E3">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E4">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>37</v>
       </c>
       <c r="D5">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="E5">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D6">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E6">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="E7">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F7" t="s">
         <v>44</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="E8">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="E9">
-        <v>852</v>
+        <v>794</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="229e9b74-61ee-4ee3-b4f7-125c81c3f29e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9ad29d76-2333-4199-b26e-86abc5591379" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C60A99B06662F7498067D863E2360CC7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd0b241df6bac0e59d237b63786466a2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4856a8f8f2479c168cf62795d0f4dcb0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C60A99B06662F7498067D863E2360CC7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d229ab758ede60e7b821072ca61bc4b9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="229e9b74-61ee-4ee3-b4f7-125c81c3f29e" xmlns:ns3="9ad29d76-2333-4199-b26e-86abc5591379" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5725d268063ba5bb73d4d834cfcd9c38" ns2:_="" ns3:_="">
     <xsd:import namespace="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <xsd:import namespace="9ad29d76-2333-4199-b26e-86abc5591379"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2619,76 +2325,76 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C396EAF7-44E9-4A98-8B34-366636A17E53}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9ad29d76-2333-4199-b26e-86abc5591379"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F65C85E-461E-41F5-BAE4-F1B5E6EA137E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BBD709F-6DC8-4551-9DFD-3F4B0CCF63F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{615A4FA3-425A-48C8-8D18-106C6B6D5095}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="229e9b74-61ee-4ee3-b4f7-125c81c3f29e"/>
     <ds:schemaRef ds:uri="9ad29d76-2333-4199-b26e-86abc5591379"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -2700,46 +2406,46 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Institutions by Segment</vt:lpstr>
       <vt:lpstr>Programs by Segment</vt:lpstr>
       <vt:lpstr>Site Visits_Total by Segment</vt:lpstr>
       <vt:lpstr>Site Visits_Map by Segment</vt:lpstr>
       <vt:lpstr>Site Visits_Accred Status</vt:lpstr>
       <vt:lpstr>Total Applications Processed</vt:lpstr>
       <vt:lpstr>Credentials by Segment</vt:lpstr>
       <vt:lpstr>Distribution of Credentials</vt:lpstr>
       <vt:lpstr>Adverse Actions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commission on Teacher Credentialing</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2023-24 - Commission at a Glance</dc:title>
+  <dc:title>2024-25 - Commission at a Glance</dc:title>
   <dc:creator>Lau, Phi Phi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C60A99B06662F7498067D863E2360CC7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>11000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>